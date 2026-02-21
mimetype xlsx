--- v0 (2026-02-21)
+++ v1 (2026-02-21)
@@ -512,86 +512,86 @@
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maison familiale rurale de Guillaumes-Valberg</x:t>
   </x:si>
   <x:si>
     <x:t>06470</x:t>
   </x:si>
   <x:si>
     <x:t>GUILLAUMES</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro technicien conseil vente en alimentation (produits alimentaires et boissons) (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale Sainte Victoire</x:t>
   </x:si>
   <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2029 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>CAP agricole services aux personnes et vente en espace rural (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale Rhône Alpilles</x:t>
   </x:si>
   <x:si>
+    <x:t>07/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/01/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Maison Familiale et Rurale Montagne 05</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale La Montagnette</x:t>
   </x:si>
   <x:si>
+    <x:t>08/30/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/30/2024 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Maison Familiale et Rurale de Puyloubier</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée professionnel Saint-Jean le Baptiste</x:t>
   </x:si>
   <x:si>
     <x:t>84600</x:t>
   </x:si>
   <x:si>
     <x:t>VALREAS</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Régional Vauban</x:t>
   </x:si>
   <x:si>
     <x:t>LP les Chênes</x:t>
@@ -1109,173 +1109,173 @@
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Initiative Formation Appui Pédagogie Emploi</x:t>
   </x:si>
   <x:si>
     <x:t>IFAPE</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>12/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/31/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Employé polyvalent produits frais</x:t>
   </x:si>
   <x:si>
     <x:t>France Travail</x:t>
   </x:si>
   <x:si>
     <x:t>AFC</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ESCCOM </x:t>
   </x:si>
   <x:si>
     <x:t>Ingéneria Projet</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional Formations Adaptées</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>IME La Durance</x:t>
   </x:si>
   <x:si>
     <x:t>04160</x:t>
   </x:si>
   <x:si>
     <x:t>CHATEAU-ARNOUX</x:t>
   </x:si>
   <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/31/2028 00:00:00</x:t>
+    <x:t>CAP primeur (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Idev</x:t>
   </x:si>
   <x:si>
     <x:t>13117</x:t>
   </x:si>
   <x:si>
+    <x:t>Vente fruit légume</x:t>
+  </x:si>
+  <x:si>
     <x:t>Idev - Antenne Marseille</x:t>
   </x:si>
   <x:si>
+    <x:t>09/16/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/15/2025 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Idev - Antenne Marignane</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Châteaurenard</x:t>
   </x:si>
   <x:si>
     <x:t>13160</x:t>
   </x:si>
   <x:si>
     <x:t>CHATEAURENARD</x:t>
   </x:si>
   <x:si>
     <x:t>H et C Conseil</x:t>
   </x:si>
   <x:si>
     <x:t>63000</x:t>
   </x:si>
   <x:si>
     <x:t>H et C Conseil - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Titre Professionnel Employé commercial</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/14/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP Equipier Polyvalent du Commerce</x:t>
   </x:si>
   <x:si>
+    <x:t>CS - Certificat de Spécialisation Vendeur Conseil en Alimentation</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>CS - Certificat de Spécialisation Vendeur Conseil en Alimentation</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>SAINT-RAPHAEL</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe B2C Formation - Synergy School</x:t>
   </x:si>
   <x:si>
     <x:t>06800</x:t>
   </x:si>
   <x:si>
     <x:t>CAGNES-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
@@ -1394,123 +1394,123 @@
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Cannes (Carnot)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Boulangerie Noé</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/28/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/28/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/14/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/14/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Crc</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>01/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Comité Interprofessionnel d'Apprentissage Corot</x:t>
   </x:si>
   <x:si>
     <x:t>CIA</x:t>
   </x:si>
   <x:si>
     <x:t>13333</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro boucher charcutier traiteur (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Saint Maximin</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Saint Laurent du Var</x:t>
   </x:si>
   <x:si>
     <x:t>06700</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-LAURENT-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>CTM vendeur en boulangerie-pâtisserie (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Pâtisserie</x:t>
   </x:si>
   <x:si>
+    <x:t>Certificat de spécialisation vente-conseil en boucherie (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charcuterie</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cma Formation Les Arcs</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Charcuterie</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Le Beausset</x:t>
   </x:si>
   <x:si>
     <x:t>83330</x:t>
   </x:si>
   <x:si>
     <x:t>LE BEAUSSET</x:t>
   </x:si>
   <x:si>
     <x:t>Vendeur en boulangerie-pâtisserie (CTM)</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation La Seyne sur Mer</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Gap</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Digne les Bains</x:t>
   </x:si>
@@ -3915,420 +3915,420 @@
       <x:c r="K31" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>446198</x:v>
+        <x:v>555747</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
-        <x:v>35185</x:v>
+        <x:v>40994</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
-        <x:v>34525</x:v>
+        <x:v>34056</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>618246</x:v>
+        <x:v>555754</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>35185</x:v>
+        <x:v>40994</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
-        <x:v>34525</x:v>
+        <x:v>34056</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>510977</x:v>
+        <x:v>618250</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
-        <x:v>40994</x:v>
+        <x:v>35185</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
-        <x:v>34056</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>510983</x:v>
+        <x:v>618246</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>40994</x:v>
+        <x:v>35185</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
-        <x:v>34056</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>618250</x:v>
+        <x:v>510977</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
-        <x:v>35185</x:v>
+        <x:v>40994</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I36" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
-        <x:v>34525</x:v>
+        <x:v>34056</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>555747</x:v>
+        <x:v>510983</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
-        <x:v>40994</x:v>
+        <x:v>35185</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
-        <x:v>34056</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>555754</x:v>
+        <x:v>446198</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>133</x:v>
@@ -4339,54 +4339,54 @@
       <x:c r="K38" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>600442</x:v>
+        <x:v>549030</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H39" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
@@ -4399,54 +4399,54 @@
       <x:c r="K39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>497669</x:v>
+        <x:v>600442</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>132</x:v>
@@ -4460,54 +4460,54 @@
       <x:c r="K40" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>549030</x:v>
+        <x:v>497669</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>35185</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
@@ -4520,57 +4520,57 @@
       <x:c r="K41" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>600196</x:v>
+        <x:v>545522</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>35185</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>121</x:v>
@@ -4581,57 +4581,57 @@
       <x:c r="K42" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>497184</x:v>
+        <x:v>445803</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>35185</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
@@ -4641,57 +4641,57 @@
       <x:c r="K43" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>545522</x:v>
+        <x:v>600196</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>35185</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>121</x:v>
@@ -4702,57 +4702,57 @@
       <x:c r="K44" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>445803</x:v>
+        <x:v>497184</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="E45" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G45" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -4762,57 +4762,57 @@
       <x:c r="K45" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>545451</x:v>
+        <x:v>545450</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>135</x:v>
@@ -4823,57 +4823,57 @@
       <x:c r="K46" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>498016</x:v>
+        <x:v>545416</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
@@ -4883,57 +4883,57 @@
       <x:c r="K47" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>545450</x:v>
+        <x:v>545451</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>135</x:v>
@@ -4944,57 +4944,57 @@
       <x:c r="K48" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>545416</x:v>
+        <x:v>498016</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
@@ -5065,57 +5065,57 @@
       <x:c r="K50" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>497811</x:v>
+        <x:v>545553</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
@@ -5125,57 +5125,57 @@
       <x:c r="K51" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>545553</x:v>
+        <x:v>497811</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -5830,159 +5830,159 @@
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>554263</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
-        <x:v>38390</x:v>
+        <x:v>37533</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
-        <x:v>34525</x:v>
+        <x:v>21504</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>611633</x:v>
+        <x:v>506195</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
-        <x:v>37533</x:v>
+        <x:v>38390</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>21504</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>506195</x:v>
+        <x:v>611633</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>165</x:v>
@@ -5993,57 +5993,57 @@
       <x:c r="K66" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>611537</x:v>
+        <x:v>569186</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
@@ -6053,57 +6053,57 @@
       <x:c r="K67" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>569186</x:v>
+        <x:v>516416</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>165</x:v>
@@ -6114,57 +6114,57 @@
       <x:c r="K68" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>516416</x:v>
+        <x:v>611537</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
@@ -9170,51 +9170,51 @@
       <x:c r="M122" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>605798</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>35185</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
@@ -9288,51 +9288,51 @@
       <x:c r="L124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>447275</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
@@ -10009,216 +10009,217 @@
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>601971</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
+      <x:c r="E137" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>551788</x:v>
+        <x:v>601970</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="U137" s="4" t="s">
         <x:v>346</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
-      <x:c r="E138" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>601970</x:v>
+        <x:v>551788</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="E139" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="F139" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>580096</x:v>
+        <x:v>580095</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="G140" s="14" t="s">
         <x:v>351</x:v>
@@ -10230,54 +10231,54 @@
         <x:v>165</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s"/>
       <x:c r="K140" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>580095</x:v>
+        <x:v>580096</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
@@ -10293,239 +10294,239 @@
       <x:c r="K141" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>498485</x:v>
+        <x:v>548792</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
-        <x:v>38390</x:v>
+        <x:v>40994</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
-        <x:v>34525</x:v>
+        <x:v>34056</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>498389</x:v>
+        <x:v>454930</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
-        <x:v>40994</x:v>
+        <x:v>38390</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
-        <x:v>34056</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>454930</x:v>
+        <x:v>454913</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
-        <x:v>38390</x:v>
+        <x:v>40994</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
-        <x:v>34525</x:v>
+        <x:v>34056</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>454913</x:v>
+        <x:v>498485</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
@@ -10535,404 +10536,404 @@
       <x:c r="K145" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>548677</x:v>
+        <x:v>498389</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
-        <x:v>40994</x:v>
+        <x:v>38390</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
-        <x:v>34056</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>548792</x:v>
+        <x:v>548677</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>362</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
-        <x:v>37099</x:v>
+        <x:v>37604</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
-        <x:v>31734</x:v>
+        <x:v>34504</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>599914</x:v>
+        <x:v>502710</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>367</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>365</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>552017</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>368</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
-        <x:v>37604</x:v>
+        <x:v>37099</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
-        <x:v>34504</x:v>
+        <x:v>31734</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>502710</x:v>
+        <x:v>599914</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="U149" s="4" t="s">
         <x:v>372</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>599913</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>367</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>37604</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="E151" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>34504</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>502707</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
@@ -11131,218 +11132,218 @@
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>606248</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
-        <x:v>40994</x:v>
+        <x:v>37105</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
-        <x:v>34056</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>600405</x:v>
+        <x:v>582021</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>600408</x:v>
+        <x:v>600405</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>384</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>385</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
-        <x:v>37105</x:v>
+        <x:v>40994</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
-        <x:v>34525</x:v>
+        <x:v>34056</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>582021</x:v>
+        <x:v>600408</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -11422,159 +11423,159 @@
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>554011</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
-        <x:v>8812</x:v>
+        <x:v>40994</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
-        <x:v>31734</x:v>
+        <x:v>34056</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>387</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>608341</x:v>
+        <x:v>565097</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
-        <x:v>40994</x:v>
+        <x:v>8812</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
-        <x:v>34056</x:v>
+        <x:v>31734</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>599072</x:v>
+        <x:v>608341</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>384</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -11753,233 +11754,233 @@
       <x:c r="J166" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>599070</x:v>
+        <x:v>599072</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>565097</x:v>
+        <x:v>600406</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
-        <x:v>40994</x:v>
+        <x:v>8812</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
-        <x:v>34056</x:v>
+        <x:v>31734</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>614350</x:v>
+        <x:v>615346</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>509792</x:v>
+        <x:v>614350</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
@@ -11988,114 +11989,114 @@
       <x:c r="K170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>600406</x:v>
+        <x:v>509792</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
-        <x:v>8812</x:v>
+        <x:v>40994</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
-        <x:v>31734</x:v>
+        <x:v>34056</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>615346</x:v>
+        <x:v>599070</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>381</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
@@ -12556,171 +12557,170 @@
       <x:c r="K180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>600403</x:v>
+        <x:v>581334</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>392</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>397</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
-      <x:c r="E181" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>547840</x:v>
+        <x:v>600403</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
-      <x:c r="E182" s="14" t="s"/>
+      <x:c r="E182" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>581334</x:v>
+        <x:v>547840</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -12790,51 +12790,51 @@
       <x:c r="M184" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>493624</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -12902,57 +12902,57 @@
       <x:c r="K186" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>603093</x:v>
+        <x:v>548903</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>404</x:v>
       </x:c>
@@ -12962,57 +12962,57 @@
       <x:c r="K187" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>548903</x:v>
+        <x:v>603093</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
         <x:v>357</x:v>
@@ -13023,57 +13023,57 @@
       <x:c r="K188" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>498486</x:v>
+        <x:v>548797</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
@@ -13083,57 +13083,57 @@
       <x:c r="K189" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>548797</x:v>
+        <x:v>498486</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
         <x:v>357</x:v>
@@ -13147,54 +13147,54 @@
       <x:c r="L190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>454931</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
@@ -13207,54 +13207,54 @@
       <x:c r="L191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>454928</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
         <x:v>357</x:v>
@@ -13265,57 +13265,57 @@
       <x:c r="K192" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>609380</x:v>
+        <x:v>498483</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>411</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
@@ -13325,57 +13325,57 @@
       <x:c r="K193" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>498483</x:v>
+        <x:v>548782</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
         <x:v>357</x:v>
@@ -13386,57 +13386,57 @@
       <x:c r="K194" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>548782</x:v>
+        <x:v>609380</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>362</x:v>
+        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
@@ -13513,51 +13513,51 @@
       <x:c r="M196" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>548675</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>362</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
@@ -13631,54 +13631,54 @@
       <x:c r="L198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>454911</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
@@ -13691,54 +13691,54 @@
       <x:c r="L199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>454910</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>357</x:v>
@@ -13755,51 +13755,51 @@
       <x:c r="M200" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>548777</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>362</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -13809,51 +13809,51 @@
       <x:c r="L201" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>548178</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
         <x:v>84</x:v>
@@ -14054,51 +14054,51 @@
       <x:c r="M205" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>548674</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
         <x:v>357</x:v>
@@ -14115,51 +14115,51 @@
       <x:c r="M206" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>548844</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>362</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
@@ -14172,54 +14172,54 @@
       <x:c r="L207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>454927</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G208" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>79</x:v>
@@ -14932,51 +14932,51 @@
       <x:c r="M220" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>552330</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -15100,51 +15100,51 @@
       <x:c r="M223" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>552329</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="I224" s="16" t="s">
         <x:v>165</x:v>
@@ -15774,72 +15774,72 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>569975</x:v>
+        <x:v>577270</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
@@ -15852,167 +15852,168 @@
       <x:c r="L236" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>583319</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
+      <x:c r="E237" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G237" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>577270</x:v>
+        <x:v>600051</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>440</x:v>
+        <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
-      <x:c r="E238" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>600051</x:v>
+        <x:v>569976</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>441</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="E239" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -16022,221 +16023,222 @@
       <x:c r="L239" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>600052</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>445</x:v>
+        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>569976</x:v>
+        <x:v>569975</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>446</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
+      <x:c r="E241" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>615328</x:v>
+        <x:v>609205</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
-      <x:c r="E242" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>31734</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>609205</x:v>
+        <x:v>615328</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>37099</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -16485,57 +16487,57 @@
       <x:c r="K247" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>21576</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>570566</x:v>
+        <x:v>500416</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>37602</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="I248" s="16" t="s">
         <x:v>453</x:v>
@@ -16546,99 +16548,99 @@
       <x:c r="K248" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>21576</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>500416</x:v>
+        <x:v>570566</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>37604</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="E249" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>34504</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>500452</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
@@ -16727,57 +16729,57 @@
       <x:c r="K251" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>500447</x:v>
+        <x:v>570584</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="I252" s="16" t="s">
         <x:v>453</x:v>
@@ -16788,57 +16790,57 @@
       <x:c r="K252" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>570584</x:v>
+        <x:v>500447</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="E253" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
@@ -16923,158 +16925,158 @@
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
         <x:v>564091</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
-        <x:v>40994</x:v>
+        <x:v>37310</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="E255" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H255" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
-        <x:v>34056</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>604851</x:v>
+        <x:v>604900</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
-        <x:v>421</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
-        <x:v>37310</x:v>
+        <x:v>40994</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="I256" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
-        <x:v>34525</x:v>
+        <x:v>34056</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>604900</x:v>
+        <x:v>604851</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="E257" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
@@ -17090,57 +17092,57 @@
       <x:c r="K257" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>501568</x:v>
+        <x:v>553695</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="I258" s="16" t="s">
         <x:v>114</x:v>
@@ -17151,57 +17153,57 @@
       <x:c r="K258" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>553695</x:v>
+        <x:v>501568</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>37310</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
@@ -17528,767 +17530,767 @@
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>607611</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
-        <x:v>37310</x:v>
+        <x:v>38636</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="E265" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
-        <x:v>34525</x:v>
+        <x:v>21589</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>604796</x:v>
+        <x:v>553291</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>464</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
-        <x:v>38636</x:v>
+        <x:v>37310</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="I266" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
-        <x:v>21589</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="P266" s="14" t="s">
         <x:v>465</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>463</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>604828</x:v>
+        <x:v>604796</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
-        <x:v>40994</x:v>
+        <x:v>38636</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="E267" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
-        <x:v>34056</x:v>
+        <x:v>21589</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>604808</x:v>
+        <x:v>604828</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="I268" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
-        <x:v>463</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>604809</x:v>
+        <x:v>604808</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="E269" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>553267</x:v>
+        <x:v>604809</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="I270" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
-        <x:v>463</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>501705</x:v>
+        <x:v>553267</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="E271" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>553266</x:v>
+        <x:v>501705</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>464</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
-        <x:v>38636</x:v>
+        <x:v>40994</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="I272" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
-        <x:v>21589</x:v>
+        <x:v>34056</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="P272" s="14" t="s">
         <x:v>465</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>463</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>553291</x:v>
+        <x:v>553266</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
-        <x:v>37310</x:v>
+        <x:v>39257</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="E273" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
-        <x:v>34525</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>501771</x:v>
+        <x:v>553350</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
-        <x:v>469</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
-        <x:v>39257</x:v>
+        <x:v>38636</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
-      <x:c r="E274" s="14" t="s"/>
+      <x:c r="E274" s="14" t="s">
+        <x:v>35</x:v>
+      </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="I274" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
-        <x:v>21528</x:v>
+        <x:v>21589</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>588406</x:v>
+        <x:v>553353</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>470</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
-        <x:v>39257</x:v>
+        <x:v>37310</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="E275" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
-        <x:v>21528</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
-        <x:v>462</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>553350</x:v>
+        <x:v>501771</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
-        <x:v>33</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
-        <x:v>464</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
-        <x:v>38636</x:v>
+        <x:v>39257</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
-      <x:c r="E276" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="I276" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
-        <x:v>21589</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
-        <x:v>465</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>553353</x:v>
+        <x:v>588406</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>37566</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="E277" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
@@ -18494,85 +18496,85 @@
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>604114</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>38636</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="E281" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H281" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>21589</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
         <x:v>604113</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
@@ -18917,146 +18919,146 @@
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>502047</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
-        <x:v>464</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>38636</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="I288" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>21589</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
-        <x:v>465</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>552901</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>38636</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="E289" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>21589</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>604254</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
@@ -19643,86 +19645,86 @@
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>552809</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
-        <x:v>370</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>37604</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="I300" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>34504</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
         <x:v>607586</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
@@ -19885,164 +19887,164 @@
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>607556</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
-        <x:v>421</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
-        <x:v>37310</x:v>
+        <x:v>38636</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="I304" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
-        <x:v>34525</x:v>
+        <x:v>21589</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>607534</x:v>
+        <x:v>607576</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
-        <x:v>38636</x:v>
+        <x:v>37310</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="E305" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
-        <x:v>21589</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>607576</x:v>
+        <x:v>607534</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>37310</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="I306" s="16" t="s">
         <x:v>114</x:v>
@@ -20188,164 +20190,164 @@
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>501940</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
-        <x:v>40994</x:v>
+        <x:v>38636</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="E309" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G309" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H309" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
-        <x:v>34056</x:v>
+        <x:v>21589</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>607555</x:v>
+        <x:v>552774</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
-        <x:v>464</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
-        <x:v>38636</x:v>
+        <x:v>40994</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="I310" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
-        <x:v>21589</x:v>
+        <x:v>34056</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
-        <x:v>465</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>552774</x:v>
+        <x:v>607555</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="H311" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -20598,51 +20600,51 @@
       <x:c r="M315" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>605607</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>37310</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I316" s="16" t="s">
         <x:v>98</x:v>
@@ -20659,51 +20661,51 @@
       <x:c r="M316" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
         <x:v>605619</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>362</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="E317" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="H317" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
@@ -20834,57 +20836,57 @@
       <x:c r="K319" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>504504</x:v>
+        <x:v>547246</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>489</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>37310</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I320" s="16" t="s">
         <x:v>98</x:v>
@@ -20895,57 +20897,57 @@
       <x:c r="K320" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>547246</x:v>
+        <x:v>504504</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
-        <x:v>489</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="E321" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="H321" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
@@ -21132,54 +21134,54 @@
       <x:c r="J324" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K324" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
-        <x:v>494</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>547104</x:v>
+        <x:v>600520</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="E325" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
@@ -21192,54 +21194,54 @@
       <x:c r="J325" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>600520</x:v>
+        <x:v>547104</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>491</x:v>
@@ -21682,51 +21684,51 @@
       <x:c r="L333" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
         <x:v>447274</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s">
         <x:v>138</x:v>
@@ -22044,51 +22046,51 @@
       <x:c r="M339" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
         <x:v>548787</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I340" s="16" t="s">
         <x:v>357</x:v>
@@ -22102,54 +22104,54 @@
       <x:c r="L340" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>454912</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="E341" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H341" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>357</x:v>
       </x:c>
@@ -22162,54 +22164,54 @@
       <x:c r="L341" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>34056</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>454929</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I342" s="16" t="s">
         <x:v>357</x:v>
@@ -22347,51 +22349,51 @@
       <x:c r="M344" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>548676</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
-        <x:v>362</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
         <x:v>40994</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="E345" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>25</x:v>
       </x:c>