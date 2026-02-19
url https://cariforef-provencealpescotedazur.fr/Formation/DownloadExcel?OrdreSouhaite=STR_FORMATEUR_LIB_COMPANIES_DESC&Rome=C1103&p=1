--- v0 (2026-02-19)
+++ v1 (2026-02-19)
@@ -197,62 +197,62 @@
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ogec Lycée Marie-France - Cfa Marie-France</x:t>
   </x:si>
   <x:si>
     <x:t>LMF</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
     <x:t>Les fondamentaux de l'assurance prevoyance</x:t>
   </x:si>
   <x:si>
     <x:t>Nova</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Assurance</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
@@ -338,60 +338,60 @@
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>EAM Expert Assurance Maritime INPI</x:t>
   </x:si>
   <x:si>
     <x:t>Hsce</x:t>
   </x:si>
   <x:si>
     <x:t>06410</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>SANARY-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>Bachelor Chargé d'indemnisation en assurance</x:t>
   </x:si>
   <x:si>
+    <x:t>09/22/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -1087,51 +1087,51 @@
       <x:c r="K4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>41054</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>583406</x:v>
+        <x:v>607793</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>40253</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="E5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -1147,51 +1147,51 @@
       <x:c r="K5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>41054</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>607793</x:v>
+        <x:v>583406</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C6" s="15" t="s"/>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
         <x:v>49</x:v>
@@ -1263,51 +1263,51 @@
       <x:c r="L7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>41049</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
         <x:v>557159</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>37349</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
         <x:v>57</x:v>
@@ -1384,51 +1384,51 @@
       <x:c r="L9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>41054</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
         <x:v>583400</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>39615</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
         <x:v>69</x:v>
@@ -1505,51 +1505,51 @@
       <x:c r="L11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>549087</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>39615</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
         <x:v>77</x:v>
@@ -1566,100 +1566,100 @@
       <x:c r="L12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>609980</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>585406</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>34171</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
@@ -1671,51 +1671,51 @@
       <x:c r="K14" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>617218</x:v>
+        <x:v>547885</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>34171</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
@@ -1728,51 +1728,51 @@
       <x:c r="K15" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>41036</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>547885</x:v>
+        <x:v>617218</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 