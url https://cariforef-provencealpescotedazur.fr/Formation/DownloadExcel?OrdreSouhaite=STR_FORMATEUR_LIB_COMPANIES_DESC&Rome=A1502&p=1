--- v0 (2026-02-19)
+++ v1 (2026-02-19)
@@ -248,54 +248,54 @@
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>CAP agricole maréchal-ferrant (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>CFA Régional Agricole Public PACA</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>06601</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Aix Valabre</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Apprendre Comprendre Entreprendre Formation Conseils</x:t>
   </x:si>
   <x:si>
     <x:t>ACE</x:t>
   </x:si>
   <x:si>
     <x:t>83270</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>GEMENOS</x:t>
   </x:si>
@@ -960,139 +960,139 @@
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
         <x:v>592949</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C4" s="15" t="s"/>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s"/>
       <x:c r="I4" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="J4" s="14" t="s"/>
       <x:c r="K4" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
-        <x:v>12046</x:v>
+        <x:v>12233</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>595477</x:v>
+        <x:v>592948</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
-        <x:v>32</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C5" s="3" t="s"/>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
-        <x:v>12233</x:v>
+        <x:v>12046</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>592948</x:v>
+        <x:v>595477</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>38388</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s">
@@ -1225,57 +1225,57 @@
       <x:c r="K8" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>21089</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>605863</x:v>
+        <x:v>555706</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>38388</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="E9" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -1285,57 +1285,57 @@
       <x:c r="K9" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>21089</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>555706</x:v>
+        <x:v>605863</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="U9" s="4" t="s">
         <x:v>60</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>38388</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I10" s="16" t="s">
         <x:v>56</x:v>