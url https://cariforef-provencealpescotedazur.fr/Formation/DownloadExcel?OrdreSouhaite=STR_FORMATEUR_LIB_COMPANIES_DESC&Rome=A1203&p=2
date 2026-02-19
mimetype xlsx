--- v0 (2026-02-19)
+++ v1 (2026-02-19)
@@ -233,87 +233,87 @@
   <x:si>
     <x:t>Titre professionnel ouvrier du paysage (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>12/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel ouvrier paysagiste (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/02/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel ouvrier paysagiste - Elagage</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée d'Enseignement Général et Technologique Agricole Aix Valabre</x:t>
   </x:si>
   <x:si>
     <x:t>LEGTA</x:t>
   </x:si>
   <x:si>
     <x:t>13120</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA aménagements paysagers (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Miramas Formation - Cfa Fontlongue</x:t>
   </x:si>
   <x:si>
     <x:t>13140</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>MIRAMAS</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro aménagements paysagers (Apprentissage)</x:t>
   </x:si>
@@ -1710,228 +1710,230 @@
       <x:c r="K5" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>584676</x:v>
+        <x:v>600781</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>37875</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
-      <x:c r="E6" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E6" s="14" t="s"/>
+      <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
-        <x:v>59</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>583533</x:v>
+        <x:v>584676</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>37875</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="E7" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="F7" s="0" t="s">
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="H7" s="0" t="s">
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>573917</x:v>
+        <x:v>583533</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
-        <x:v>51</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>37875</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
-      <x:c r="E8" s="14" t="s"/>
+      <x:c r="E8" s="14" t="s">
+        <x:v>47</x:v>
+      </x:c>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>600781</x:v>
+        <x:v>573917</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>38349</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="E9" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
@@ -4234,54 +4236,54 @@
       <x:c r="H48" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>605789</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>38349</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
@@ -4294,54 +4296,54 @@
       <x:c r="H49" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>558205</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
@@ -4355,54 +4357,54 @@
       <x:c r="H50" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>555688</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>38349</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
@@ -4415,54 +4417,54 @@
       <x:c r="H51" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>605834</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
@@ -4476,54 +4478,54 @@
       <x:c r="H52" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I52" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>555710</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>39066</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
@@ -4539,54 +4541,54 @@
       <x:c r="H53" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>612815</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38314</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
@@ -4600,54 +4602,54 @@
       <x:c r="H54" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>605809</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>39066</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
@@ -4660,488 +4662,488 @@
       <x:c r="H55" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>605826</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G56" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>21054</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>583539</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
-        <x:v>39066</x:v>
+        <x:v>38386</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>605825</x:v>
+        <x:v>605861</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
-        <x:v>38386</x:v>
+        <x:v>39066</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>605862</x:v>
+        <x:v>555713</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
-        <x:v>38386</x:v>
+        <x:v>38314</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>605861</x:v>
+        <x:v>555698</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
-        <x:v>39066</x:v>
+        <x:v>38386</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>555713</x:v>
+        <x:v>555708</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
-        <x:v>38314</x:v>
+        <x:v>39066</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>555698</x:v>
+        <x:v>605825</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>555708</x:v>
+        <x:v>605862</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -7254,161 +7256,161 @@
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>549807</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
-        <x:v>31691</x:v>
+        <x:v>38386</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>447261</x:v>
+        <x:v>496483</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
-        <x:v>38386</x:v>
+        <x:v>31691</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>496483</x:v>
+        <x:v>447261</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>38314</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>111</x:v>
@@ -7859,161 +7861,161 @@
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>605833</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
-        <x:v>39066</x:v>
+        <x:v>35399</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
-        <x:v>21046</x:v>
+        <x:v>21050</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>555723</x:v>
+        <x:v>549905</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
-        <x:v>35399</x:v>
+        <x:v>38349</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
-        <x:v>21050</x:v>
+        <x:v>21046</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>549905</x:v>
+        <x:v>496435</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>38349</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>111</x:v>
@@ -8027,359 +8029,359 @@
       <x:c r="K112" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>496435</x:v>
+        <x:v>549864</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
-        <x:v>38349</x:v>
+        <x:v>38857</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>549864</x:v>
+        <x:v>496337</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
-        <x:v>38857</x:v>
+        <x:v>38386</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>496337</x:v>
+        <x:v>549882</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
-        <x:v>38386</x:v>
+        <x:v>35397</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
-        <x:v>21046</x:v>
+        <x:v>21047</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>549882</x:v>
+        <x:v>549903</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
-        <x:v>35397</x:v>
+        <x:v>38386</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
-        <x:v>21047</x:v>
+        <x:v>21046</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>549903</x:v>
+        <x:v>605860</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
-        <x:v>38386</x:v>
+        <x:v>39066</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>605860</x:v>
+        <x:v>555723</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
@@ -8575,226 +8577,226 @@
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>447263</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
-        <x:v>45</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
-      <x:c r="E122" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>496502</x:v>
+        <x:v>581042</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
-        <x:v>38857</x:v>
+        <x:v>38386</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>605787</x:v>
+        <x:v>496502</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
-        <x:v>38386</x:v>
+        <x:v>38857</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
-      <x:c r="E124" s="14" t="s"/>
+      <x:c r="E124" s="14" t="s">
+        <x:v>47</x:v>
+      </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>581042</x:v>
+        <x:v>605787</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
@@ -9792,222 +9794,222 @@
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>605807</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
-        <x:v>38314</x:v>
+        <x:v>31691</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>496375</x:v>
+        <x:v>447264</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
-        <x:v>38386</x:v>
+        <x:v>38314</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>496494</x:v>
+        <x:v>496375</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
-        <x:v>31691</x:v>
+        <x:v>38386</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>447264</x:v>
+        <x:v>496494</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>38349</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
@@ -11113,170 +11115,169 @@
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>447266</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
-        <x:v>45</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
-        <x:v>35399</x:v>
+        <x:v>38386</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
-        <x:v>47</x:v>
-[...1 lines deleted...]
-      <x:c r="F164" s="14" t="s"/>
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="F164" s="14" t="s">
+        <x:v>117</x:v>
+      </x:c>
       <x:c r="G164" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
-        <x:v>21050</x:v>
+        <x:v>21046</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>605877</x:v>
+        <x:v>612789</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
-        <x:v>38386</x:v>
+        <x:v>35399</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
-        <x:v>116</x:v>
-[...2 lines deleted...]
-        <x:v>117</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
-        <x:v>21046</x:v>
+        <x:v>21050</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>612789</x:v>
+        <x:v>605877</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
         <x:v>112</x:v>
@@ -11358,404 +11359,404 @@
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>555714</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>115</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
-        <x:v>39066</x:v>
+        <x:v>38857</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
-      <x:c r="E168" s="14" t="s"/>
+      <x:c r="E168" s="14" t="s">
+        <x:v>47</x:v>
+      </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>577419</x:v>
+        <x:v>549808</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
-        <x:v>36795</x:v>
+        <x:v>38349</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
+      <x:c r="E169" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
       <x:c r="G169" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
-        <x:v>12510</x:v>
+        <x:v>21046</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>577274</x:v>
+        <x:v>549865</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
-        <x:v>45</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
-        <x:v>38857</x:v>
+        <x:v>39066</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
-      <x:c r="E170" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>549808</x:v>
+        <x:v>577419</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
-        <x:v>38349</x:v>
+        <x:v>36795</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
-      <x:c r="E171" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G171" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
-        <x:v>21046</x:v>
+        <x:v>12510</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>549865</x:v>
+        <x:v>577274</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
-        <x:v>39066</x:v>
+        <x:v>38314</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>605823</x:v>
+        <x:v>605806</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
-        <x:v>38314</x:v>
+        <x:v>38857</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>605806</x:v>
+        <x:v>605784</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>112</x:v>
@@ -11766,232 +11767,232 @@
       <x:c r="K174" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>605784</x:v>
+        <x:v>496342</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
-        <x:v>38857</x:v>
+        <x:v>15156</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>496342</x:v>
+        <x:v>496415</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
-        <x:v>15156</x:v>
+        <x:v>38386</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I176" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>496415</x:v>
+        <x:v>605856</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
-        <x:v>38386</x:v>
+        <x:v>39066</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>605856</x:v>
+        <x:v>605823</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>38314</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>110</x:v>
@@ -12453,278 +12454,278 @@
         <x:v>261</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>612792</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="G186" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s"/>
       <x:c r="K186" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>21054</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>583525</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
-        <x:v>38349</x:v>
+        <x:v>38857</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>496443</x:v>
+        <x:v>555686</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
-        <x:v>38857</x:v>
+        <x:v>38386</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>555686</x:v>
+        <x:v>555709</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
-        <x:v>38386</x:v>
+        <x:v>38349</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>555709</x:v>
+        <x:v>496443</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
         <x:v>112</x:v>