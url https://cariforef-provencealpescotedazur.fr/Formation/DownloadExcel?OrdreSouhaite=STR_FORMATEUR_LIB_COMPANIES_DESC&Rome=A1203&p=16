--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -305,56 +305,56 @@
   <x:si>
     <x:t>MIRAMAS</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA aménagements paysagers (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de spécialisation arrosage automatique : espaces verts et sols sportifs (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Arrosage</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bac pro aménagements paysagers (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CAP agricole jardinier paysagiste</x:t>
   </x:si>
   <x:si>
     <x:t>MFREO</x:t>
   </x:si>
   <x:si>
     <x:t>05300</x:t>
   </x:si>
   <x:si>
     <x:t>VENTAVON</x:t>
   </x:si>
   <x:si>
     <x:t>84600</x:t>
   </x:si>
   <x:si>
     <x:t>RICHERENCHES</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro aménagements paysagers</x:t>
   </x:si>
   <x:si>
     <x:t>MFR de la Roque d'Antheron</x:t>
@@ -842,54 +842,54 @@
   <x:si>
     <x:t>BPA option travaux des aménagements paysagers spécialité travaux de création et d'entretien (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de spécialisation constructions paysagères</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Jeune 16-25 ans , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de spécialisation travaux mécanisés de génie écologique</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Carmejane</x:t>
   </x:si>
   <x:si>
     <x:t>LE CHAFFAUT-SAINT-JURSON</x:t>
   </x:si>
   <x:si>
+    <x:t>10/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de Formation Professionnelle et de Promotion Agricole Antibes</x:t>
   </x:si>
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Aix Valabre - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Centre de formation Professionnelle et de Promotion Agricole Aix Valabre</x:t>
   </x:si>
   <x:si>
     <x:t>13548</x:t>
   </x:si>
@@ -2135,448 +2135,448 @@
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>554256</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
-        <x:v>38857</x:v>
+        <x:v>38349</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>554247</x:v>
+        <x:v>554248</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
-        <x:v>38349</x:v>
+        <x:v>35397</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
-        <x:v>21046</x:v>
+        <x:v>21047</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>554248</x:v>
+        <x:v>554272</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>35397</x:v>
+        <x:v>38857</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
-        <x:v>21047</x:v>
+        <x:v>21046</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>554272</x:v>
+        <x:v>506179</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
-        <x:v>38857</x:v>
+        <x:v>38386</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>506179</x:v>
+        <x:v>506220</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
-        <x:v>38386</x:v>
+        <x:v>38349</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>506220</x:v>
+        <x:v>506234</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
-        <x:v>38349</x:v>
+        <x:v>38857</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>506234</x:v>
+        <x:v>605493</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>605493</x:v>
+        <x:v>554247</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -2823,51 +2823,51 @@
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>545525</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>27</x:v>
@@ -2944,51 +2944,51 @@
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>600202</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
@@ -3057,59 +3057,59 @@
       <x:c r="M28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>21050</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>545529</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>31691</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>27</x:v>
@@ -3117,51 +3117,51 @@
       <x:c r="M29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>445801</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>83</x:v>
@@ -3238,59 +3238,59 @@
       <x:c r="M31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>497191</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
@@ -3367,51 +3367,51 @@
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>599641</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
@@ -3428,51 +3428,51 @@
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>599644</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>27</x:v>
@@ -3541,51 +3541,51 @@
       <x:c r="M36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>21051</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>558676</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
@@ -3843,51 +3843,51 @@
       <x:c r="M41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>509482</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>37187</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>89</x:v>
@@ -3904,51 +3904,51 @@
       <x:c r="M42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>553074</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>39951</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
@@ -4501,172 +4501,172 @@
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>555713</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
-        <x:v>38314</x:v>
+        <x:v>38857</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>605809</x:v>
+        <x:v>605789</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
-        <x:v>38857</x:v>
+        <x:v>38314</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I54" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>605789</x:v>
+        <x:v>605809</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>53</x:v>
@@ -5271,148 +5271,148 @@
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>596647</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>38857</x:v>
+        <x:v>38386</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>596642</x:v>
+        <x:v>592588</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
-        <x:v>38386</x:v>
+        <x:v>38857</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>592588</x:v>
+        <x:v>596642</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
@@ -6556,51 +6556,51 @@
       <x:c r="M87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>496212</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
@@ -6615,51 +6615,51 @@
       <x:c r="M88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>546091</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -7195,51 +7195,51 @@
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>612795</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>31691</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>53</x:v>
@@ -7247,51 +7247,51 @@
       <x:c r="M99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>447261</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>39066</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>112</x:v>
@@ -7429,59 +7429,59 @@
       <x:c r="M102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>496376</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>53</x:v>
@@ -7852,59 +7852,59 @@
       <x:c r="M109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>21047</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>549903</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
@@ -7921,285 +7921,285 @@
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>496337</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
-        <x:v>35399</x:v>
+        <x:v>35397</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
-        <x:v>21050</x:v>
+        <x:v>21047</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>605876</x:v>
+        <x:v>605868</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
-        <x:v>35397</x:v>
+        <x:v>38349</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
-        <x:v>21047</x:v>
+        <x:v>21046</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
-        <x:v>76</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>605868</x:v>
+        <x:v>496435</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
-        <x:v>38349</x:v>
+        <x:v>38386</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>496435</x:v>
+        <x:v>496483</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
-        <x:v>38386</x:v>
+        <x:v>35399</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
-        <x:v>21046</x:v>
+        <x:v>21050</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>496483</x:v>
+        <x:v>605876</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>35399</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
@@ -8215,51 +8215,51 @@
       <x:c r="M115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>21050</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>549905</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>112</x:v>
@@ -8284,51 +8284,51 @@
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>605860</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>53</x:v>
@@ -8446,57 +8446,57 @@
       <x:c r="K119" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>554704</x:v>
+        <x:v>610002</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
@@ -8505,57 +8505,57 @@
       <x:c r="K120" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>610002</x:v>
+        <x:v>554704</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
@@ -8571,172 +8571,172 @@
       <x:c r="M121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>496502</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
-        <x:v>35398</x:v>
+        <x:v>31691</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
-        <x:v>21051</x:v>
+        <x:v>21046</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>549910</x:v>
+        <x:v>447263</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
-        <x:v>31691</x:v>
+        <x:v>35398</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
-        <x:v>21046</x:v>
+        <x:v>21051</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>447263</x:v>
+        <x:v>549910</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="G124" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
@@ -8763,51 +8763,51 @@
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>587452</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>53</x:v>
@@ -8879,109 +8879,106 @@
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>581042</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
-        <x:v>122</x:v>
-[...2 lines deleted...]
-        <x:v>123</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>579805</x:v>
+        <x:v>605859</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>112</x:v>
@@ -8992,125 +8989,128 @@
       <x:c r="K128" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>605859</x:v>
+        <x:v>549886</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="F129" s="0" t="s">
+        <x:v>123</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>549886</x:v>
+        <x:v>579805</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
@@ -9127,51 +9127,51 @@
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>549811</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>53</x:v>
@@ -9187,51 +9187,51 @@
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>496341</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
@@ -9248,51 +9248,51 @@
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>496339</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>53</x:v>
@@ -9421,59 +9421,59 @@
       <x:c r="M135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>496498</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>31691</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
@@ -9482,51 +9482,51 @@
       <x:c r="M136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>447265</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
@@ -9550,51 +9550,51 @@
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>605857</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
@@ -9663,51 +9663,51 @@
       <x:c r="M139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>496431</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>38314</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I140" s="16" t="s">
         <x:v>112</x:v>
@@ -9732,51 +9732,51 @@
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>549852</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H141" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>53</x:v>
@@ -9845,51 +9845,51 @@
       <x:c r="M142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>496375</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
@@ -10087,59 +10087,59 @@
       <x:c r="M146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>496494</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>31691</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>53</x:v>
@@ -10147,51 +10147,51 @@
       <x:c r="M147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>447264</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>38314</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
         <x:v>112</x:v>
@@ -10216,172 +10216,172 @@
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>605807</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
-        <x:v>38857</x:v>
+        <x:v>38349</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H149" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>549809</x:v>
+        <x:v>605832</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C150" s="15" t="n">
-        <x:v>38349</x:v>
+        <x:v>38857</x:v>
       </x:c>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I150" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>605832</x:v>
+        <x:v>549809</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="E151" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>53</x:v>
@@ -10450,51 +10450,51 @@
       <x:c r="M152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>12510</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>549911</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>39066</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
@@ -10518,104 +10518,104 @@
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>555714</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
-        <x:v>39066</x:v>
+        <x:v>38857</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>605823</x:v>
+        <x:v>605784</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>39639</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
@@ -10633,711 +10633,708 @@
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>577226</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
-        <x:v>56</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
-        <x:v>38349</x:v>
+        <x:v>39066</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
-      <x:c r="E156" s="14" t="s"/>
+      <x:c r="E156" s="14" t="s">
+        <x:v>51</x:v>
+      </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
-        <x:v>241</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
-        <x:v>65</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>509547</x:v>
+        <x:v>605823</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
-        <x:v>35399</x:v>
+        <x:v>38349</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
-      <x:c r="E157" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G157" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
-        <x:v>21050</x:v>
+        <x:v>21046</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>549906</x:v>
+        <x:v>509547</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
-        <x:v>36795</x:v>
+        <x:v>35399</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
-        <x:v>12510</x:v>
+        <x:v>21050</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>605906</x:v>
+        <x:v>549906</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
-        <x:v>38386</x:v>
+        <x:v>36795</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
-        <x:v>122</x:v>
-[...2 lines deleted...]
-        <x:v>123</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
-        <x:v>21046</x:v>
+        <x:v>12510</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>612789</x:v>
+        <x:v>605906</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
-        <x:v>39066</x:v>
+        <x:v>38386</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
-      <x:c r="E160" s="14" t="s"/>
-      <x:c r="F160" s="14" t="s"/>
+      <x:c r="E160" s="14" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="F160" s="14" t="s">
+        <x:v>123</x:v>
+      </x:c>
       <x:c r="G160" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
-        <x:v>246</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>577419</x:v>
+        <x:v>612789</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
-        <x:v>38349</x:v>
+        <x:v>39066</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
-      <x:c r="E161" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G161" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>496439</x:v>
+        <x:v>577419</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
-        <x:v>35399</x:v>
+        <x:v>38349</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
-        <x:v>21050</x:v>
+        <x:v>21046</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>605877</x:v>
+        <x:v>496439</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
-        <x:v>38349</x:v>
+        <x:v>35399</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
-        <x:v>21046</x:v>
+        <x:v>21050</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>549865</x:v>
+        <x:v>605877</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
-        <x:v>38857</x:v>
+        <x:v>38349</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>496342</x:v>
+        <x:v>549865</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
-        <x:v>15156</x:v>
+        <x:v>38857</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>496415</x:v>
+        <x:v>496342</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
-        <x:v>38386</x:v>
+        <x:v>15156</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>496514</x:v>
+        <x:v>496415</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
@@ -11347,239 +11344,239 @@
       <x:c r="K167" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>549883</x:v>
+        <x:v>496514</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
-        <x:v>31691</x:v>
+        <x:v>38386</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>447266</x:v>
+        <x:v>549883</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
-        <x:v>38349</x:v>
+        <x:v>31691</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>605831</x:v>
+        <x:v>447266</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
-        <x:v>38314</x:v>
+        <x:v>38349</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>549851</x:v>
+        <x:v>605831</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>38314</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
@@ -11589,234 +11586,234 @@
       <x:c r="K171" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>605806</x:v>
+        <x:v>549851</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
-        <x:v>35399</x:v>
+        <x:v>38314</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
-      <x:c r="E172" s="14" t="s"/>
+      <x:c r="E172" s="14" t="s">
+        <x:v>51</x:v>
+      </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
-        <x:v>251</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
-        <x:v>21050</x:v>
+        <x:v>21046</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>612388</x:v>
+        <x:v>605806</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
-        <x:v>36795</x:v>
+        <x:v>35399</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
-        <x:v>12510</x:v>
+        <x:v>21050</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>577274</x:v>
+        <x:v>612388</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>254</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
-        <x:v>49</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
-        <x:v>38857</x:v>
+        <x:v>36795</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
-      <x:c r="E174" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
-        <x:v>21046</x:v>
+        <x:v>12510</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>605784</x:v>
+        <x:v>577274</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
@@ -11893,59 +11890,59 @@
       <x:c r="M176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>496377</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>53</x:v>
@@ -11961,164 +11958,164 @@
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>549808</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
-        <x:v>38857</x:v>
+        <x:v>38314</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>541471</x:v>
+        <x:v>605805</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
-        <x:v>38314</x:v>
+        <x:v>38857</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>549857</x:v>
+        <x:v>541471</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>38314</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
         <x:v>112</x:v>
@@ -12129,57 +12126,57 @@
       <x:c r="K180" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>605805</x:v>
+        <x:v>549857</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>38314</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
@@ -12195,51 +12192,51 @@
       <x:c r="M181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>549855</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I182" s="16" t="s">
         <x:v>112</x:v>
@@ -12256,51 +12253,51 @@
       <x:c r="M182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>496490</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
@@ -12506,172 +12503,172 @@
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>612792</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
-        <x:v>38349</x:v>
+        <x:v>38314</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>605830</x:v>
+        <x:v>496374</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
-        <x:v>38314</x:v>
+        <x:v>38349</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>496374</x:v>
+        <x:v>605830</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>53</x:v>
@@ -12800,59 +12797,59 @@
       <x:c r="M191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>496443</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
@@ -12869,164 +12866,164 @@
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>555686</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
-        <x:v>38386</x:v>
+        <x:v>38314</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>496510</x:v>
+        <x:v>555693</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
-        <x:v>38857</x:v>
+        <x:v>38314</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>496340</x:v>
+        <x:v>605804</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>35399</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
@@ -13050,164 +13047,164 @@
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>605918</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
-        <x:v>38314</x:v>
+        <x:v>38386</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="K196" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>605804</x:v>
+        <x:v>496510</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
-        <x:v>38314</x:v>
+        <x:v>38857</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>555693</x:v>
+        <x:v>496340</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>38349</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
         <x:v>112</x:v>
@@ -13292,51 +13289,51 @@
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>555709</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>31691</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
@@ -13345,51 +13342,51 @@
       <x:c r="M200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>447262</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>15156</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
@@ -13405,51 +13402,51 @@
       <x:c r="M201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>496407</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
         <x:v>112</x:v>
@@ -13466,59 +13463,59 @@
       <x:c r="M202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>496506</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>38857</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>53</x:v>
@@ -13526,51 +13523,51 @@
       <x:c r="M203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>541467</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
         <x:v>112</x:v>
@@ -13587,51 +13584,51 @@
       <x:c r="M204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>496600</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>38314</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
@@ -13647,51 +13644,51 @@
       <x:c r="M205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>496378</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>36795</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
         <x:v>112</x:v>
@@ -13713,165 +13710,164 @@
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>606822</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>38314</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
-      <x:c r="E207" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G207" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>606806</x:v>
+        <x:v>584304</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>272</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>38314</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
-      <x:c r="E208" s="14" t="s"/>
+      <x:c r="E208" s="14" t="s">
+        <x:v>51</x:v>
+      </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>267</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s">
-        <x:v>273</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="I208" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>584304</x:v>
+        <x:v>606806</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H209" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
@@ -13948,51 +13944,51 @@
       <x:c r="M210" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>496379</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>38314</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H211" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
@@ -14069,51 +14065,51 @@
       <x:c r="M212" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>496515</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>38386</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="E213" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
@@ -14247,51 +14243,51 @@
       <x:c r="M215" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>21046</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>515110</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>40052</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="I216" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">