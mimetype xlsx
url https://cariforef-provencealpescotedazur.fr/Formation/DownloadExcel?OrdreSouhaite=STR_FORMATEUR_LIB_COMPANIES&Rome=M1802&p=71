--- v0 (2026-02-10)
+++ v1 (2026-02-10)
@@ -1004,54 +1004,54 @@
   <x:si>
     <x:t>06560</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
     <x:t>Manager en ingénierie informatique spécialisation développement sécurisé par applications (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Architecture système information</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager en ingénierie informatique spécialisation cybersécurité (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>07/20/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Manager en ingénierie informatique spécialisation cybersécurité industrielle (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Manager en ingénierie informatique parcours intelligence artificielle (Apprentissage)</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Manager en ingénierie informatique spécialisation cybersécurité industrielle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Montfavet</x:t>
   </x:si>
   <x:si>
     <x:t>Manager en ingénierie informatique (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CCIMP</x:t>
   </x:si>
@@ -13721,57 +13721,57 @@
       <x:c r="K191" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>564562</x:v>
+        <x:v>510493</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
         <x:v>39</x:v>
@@ -13782,57 +13782,57 @@
       <x:c r="K192" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>31009</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>510493</x:v>
+        <x:v>564562</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>307</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
         <x:v>35435</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -20008,135 +20008,135 @@
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="I304" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>546302</x:v>
+        <x:v>600355</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>497</x:v>
+        <x:v>500</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="E305" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G305" s="0" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="H305" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>31008</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>600355</x:v>
+        <x:v>546302</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>500</x:v>
+        <x:v>497</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>39585</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="I306" s="16" t="s">
         <x:v>105</x:v>
@@ -42057,153 +42057,154 @@
       </x:c>
       <x:c r="O708" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P708" s="14" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="Q708" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R708" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S708" s="14" t="n">
         <x:v>601940</x:v>
       </x:c>
       <x:c r="T708" s="16" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="U708" s="16" t="s">
         <x:v>831</x:v>
       </x:c>
     </x:row>
     <x:row r="709" spans="1:21">
       <x:c r="A709" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B709" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C709" s="3" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D709" s="3" t="s"/>
+      <x:c r="E709" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="G709" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="I709" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J709" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K709" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L709" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="M709" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="N709" s="3" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O709" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P709" s="0" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="Q709" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R709" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S709" s="0" t="n">
-        <x:v>545465</x:v>
+        <x:v>549019</x:v>
       </x:c>
       <x:c r="T709" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="U709" s="4" t="s">
         <x:v>832</x:v>
       </x:c>
     </x:row>
     <x:row r="710" spans="1:21">
       <x:c r="A710" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B710" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C710" s="15" t="n">
         <x:v>37680</x:v>
       </x:c>
       <x:c r="D710" s="15" t="s"/>
-      <x:c r="E710" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E710" s="14" t="s"/>
       <x:c r="F710" s="14" t="s"/>
       <x:c r="G710" s="14" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="H710" s="14" t="s"/>
       <x:c r="I710" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J710" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K710" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L710" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M710" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N710" s="15" t="n">
         <x:v>24273</x:v>
       </x:c>
       <x:c r="O710" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P710" s="14" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="Q710" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="R710" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="S710" s="14" t="n">
-        <x:v>549019</x:v>
+        <x:v>545465</x:v>
       </x:c>
       <x:c r="T710" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="U710" s="16" t="s">
         <x:v>832</x:v>
       </x:c>
     </x:row>
     <x:row r="711" spans="1:21">
       <x:c r="A711" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B711" s="0" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C711" s="3" t="n">
         <x:v>35455</x:v>
       </x:c>
       <x:c r="D711" s="3" t="s"/>
       <x:c r="E711" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G711" s="0" t="s">
         <x:v>834</x:v>
       </x:c>