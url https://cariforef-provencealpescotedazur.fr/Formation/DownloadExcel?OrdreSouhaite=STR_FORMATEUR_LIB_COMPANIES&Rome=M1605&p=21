--- v0 (2026-03-11)
+++ v1 (2026-03-11)
@@ -425,62 +425,62 @@
   <x:si>
     <x:t>83170</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel Excel</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
+    <x:t>PERTUIS</x:t>
+  </x:si>
+  <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
-    <x:t>PERTUIS</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>LE LUC EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>VALBONNE</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
@@ -587,77 +587,77 @@
   <x:si>
     <x:t>Gestion centre profit</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CFA Régional CFAI Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CFAI PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>13800</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Montfavet</x:t>
   </x:si>
   <x:si>
+    <x:t>Adjoint de dirigeant d'entreprise artisanale (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMAR PACA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestion entreprise artisanale</x:t>
+  </x:si>
+  <x:si>
     <x:t>Adjoint de dirigeant d'entreprise artisanale BC05 Définir sa stratégie commerciale et son marketing digital</x:t>
   </x:si>
   <x:si>
-    <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Artisan , Conjoint collaborateur d'artisan , Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
-    <x:t>Gestion entreprise artisanale</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Adjoint de dirigeant d'entreprise artisanale (Apprentissage)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Adjoint de dirigeant d'entreprise artisanale BC01 Assister à la gestion des ressources humaines et au management des collaborateurs d’une entreprise artisanale – TPE/PME</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Adjoint de dirigeant d'entreprise artisanale BC02 Assurer la comptabilité générale d’une entreprise artisanale – TPE-PME</x:t>
   </x:si>
   <x:si>
     <x:t>01/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Adjoint de dirigeant d'entreprise artisanale BC03 Assurer la rentabilité et la réalisation des budgets de sa TPE-PME</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Aix en Provence</x:t>
@@ -668,126 +668,144 @@
   <x:si>
     <x:t>Cma Formation Gap</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation La Seyne sur Mer</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>Comprendre Apprendre Pratiquer Formation</x:t>
   </x:si>
   <x:si>
     <x:t>CAP FORMATION</x:t>
   </x:si>
   <x:si>
     <x:t>84200</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS</x:t>
   </x:si>
   <x:si>
+    <x:t>09/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/05/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/15/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Licence mention gestion parcours commerce, vente, marketing option marketing digital (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Conservatoire National des Arts et des Métiers Paca</x:t>
   </x:si>
   <x:si>
     <x:t>CNAM</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-15e</x:t>
   </x:si>
   <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention gestion parcours commerce</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Salarié</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence pro mention management et gestion des organisations parcours gestion des établissements sanitaires, sociaux et médico-sociaux (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention gestion parcours gestion des organisations (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence pro mention management et gestion des organisations parcours gestion des établissements sanitaires, sociaux et médico-sociaux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention gestion (préparation également possible par Bloc(s) de compétences)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Licence mention gestion parcours gestion des ressources humaines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX - LES MILLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence mention gestion parcours comptabilité, contrôle, audit (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence mention gestion parcours gestion des ressources humaines</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention management et gestion des organisations parcours gestion des établissements sanitaires, sociaux et médico-sociaux (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
-    <x:t>Licence pro mention management et gestion des organisations parcours gestion des établissements sanitaires, sociaux et médico-sociaux (Apprentissage)</x:t>
-[...23 lines deleted...]
-    <x:t>10/02/2025 00:00:00</x:t>
+    <x:t>Assistante dentaire polyvalente</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Efficience Dentaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Secrétariat assistanat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE PONTET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bureautique Approfondissement : Excel + Word + Powerpoint</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan</x:t>
   </x:si>
   <x:si>
     <x:t>44200</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel bureautique</x:t>
   </x:si>
   <x:si>
     <x:t>Dawan - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2025 00:00:00</x:t>
   </x:si>
@@ -803,131 +821,113 @@
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>Bureautique</x:t>
   </x:si>
   <x:si>
     <x:t>Défi 83</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Delta - Groupe Someform</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Assistant d'administration commerciale (TPE/PME) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
-    <x:t>Delta - Groupe Someform</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>02/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/02/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Assistant d'administration commerciale (TPE/PME) (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention gestion parcours commerce et développement international en partenariat avec l'EMD Marseille (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de Management</x:t>
   </x:si>
   <x:si>
     <x:t>13331</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ESCCOM </x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Cannes (Carnot)</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice</x:t>
   </x:si>
   <x:si>
-    <x:t>Assistante dentaire polyvalente</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>assistant d'administration commerciale (TPE/PME)</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>06250</x:t>
   </x:si>
   <x:si>
     <x:t>Erudis Formation - Campus Nice - Sophia-Antipolis</x:t>
   </x:si>
   <x:si>
     <x:t>MOUGINS</x:t>
   </x:si>
   <x:si>
     <x:t>Licence Professionnelle Métiers de l'entrepreneuriat</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
@@ -1235,60 +1235,60 @@
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 4</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
+    <x:t>13288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 09</x:t>
+  </x:si>
+  <x:si>
     <x:t>13397</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 20</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention management et gestion des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
@@ -4018,51 +4018,51 @@
       <x:c r="K39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>615492</x:v>
+        <x:v>615550</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>110</x:v>
@@ -4071,100 +4071,100 @@
       <x:c r="K40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>615540</x:v>
+        <x:v>615492</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>615541</x:v>
+        <x:v>615540</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>110</x:v>
@@ -4173,51 +4173,51 @@
       <x:c r="K42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>70322</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>615550</x:v>
+        <x:v>615541</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>26</x:v>
@@ -5764,51 +5764,51 @@
       <x:c r="I73" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>588204</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
@@ -5817,51 +5817,51 @@
         <x:v>52</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>32024</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>588205</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -5880,57 +5880,57 @@
       <x:c r="K75" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>605652</x:v>
+        <x:v>550236</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>168</x:v>
@@ -5941,57 +5941,57 @@
       <x:c r="K76" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>550236</x:v>
+        <x:v>500979</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
@@ -6001,57 +6001,57 @@
       <x:c r="K77" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>35008</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>500979</x:v>
+        <x:v>605652</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>52</x:v>
@@ -6073,747 +6073,748 @@
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>602816</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>38289</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
+      <x:c r="E79" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>611247</x:v>
+        <x:v>553717</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>38289</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
-      <x:c r="E80" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>553717</x:v>
+        <x:v>611247</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>38289</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>584660</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>38289</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>611288</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>38289</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>584795</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>38289</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I84" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>611242</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>38289</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>584659</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>38289</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>605173</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>38289</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>552836</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>38289</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>604204</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>38289</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>553183</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>38289</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>32097</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>604147</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
@@ -6829,51 +6830,51 @@
       <x:c r="K91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>584624</x:v>
+        <x:v>618766</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
@@ -6888,51 +6889,51 @@
       <x:c r="K92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>618766</x:v>
+        <x:v>584624</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
@@ -6948,1837 +6949,1838 @@
       <x:c r="K93" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>558137</x:v>
+        <x:v>611452</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
-      <x:c r="E94" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>558138</x:v>
+        <x:v>529159</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
-        <x:v>35924</x:v>
+        <x:v>30086</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
+      <x:c r="E95" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>31637</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>587314</x:v>
+        <x:v>558140</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>558139</x:v>
+        <x:v>611466</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>30086</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>558338</x:v>
+        <x:v>558340</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
-        <x:v>40290</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
-      <x:c r="E98" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>611472</x:v>
+        <x:v>614393</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
-      <x:c r="E99" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>611452</x:v>
+        <x:v>587314</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
-      <x:c r="E100" s="14" t="s"/>
+      <x:c r="E100" s="14" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>529159</x:v>
+        <x:v>558138</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
-        <x:v>30086</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>558140</x:v>
+        <x:v>558137</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>611466</x:v>
+        <x:v>558139</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>30086</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>558340</x:v>
+        <x:v>558338</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>223</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>204</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
-        <x:v>206</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>31637</x:v>
+        <x:v>35054</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
-        <x:v>204</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>614393</x:v>
+        <x:v>554305</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>224</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
-        <x:v>225</x:v>
-[...1 lines deleted...]
-      <x:c r="C105" s="3" t="s"/>
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="C105" s="3" t="n">
+        <x:v>40290</x:v>
+      </x:c>
       <x:c r="D105" s="3" t="s"/>
+      <x:c r="E105" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="G105" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="H105" s="0" t="s">
+        <x:v>205</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="J105" s="0" t="s">
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
-        <x:v>70354</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>505776</x:v>
+        <x:v>611472</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C106" s="15" t="s"/>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s"/>
       <x:c r="K106" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>505819</x:v>
+        <x:v>505776</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C107" s="3" t="s"/>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>505820</x:v>
+        <x:v>505819</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s"/>
       <x:c r="K108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>566966</x:v>
+        <x:v>505820</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
-        <x:v>15052</x:v>
+        <x:v>70354</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="Q109" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="R109" s="0" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="S109" s="0" t="n">
+        <x:v>566966</x:v>
+      </x:c>
+      <x:c r="T109" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="Q109" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s"/>
       <x:c r="K110" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>15052</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
-        <x:v>237</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>568804</x:v>
+        <x:v>521443</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
-        <x:v>244</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="C111" s="3" t="s"/>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="I111" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="I111" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K111" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
-        <x:v>35028</x:v>
+        <x:v>15052</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="Q111" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="Q111" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>617372</x:v>
+        <x:v>568804</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
         <x:v>615132</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
-      <x:c r="E113" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G113" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>581841</x:v>
+        <x:v>617372</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>245</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>601739</x:v>
+        <x:v>581841</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>601740</x:v>
+        <x:v>601739</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
-        <x:v>35924</x:v>
+        <x:v>38625</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
-        <x:v>204</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
-        <x:v>206</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
-        <x:v>31637</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
-        <x:v>90</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>558150</x:v>
+        <x:v>601740</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>257</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>611493</x:v>
+        <x:v>558150</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>254</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>611442</x:v>
+        <x:v>611493</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>258</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
-        <x:v>256</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>558149</x:v>
+        <x:v>611442</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
-        <x:v>38625</x:v>
+        <x:v>35924</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
-        <x:v>35028</x:v>
+        <x:v>31637</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="Q120" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="Q120" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R120" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>608429</x:v>
+        <x:v>558149</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>555975</x:v>
+        <x:v>608429</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>555976</x:v>
+        <x:v>555975</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>608430</x:v>
+        <x:v>555976</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>265</x:v>
-[...1 lines deleted...]
-      <x:c r="C124" s="15" t="s"/>
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="C124" s="15" t="n">
+        <x:v>38625</x:v>
+      </x:c>
       <x:c r="D124" s="15" t="s"/>
-      <x:c r="E124" s="14" t="s"/>
+      <x:c r="E124" s="14" t="s">
+        <x:v>49</x:v>
+      </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="H124" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="J124" s="14" t="s"/>
+      <x:c r="J124" s="14" t="s">
+        <x:v>40</x:v>
+      </x:c>
       <x:c r="K124" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
-        <x:v>35054</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>269</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>554305</x:v>
+        <x:v>608430</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
@@ -8953,51 +8955,51 @@
       <x:c r="L128" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>614352</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -9066,54 +9068,54 @@
       <x:c r="L130" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>617493</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -9123,51 +9125,51 @@
       <x:c r="M131" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>557456</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>30106</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -9342,631 +9344,631 @@
       <x:c r="L135" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>589717</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>603603</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="E137" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G137" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>549456</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>603604</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>588429</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>601782</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>252</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>253</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>601780</x:v>
+        <x:v>552160</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>251</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>552160</x:v>
+        <x:v>601780</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>601784</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>249</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>601783</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>552162</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>38625</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -10000,146 +10002,146 @@
       <x:c r="T146" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>30122</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>564389</x:v>
+        <x:v>606241</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>30122</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>606241</x:v>
+        <x:v>564389</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="E149" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G149" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -10295,51 +10297,51 @@
       <x:c r="C152" s="15" t="s"/>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s"/>
       <x:c r="K152" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>35054</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>542276</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
@@ -10674,97 +10676,97 @@
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>550231</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>35924</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>31637</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>246</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>617488</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
-        <x:v>252</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>37561</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
@@ -11348,51 +11350,51 @@
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>35054</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>597750</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
@@ -11401,126 +11403,126 @@
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s"/>
       <x:c r="K172" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>35054</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>268</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>598386</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s"/>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>35054</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>616780</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>216</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>40290</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
@@ -11529,51 +11531,51 @@
       <x:c r="M174" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>611477</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>40011</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
@@ -11662,227 +11664,227 @@
         <x:v>374</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>592825</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>616676</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s"/>
       <x:c r="K178" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>617462</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>15052</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>261</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>586155</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>381</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s"/>
       <x:c r="K180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>261</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>616675</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
@@ -12066,51 +12068,51 @@
       <x:c r="K184" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>592382</x:v>
+        <x:v>592383</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>40113</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
@@ -12120,51 +12122,51 @@
       <x:c r="K185" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>592383</x:v>
+        <x:v>592382</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>35386</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
@@ -12393,51 +12395,51 @@
       <x:c r="I190" s="16" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>239</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>592384</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
@@ -12575,51 +12577,51 @@
       <x:c r="M193" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>581076</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>208</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>39018</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
@@ -12726,51 +12728,51 @@
       <x:c r="C196" s="15" t="s"/>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s"/>
       <x:c r="K196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>614915</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
@@ -12930,100 +12932,100 @@
       <x:c r="C200" s="15" t="s"/>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s"/>
       <x:c r="K200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>614914</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
         <x:v>614917</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
@@ -13032,100 +13034,100 @@
       <x:c r="C202" s="15" t="s"/>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s"/>
       <x:c r="K202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>614918</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>614913</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
@@ -13134,51 +13136,51 @@
       <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s"/>
       <x:c r="K204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>70354</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>614916</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">