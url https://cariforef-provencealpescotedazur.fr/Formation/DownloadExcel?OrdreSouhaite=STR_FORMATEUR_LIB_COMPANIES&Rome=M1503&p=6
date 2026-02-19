--- v0 (2026-02-19)
+++ v1 (2026-02-19)
@@ -206,245 +206,245 @@
   <x:si>
     <x:t>A3fa</x:t>
   </x:si>
   <x:si>
     <x:t>06210</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion ressources humaines</x:t>
   </x:si>
   <x:si>
     <x:t>MANDELIEU-LA-NAPOULE</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/23/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Chargé de développement social et paie (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Traitement paie</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Santé, sécurité et condition de travail (SSCT) du CSE (comité social et économique)</x:t>
   </x:si>
   <x:si>
     <x:t>Actimmis</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>Économie membre comité social économique</x:t>
   </x:si>
   <x:si>
     <x:t>LES MILLES</x:t>
   </x:si>
   <x:si>
+    <x:t>11/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/19/2026 00:00:00</x:t>
-[...2 lines deleted...]
-    <x:t>11/27/2026 00:00:00</x:t>
+    <x:t>DESU Management interculturel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Management interculturel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 9e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité gestion des entreprises et des administrations parcours gestion et pilotage des ressources humaines</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Gestion des organisations</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>DESU Management interculturel</x:t>
-[...11 lines deleted...]
-    <x:t>10/01/2026 00:00:00</x:t>
+    <x:t>Master mention gestion des ressources humaines parcours recherche, études et conseil en organisation, travail et ressources humaines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Faculté Economie et Gestion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LUYNES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention gestion des ressources humaines parcours gestion des compétences et des talents</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 1er</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention gestion des ressources humaines parcours responsabilité sociale des entreprises</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention gestion des ressources humaines parcours coaching dans les organisations</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université - Faculté Economie et Gestion</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Master mention gestion des ressources humaines parcours économie sociale et solidaire</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE- 1er</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Licence mention psychologie parcours psychologie</x:t>
   </x:si>
   <x:si>
     <x:t>Psychologie</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
   </x:si>
   <x:si>
     <x:t>13621</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention management parcours ressources humaines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Encadrement management</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Institut d'Administration des Entreprises</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PUYRICARD</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention management parcours contrôle de gestion et reporting</x:t>
   </x:si>
   <x:si>
-    <x:t>Encadrement management</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Master mention management parcours audit interne et management des risques</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention management parcours ressources humaines</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BUT spécialité gestion des entreprises et des administrations parcours gestion et pilotage des ressources humaines (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Aix en Provence)</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
+    <x:t>09/04/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/04/2023 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>DU Formation aux métiers de la médiation</x:t>
   </x:si>
   <x:si>
     <x:t>Médiation entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Service Formation Professionnelle For'Pro</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>09/19/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/20/2026 00:00:00</x:t>
@@ -689,77 +689,77 @@
   <x:si>
     <x:t>Atelier Marcelle</x:t>
   </x:si>
   <x:si>
     <x:t>75012</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>02/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Athélia Institut de Formation Conseils et Performance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIFCP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA CIOTAT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de développement des ressources humaines (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
-    <x:t>Athélia Institut de Formation Conseils et Performance</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/21/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>10/07/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de la GRH : formation, compétences et emploi</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bilan de recrutement</x:t>
@@ -857,56 +857,56 @@
   <x:si>
     <x:t>09/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>B2h83 Fréjus - My Business School - Antenne Fréjus</x:t>
   </x:si>
   <x:si>
     <x:t>83600</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>B2h83 La Valette - My Business School - Antenne La Valette</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
+    <x:t>09/04/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/03/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/04/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Campus Riera - Campus International Riera</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Campus Riera - Campus International Riera - Antenne Cannes</x:t>
   </x:si>
   <x:si>
     <x:t>06400</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>Gérer ses émotions pour éviter les risques psychosociaux</x:t>
   </x:si>
   <x:si>
     <x:t>Cécile Bressy</x:t>
@@ -986,140 +986,140 @@
   <x:si>
     <x:t>Stratégie entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/31/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/22/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Manager du développement des ressources humaines (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/31/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>EM Normandie Programme grande école (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/04/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé de développement des ressources humaines (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Cfa Perspective - Isim</x:t>
   </x:si>
   <x:si>
     <x:t>Stratégie sociale entreprise</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Chargé de développement des ressources humaines</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Chargé de développement des ressources humaines</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/12/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/26/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/12/2028 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Collaborer efficacement en mode projet</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CCIMP</x:t>
   </x:si>
   <x:si>
     <x:t>13221</x:t>
   </x:si>
   <x:si>
     <x:t>Conduite projet</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Accessibilité : bien accueillir les personnes en situation de handicap</x:t>
   </x:si>
   <x:si>
     <x:t>Cibler La Bonne Boîte</x:t>
   </x:si>
   <x:si>
     <x:t>Coordination travail</x:t>
@@ -1427,59 +1427,59 @@
   <x:si>
     <x:t>Fanfani</x:t>
   </x:si>
   <x:si>
     <x:t>PARIS</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Fdm Groupe</x:t>
   </x:si>
   <x:si>
     <x:t>13500</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MITRE-LES-REMPARTS</x:t>
   </x:si>
   <x:si>
+    <x:t>09/10/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/15/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/10/2024 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>07/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Forma Var</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Forma Var - Antenne Formaplus</x:t>
   </x:si>
   <x:si>
     <x:t>83480</x:t>
   </x:si>
   <x:si>
     <x:t>PUGET-SUR-ARGENS</x:t>
@@ -1583,56 +1583,56 @@
   <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chargé(e)  de recrutement</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>10/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Responsable en gestion administrative et ressources humaines (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>10/01/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Icademie Editions - Antenne Bouc Bel Air</x:t>
   </x:si>
   <x:si>
     <x:t>13320</x:t>
   </x:si>
   <x:si>
     <x:t>Coach professionnel</x:t>
   </x:si>
   <x:si>
     <x:t>Ideallis - Antenne Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>Évaluation personnalité</x:t>
   </x:si>
   <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Idev</x:t>
@@ -2135,96 +2135,96 @@
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon - IUT La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>Prévention et gestion des conflits</x:t>
   </x:si>
   <x:si>
     <x:t>Vd Conseil et Formation</x:t>
   </x:si>
   <x:si>
     <x:t>04190</x:t>
   </x:si>
   <x:si>
     <x:t>04/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Responsable ressources humaines BC 4 Piloter le développement des compétences</x:t>
+  </x:si>
+  <x:si>
     <x:t>Visiplus</x:t>
   </x:si>
   <x:si>
+    <x:t>06/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Responsable ressources humaines BC02 Accompagner les parcours professionnels et le développement des compétences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Skillers - métiers de la gestion et de l'administration des entreprises</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Responsable ressources humaines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Prévenir, analyser et résoudre un conflit professionnel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Manager des ressources humaines bloc de compétences 3 Organisation de la Communication Ressources Humaines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Formation à la carte (ressources humaines et paie)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Logiciel SIRH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cycle Professionnel Recrutement</x:t>
   </x:si>
   <x:si>
+    <x:t>Manager des ressources humaines BC2 Optimisation de la performance sociale dans un contexte de transformation</x:t>
+  </x:si>
+  <x:si>
     <x:t>Manager des ressources humaines BC4 Promotion de l’engagement social et sociétal</x:t>
   </x:si>
   <x:si>
-    <x:t>06/01/2025 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>11/10/2025 00:00:00</x:t>
-  </x:si>
-[...22 lines deleted...]
-    <x:t>Skillers - métiers de la gestion et de l'administration des entreprises</x:t>
   </x:si>
   <x:si>
     <x:t>Wiki Learn Formation</x:t>
   </x:si>
   <x:si>
     <x:t>WLF</x:t>
   </x:si>
   <x:si>
     <x:t>13012</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-12e</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
@@ -2927,51 +2927,51 @@
       <x:c r="K4" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>547007</x:v>
+        <x:v>599237</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="E5" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -2984,51 +2984,51 @@
       <x:c r="K5" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>599237</x:v>
+        <x:v>547007</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>39601</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>37</x:v>
@@ -3046,54 +3046,54 @@
       <x:c r="L6" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>32688</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
         <x:v>599250</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>39601</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="E7" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -3208,51 +3208,51 @@
       <x:c r="K9" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>13113</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>607348</x:v>
+        <x:v>607368</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C10" s="15" t="s"/>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>57</x:v>
@@ -3261,214 +3261,215 @@
       <x:c r="K10" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>13113</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>607366</x:v>
+        <x:v>607348</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s"/>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>13113</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>607368</x:v>
+        <x:v>607366</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="C12" s="15" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="J12" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J12" s="14" t="s"/>
       <x:c r="K12" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>32120</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>575974</x:v>
+        <x:v>605396</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>73</x:v>
-[...1 lines deleted...]
-      <x:c r="C13" s="3" t="s"/>
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="C13" s="3" t="n">
+        <x:v>35376</x:v>
+      </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
+      <x:c r="J13" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
-        <x:v>32120</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>605396</x:v>
+        <x:v>575974</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
@@ -3480,346 +3481,346 @@
       <x:c r="K14" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>575864</x:v>
+        <x:v>575868</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H15" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>575866</x:v>
+        <x:v>575867</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>581326</x:v>
+        <x:v>575869</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>575868</x:v>
+        <x:v>575864</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>575867</x:v>
+        <x:v>575866</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>575869</x:v>
+        <x:v>581326</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>39023</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
@@ -3834,108 +3835,108 @@
       <x:c r="M20" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>581256</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>35917</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>575022</x:v>
+        <x:v>575023</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>35917</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
@@ -3944,536 +3945,536 @@
       <x:c r="K22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>575020</x:v>
+        <x:v>575022</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>35917</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>575023</x:v>
+        <x:v>575020</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>509941</x:v>
+        <x:v>453852</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>453852</x:v>
+        <x:v>554917</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="U25" s="4" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>554917</x:v>
+        <x:v>603822</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>603822</x:v>
+        <x:v>509941</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>575550</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>554916</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>603820</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>41</x:v>
@@ -4535,108 +4536,108 @@
       <x:c r="L32" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>595409</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>595470</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -4646,105 +4647,105 @@
       <x:c r="L34" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>595469</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>39023</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>592013</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
@@ -4757,54 +4758,54 @@
       <x:c r="L36" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>595468</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H37" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>27</x:v>
@@ -5352,51 +5353,51 @@
       <x:c r="L47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>543478</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
@@ -5414,51 +5415,51 @@
       <x:c r="M48" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>545492</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -5468,51 +5469,51 @@
       <x:c r="L49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>543481</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
@@ -5527,54 +5528,54 @@
       <x:c r="L50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>601473</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -5587,51 +5588,51 @@
       <x:c r="M51" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>545494</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
@@ -5640,114 +5641,114 @@
       <x:c r="K52" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>543479</x:v>
+        <x:v>601472</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>601472</x:v>
+        <x:v>543479</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
@@ -5762,206 +5763,206 @@
       <x:c r="M54" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>545493</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>546844</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>602093</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>499451</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
@@ -5991,51 +5992,51 @@
       <x:c r="L58" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>543532</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
@@ -6048,54 +6049,54 @@
       <x:c r="L59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>600584</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
@@ -6110,51 +6111,51 @@
       <x:c r="M60" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>554842</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -6741,457 +6742,458 @@
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>615987</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="B73" s="0" t="s">
+        <x:v>35</x:v>
+      </x:c>
+      <x:c r="C73" s="3" t="n">
+        <x:v>38460</x:v>
+      </x:c>
+      <x:c r="D73" s="3" t="s"/>
+      <x:c r="E73" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="G73" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="B73" s="0" t="s">
+      <x:c r="H73" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="C73" s="3" t="n">
-[...3 lines deleted...]
-      <x:c r="G73" s="0" t="s">
+      <x:c r="I73" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="H73" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J73" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="Q73" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="Q73" s="4" t="s">
+      <x:c r="R73" s="0" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="S73" s="0" t="n">
+        <x:v>601363</x:v>
+      </x:c>
+      <x:c r="T73" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="R73" s="0" t="s">
+      <x:c r="U73" s="4" t="s">
         <x:v>211</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
-        <x:v>38460</x:v>
+        <x:v>34729</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
-      <x:c r="E74" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="H74" s="14" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="I74" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="H74" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="J74" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="Q74" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="Q74" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>601363</x:v>
+        <x:v>569794</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="H75" s="0" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="I75" s="4" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>210</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="Q75" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="Q75" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>541165</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="H76" s="14" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="I76" s="16" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>210</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="Q76" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="Q76" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>545001</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="H77" s="0" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="I77" s="4" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>210</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="Q77" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="Q77" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>601362</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="H78" s="14" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="I78" s="16" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>210</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="Q78" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="Q78" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>545003</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="H79" s="0" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="I79" s="4" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>210</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="Q79" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="Q79" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>541163</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>40303</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
@@ -7558,51 +7560,51 @@
       <x:c r="L86" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>609188</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
@@ -7739,51 +7741,51 @@
       <x:c r="L89" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>498931</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>236</x:v>
@@ -7808,161 +7810,162 @@
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>608917</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>36143</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
+      <x:c r="E91" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>612665</x:v>
+        <x:v>556515</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>36143</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
-      <x:c r="E92" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>556515</x:v>
+        <x:v>612665</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>36143</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
@@ -8413,285 +8416,285 @@
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>556546</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
-        <x:v>36143</x:v>
+        <x:v>36986</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>33035</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>607722</x:v>
+        <x:v>504440</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>238</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
-        <x:v>36986</x:v>
+        <x:v>36143</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
-        <x:v>33035</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>504440</x:v>
+        <x:v>607722</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
-        <x:v>40244</x:v>
+        <x:v>36143</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>33047</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>589867</x:v>
+        <x:v>607696</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>233</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>609186</x:v>
+        <x:v>589870</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
@@ -8701,293 +8704,291 @@
       <x:c r="K105" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>607698</x:v>
+        <x:v>607699</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>36143</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
-      <x:c r="E106" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>556596</x:v>
+        <x:v>608731</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
-        <x:v>36986</x:v>
+        <x:v>40244</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>260</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
-        <x:v>33035</x:v>
+        <x:v>33047</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>504112</x:v>
+        <x:v>609186</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
-        <x:v>36986</x:v>
+        <x:v>36143</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>244</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
-        <x:v>33035</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>498932</x:v>
+        <x:v>556596</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
-        <x:v>36143</x:v>
+        <x:v>40244</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>33047</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>607696</x:v>
+        <x:v>607698</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>259</x:v>
@@ -9004,176 +9005,178 @@
       <x:c r="K110" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>589870</x:v>
+        <x:v>589867</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>238</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
-        <x:v>40244</x:v>
+        <x:v>36986</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
-        <x:v>33047</x:v>
+        <x:v>33035</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>607699</x:v>
+        <x:v>504112</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
-        <x:v>230</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
-        <x:v>36143</x:v>
+        <x:v>36986</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
-      <x:c r="E112" s="14" t="s"/>
+      <x:c r="E112" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
-        <x:v>236</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
-        <x:v>260</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
-        <x:v>232</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>33035</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>608731</x:v>
+        <x:v>498932</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -9460,54 +9463,54 @@
       <x:c r="L118" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>32688</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>607776</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>38899</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -9697,51 +9700,51 @@
       <x:c r="L122" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>541389</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>37748</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
@@ -9760,51 +9763,51 @@
       <x:c r="M123" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>555030</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="C124" s="15" t="s"/>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s"/>
       <x:c r="K124" s="14" t="s">
         <x:v>26</x:v>
@@ -9996,153 +9999,153 @@
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>600212</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
-        <x:v>34298</x:v>
+        <x:v>37177</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>33047</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>497997</x:v>
+        <x:v>549308</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="U128" s="16" t="s">
         <x:v>306</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
-        <x:v>37177</x:v>
+        <x:v>34298</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
-        <x:v>33047</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>549308</x:v>
+        <x:v>497997</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>37177</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>295</x:v>
@@ -10202,77 +10205,77 @@
       <x:c r="E131" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>497986</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>307</x:v>
+        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>34298</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -10287,159 +10290,159 @@
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>497998</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
-        <x:v>39777</x:v>
+        <x:v>37177</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
-        <x:v>32025</x:v>
+        <x:v>33047</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>601251</x:v>
+        <x:v>549293</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>315</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>147</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
-        <x:v>37177</x:v>
+        <x:v>39777</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
-        <x:v>33047</x:v>
+        <x:v>32025</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>243</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>549293</x:v>
+        <x:v>601251</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>37177</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -10632,501 +10635,499 @@
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>608894</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
-      <x:c r="E139" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G139" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>603776</x:v>
+        <x:v>558097</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C140" s="15" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D140" s="15" t="s"/>
-      <x:c r="E140" s="14" t="s"/>
+      <x:c r="E140" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L140" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
-        <x:v>558097</x:v>
+        <x:v>603776</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>233</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>267</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
-        <x:v>38460</x:v>
+        <x:v>38438</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
-      <x:c r="E141" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>33036</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
-        <x:v>607490</x:v>
+        <x:v>586471</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
-        <x:v>38438</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
-      <x:c r="E142" s="14" t="s"/>
+      <x:c r="E142" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s"/>
       <x:c r="I142" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
-        <x:v>33036</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>586471</x:v>
+        <x:v>607490</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>608893</x:v>
+        <x:v>558991</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="U143" s="4" t="s">
         <x:v>330</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
-      <x:c r="E144" s="14" t="s"/>
+      <x:c r="E144" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>558098</x:v>
+        <x:v>608893</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="U144" s="16" t="s">
         <x:v>332</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>558099</x:v>
+        <x:v>558098</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
-      <x:c r="E146" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>558991</x:v>
+        <x:v>558099</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>322</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>334</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -11136,51 +11137,51 @@
       <x:c r="L147" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>603777</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C148" s="15" t="s"/>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
@@ -11335,51 +11336,51 @@
       <x:c r="E151" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="J151" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>518424</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
@@ -11394,51 +11395,51 @@
       </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K152" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>518423</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
@@ -11448,69 +11449,69 @@
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="J153" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
         <x:v>596332</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>36888</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
@@ -11525,51 +11526,51 @@
       <x:c r="M154" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>43407</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>617500</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>36888</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -12190,51 +12191,51 @@
       <x:c r="E167" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>566599</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
@@ -12249,69 +12250,69 @@
       </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>513670</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>34464</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
@@ -12388,51 +12389,51 @@
       <x:c r="M170" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>546274</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
@@ -12551,69 +12552,69 @@
       <x:c r="G173" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>546236</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>101</x:v>
@@ -12733,51 +12734,51 @@
       <x:c r="G176" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="I176" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>499786</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
@@ -12802,54 +12803,54 @@
       <x:c r="L177" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>592278</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>39864</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -12859,54 +12860,54 @@
       <x:c r="L178" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>592279</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>41132</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
@@ -12919,54 +12920,54 @@
       <x:c r="L179" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>608465</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>37010</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
         <x:v>168</x:v>
@@ -13040,51 +13041,51 @@
       <x:c r="L181" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>502447</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>36411</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
         <x:v>407</x:v>
@@ -13101,51 +13102,51 @@
       <x:c r="L182" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>502448</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>41132</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
@@ -13161,54 +13162,54 @@
       <x:c r="L183" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>608466</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>37010</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I184" s="16" t="s">
         <x:v>168</x:v>
@@ -13513,51 +13514,51 @@
       <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s"/>
       <x:c r="K190" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>598661</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
@@ -13789,54 +13790,54 @@
       <x:c r="L195" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>605527</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>38112</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -13962,51 +13963,51 @@
       <x:c r="L198" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>552920</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -14016,54 +14017,54 @@
       <x:c r="L199" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>597474</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>39595</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -14073,54 +14074,54 @@
       <x:c r="L200" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>13222</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>592300</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K201" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>33</x:v>
@@ -14241,51 +14242,51 @@
       <x:c r="M203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>546788</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
@@ -14308,51 +14309,51 @@
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>602646</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>33036</x:v>
@@ -14395,224 +14396,224 @@
       </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>602650</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
-        <x:v>35280</x:v>
+        <x:v>38438</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
-        <x:v>32054</x:v>
+        <x:v>33036</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>546791</x:v>
+        <x:v>513325</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
-        <x:v>38438</x:v>
+        <x:v>35280</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
-        <x:v>33036</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>513325</x:v>
+        <x:v>546791</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>383</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>602649</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
@@ -14675,51 +14676,51 @@
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>590178</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
@@ -14862,173 +14863,173 @@
       <x:c r="K214" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>599175</x:v>
+        <x:v>546150</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>453</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="E215" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>546150</x:v>
+        <x:v>599175</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>453</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>546067</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="E217" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -15049,200 +15050,200 @@
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>546151</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
-        <x:v>35280</x:v>
+        <x:v>38438</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>33036</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>497626</x:v>
+        <x:v>599177</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
-        <x:v>38438</x:v>
+        <x:v>35280</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="E219" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
-        <x:v>33036</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>599177</x:v>
+        <x:v>497626</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>548733</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
@@ -15371,51 +15372,51 @@
       <x:c r="E223" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>548734</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
@@ -15448,51 +15449,51 @@
       <x:c r="M224" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>601586</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="E225" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -15505,51 +15506,51 @@
       <x:c r="M225" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>601574</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
@@ -15603,301 +15604,301 @@
       <x:c r="E227" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>548735</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>160</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
-        <x:v>35280</x:v>
+        <x:v>38438</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>33036</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>463</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>548736</x:v>
+        <x:v>601577</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>459</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>548739</x:v>
+        <x:v>601587</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>457</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>458</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
-        <x:v>38438</x:v>
+        <x:v>35280</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
-        <x:v>33036</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>464</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>601577</x:v>
+        <x:v>548736</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>460</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="E231" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>601587</x:v>
+        <x:v>548739</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>29805</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
@@ -15912,51 +15913,51 @@
       <x:c r="M232" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>607330</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>29805</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="H233" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -16193,54 +16194,54 @@
       <x:c r="L237" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>603646</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
@@ -16252,164 +16253,164 @@
       <x:c r="L238" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>543431</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>28776</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>510478</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>495334</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="E241" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>475</x:v>
       </x:c>
@@ -16481,93 +16482,93 @@
       <x:c r="L242" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>601819</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>552219</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
@@ -16582,51 +16583,51 @@
       </x:c>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>552224</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
@@ -16713,111 +16714,111 @@
       <x:c r="L246" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>601820</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>558580</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="I248" s="16" t="s">
         <x:v>365</x:v>
@@ -16831,54 +16832,54 @@
       <x:c r="L248" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>33036</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
         <x:v>601147</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="E249" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
@@ -16902,51 +16903,51 @@
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>558909</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s"/>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>28</x:v>
@@ -17005,90 +17006,90 @@
       <x:c r="M251" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
         <x:v>581262</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>611285</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
@@ -17274,126 +17275,126 @@
       </x:c>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>608957</x:v>
+        <x:v>553374</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="E257" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>553374</x:v>
+        <x:v>608957</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -17406,51 +17407,51 @@
       <x:c r="M258" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>569114</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>37266</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -17721,51 +17722,51 @@
       </x:c>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>553372</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
@@ -17778,69 +17779,69 @@
       <x:c r="E265" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>608956</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>37266</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -17861,273 +17862,272 @@
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>602984</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>503</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
-        <x:v>37266</x:v>
+        <x:v>38438</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="E267" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
-        <x:v>33052</x:v>
+        <x:v>33036</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
-        <x:v>490</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>553385</x:v>
+        <x:v>609134</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>319</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
-        <x:v>38438</x:v>
+        <x:v>38460</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
-        <x:v>33036</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
-        <x:v>321</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>609134</x:v>
+        <x:v>609155</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
-        <x:v>38460</x:v>
+        <x:v>38824</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
-      <x:c r="E269" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>32015</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>609155</x:v>
+        <x:v>590770</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>428</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
-        <x:v>38824</x:v>
+        <x:v>37266</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
-      <x:c r="E270" s="14" t="s"/>
+      <x:c r="E270" s="14" t="s">
+        <x:v>36</x:v>
+      </x:c>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
-        <x:v>32015</x:v>
+        <x:v>33052</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
-        <x:v>485</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>590770</x:v>
+        <x:v>553385</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>505</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>41770</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="E271" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -18181,51 +18181,51 @@
       </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>553373</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
@@ -18238,193 +18238,193 @@
       <x:c r="E273" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>553371</x:v>
+        <x:v>608960</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>608960</x:v>
+        <x:v>553371</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="E275" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>608959</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>37266</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -18825,54 +18825,54 @@
       <x:c r="L283" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>591926</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>37266</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -18882,108 +18882,108 @@
       <x:c r="L284" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>33052</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>596951</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>592419</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>38899</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
@@ -19211,108 +19211,108 @@
       <x:c r="L290" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>44047</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>616039</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>37748</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>616042</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="C292" s="15" t="n">
         <x:v>40863</x:v>
       </x:c>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="I292" s="16" t="s">
         <x:v>517</x:v>
@@ -19386,54 +19386,54 @@
       <x:c r="L293" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>609575</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="I294" s="16" t="s">
         <x:v>517</x:v>
@@ -19447,111 +19447,111 @@
       <x:c r="L294" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>609845</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>34298</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="E295" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
         <x:v>509387</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
         <x:v>37969</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s">
         <x:v>546</x:v>
@@ -19571,51 +19571,51 @@
       <x:c r="M296" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>549108</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>37969</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="E297" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>547</x:v>
       </x:c>
@@ -19628,54 +19628,54 @@
       <x:c r="L297" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>602743</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>37969</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="I298" s="16" t="s">
         <x:v>547</x:v>
@@ -19851,51 +19851,51 @@
       <x:c r="M301" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>33049</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>601584</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="C302" s="15" t="s"/>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="I302" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s"/>
       <x:c r="K302" s="14" t="s">
         <x:v>26</x:v>
@@ -19906,51 +19906,51 @@
       <x:c r="M302" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>33049</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>511506</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="C303" s="3" t="s"/>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="H303" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>41</x:v>
@@ -19958,51 +19958,51 @@
       <x:c r="M303" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>44035</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>511517</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="C304" s="15" t="s"/>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="I304" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s"/>
       <x:c r="K304" s="14" t="s">
         <x:v>26</x:v>
@@ -20288,51 +20288,51 @@
       <x:c r="L309" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>614697</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="I310" s="16" t="s">
@@ -20347,51 +20347,51 @@
       <x:c r="L310" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>608105</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>40244</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="H311" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
@@ -20584,62 +20584,62 @@
       <x:c r="L314" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>33035</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>503874</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="H315" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>33</x:v>
@@ -20652,51 +20652,51 @@
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>588372</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>37266</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="I316" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K316" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
@@ -20820,59 +20820,59 @@
       <x:c r="L318" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>543949</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>35756</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="H319" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>41</x:v>
@@ -20941,51 +20941,51 @@
       <x:c r="M320" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>549285</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="E321" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="H321" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
@@ -20998,51 +20998,51 @@
       <x:c r="L321" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
         <x:v>602496</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
         <x:v>35756</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="I322" s="16" t="s">
@@ -21065,51 +21065,51 @@
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>531197</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>37266</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>41</x:v>
@@ -21122,110 +21122,110 @@
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
         <x:v>556971</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
-        <x:v>206</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="I324" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K324" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>32015</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
         <x:v>608103</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>41</x:v>
@@ -21238,51 +21238,51 @@
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>531507</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
-        <x:v>206</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
         <x:v>38824</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="I326" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K326" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -21590,51 +21590,51 @@
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>581037</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
         <x:v>38438</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="I332" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -21680,69 +21680,69 @@
       <x:c r="G333" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="H333" s="0" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
         <x:v>521700</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
         <x:v>39091</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="I334" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s">
@@ -21808,51 +21808,51 @@
       <x:c r="L335" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
         <x:v>596833</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>608</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
         <x:v>41132</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
@@ -21927,51 +21927,51 @@
       <x:c r="M337" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
         <x:v>608621</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
-        <x:v>331</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
         <x:v>37851</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
@@ -22040,62 +22040,62 @@
       <x:c r="L339" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
         <x:v>603570</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>615</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
         <x:v>39864</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -22329,54 +22329,54 @@
       <x:c r="L344" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>603538</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="E345" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -22445,54 +22445,54 @@
       <x:c r="L346" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
         <x:v>603543</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
         <x:v>38899</x:v>
       </x:c>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="E347" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G347" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -22561,54 +22561,54 @@
       <x:c r="L348" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
         <x:v>603539</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="E349" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -22618,51 +22618,51 @@
       <x:c r="L349" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
         <x:v>603542</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C350" s="15" t="n">
         <x:v>35878</x:v>
       </x:c>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s"/>
       <x:c r="I350" s="16" t="s">
@@ -22804,100 +22804,100 @@
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
         <x:v>546328</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>627</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
         <x:v>39864</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="E353" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J353" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
         <x:v>600160</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
         <x:v>38489</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s"/>
       <x:c r="I354" s="16" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s">
@@ -22920,100 +22920,100 @@
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>546327</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>627</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
         <x:v>39864</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="E355" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>626</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
         <x:v>600159</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="C356" s="15" t="n">
         <x:v>40107</x:v>
       </x:c>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s"/>
       <x:c r="I356" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s">
@@ -23146,51 +23146,51 @@
       <x:c r="M358" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
         <x:v>616867</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="E359" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -23259,51 +23259,51 @@
       <x:c r="L360" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
         <x:v>552598</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="E361" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G361" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>475</x:v>
       </x:c>
@@ -23316,54 +23316,54 @@
       <x:c r="L361" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>635</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
         <x:v>600433</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C362" s="15" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s">
@@ -23375,51 +23375,51 @@
       <x:c r="L362" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
         <x:v>552644</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
         <x:v>38460</x:v>
       </x:c>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="E363" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
         <x:v>622</x:v>
       </x:c>
@@ -23771,54 +23771,54 @@
       <x:c r="L369" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>33047</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
         <x:v>592418</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
         <x:v>36143</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -23828,108 +23828,108 @@
       <x:c r="L370" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>641</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
         <x:v>596482</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C371" s="3" t="n">
         <x:v>36143</x:v>
       </x:c>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="J371" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>642</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
         <x:v>596481</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C372" s="15" t="n">
         <x:v>36143</x:v>
       </x:c>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -23939,54 +23939,54 @@
       <x:c r="L372" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
         <x:v>643</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
         <x:v>596480</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>36411</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="E373" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -23996,95 +23996,95 @@
       <x:c r="L373" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>644</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
         <x:v>496175</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K374" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
         <x:v>547476</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
@@ -24097,51 +24097,51 @@
       <x:c r="E375" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>645</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>646</x:v>
       </x:c>
       <x:c r="J375" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
         <x:v>547477</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
@@ -24260,126 +24260,126 @@
       </x:c>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s"/>
       <x:c r="I378" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K378" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
         <x:v>498181</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="E379" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="J379" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
         <x:v>547152</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
         <x:v>37851</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s"/>
       <x:c r="I380" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s">
@@ -24391,51 +24391,51 @@
       <x:c r="L380" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
         <x:v>499992</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
         <x:v>38519</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="E381" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G381" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>662</x:v>
       </x:c>
@@ -24552,233 +24552,233 @@
       <x:c r="G383" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H383" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
         <x:v>603408</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I384" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
         <x:v>510681</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
-        <x:v>104</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="E385" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G385" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H385" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
         <x:v>603406</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I386" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
         <x:v>554872</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
@@ -24803,290 +24803,290 @@
       <x:c r="L387" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
         <x:v>592014</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I388" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K388" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
         <x:v>554871</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
         <x:v>670</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
         <x:v>596728</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I390" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K390" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
-        <x:v>554813</x:v>
+        <x:v>603407</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="E391" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H391" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
-        <x:v>603407</x:v>
+        <x:v>554813</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -25096,54 +25096,54 @@
       <x:c r="L392" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
         <x:v>595472</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
         <x:v>39023</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="H393" s="0" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
@@ -25156,51 +25156,51 @@
       <x:c r="M393" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>590159</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
-        <x:v>214</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
         <x:v>35917</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -25210,162 +25210,162 @@
       <x:c r="L394" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
         <x:v>595410</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
         <x:v>596732</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K396" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
         <x:v>596731</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
         <x:v>35912</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="G397" s="0" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -25375,208 +25375,208 @@
       <x:c r="L397" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
         <x:v>595471</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K398" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
         <x:v>596730</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
         <x:v>596729</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I400" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
         <x:v>556147</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
@@ -25592,112 +25592,112 @@
       <x:c r="G401" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H401" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
         <x:v>602551</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>35376</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I402" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>556170</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
@@ -25713,69 +25713,69 @@
       <x:c r="G403" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="H403" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
         <x:v>602549</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="C404" s="15" t="s"/>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s"/>
       <x:c r="K404" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
@@ -25792,1396 +25792,1393 @@
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>685</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
         <x:v>588098</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>687</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
-        <x:v>36411</x:v>
+        <x:v>37010</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
-        <x:v>559239</x:v>
+        <x:v>578778</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
-        <x:v>689</x:v>
-[...1 lines deleted...]
-      <x:c r="C406" s="15" t="s"/>
+        <x:v>688</x:v>
+      </x:c>
+      <x:c r="C406" s="15" t="n">
+        <x:v>37010</x:v>
+      </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
-      <x:c r="J406" s="14" t="s"/>
+      <x:c r="J406" s="14" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="K406" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
-        <x:v>33060</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
-        <x:v>559263</x:v>
+        <x:v>559195</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>690</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
-        <x:v>37851</x:v>
+        <x:v>41132</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
-        <x:v>576386</x:v>
+        <x:v>612004</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
-        <x:v>691</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>692</x:v>
       </x:c>
-      <x:c r="C408" s="15" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C408" s="15" t="s"/>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
-      <x:c r="J408" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J408" s="14" t="s"/>
       <x:c r="K408" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
-        <x:v>33054</x:v>
+        <x:v>33052</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
-        <x:v>612003</x:v>
+        <x:v>581461</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
-        <x:v>486</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="C409" s="3" t="n">
-        <x:v>37851</x:v>
+        <x:v>37010</x:v>
       </x:c>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
-        <x:v>613632</x:v>
+        <x:v>578834</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
-        <x:v>694</x:v>
-[...1 lines deleted...]
-      <x:c r="C410" s="15" t="s"/>
+        <x:v>693</x:v>
+      </x:c>
+      <x:c r="C410" s="15" t="n">
+        <x:v>37010</x:v>
+      </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
-      <x:c r="J410" s="14" t="s"/>
+      <x:c r="J410" s="14" t="s">
+        <x:v>50</x:v>
+      </x:c>
       <x:c r="K410" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
-        <x:v>33049</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
-        <x:v>554</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
-        <x:v>613727</x:v>
+        <x:v>559231</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
-        <x:v>427</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
-        <x:v>690</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>694</x:v>
+      </x:c>
+      <x:c r="C411" s="3" t="s"/>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
-      <x:c r="J411" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>33049</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
-        <x:v>613630</x:v>
+        <x:v>559262</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
-        <x:v>37851</x:v>
+        <x:v>36411</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s"/>
       <x:c r="I412" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
-        <x:v>616149</x:v>
+        <x:v>559190</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
-        <x:v>695</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
-        <x:v>37010</x:v>
+        <x:v>41132</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="J413" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
-        <x:v>559231</x:v>
+        <x:v>613745</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
-        <x:v>694</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="C414" s="15" t="s"/>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s"/>
       <x:c r="I414" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s"/>
       <x:c r="K414" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
-        <x:v>33049</x:v>
+        <x:v>70001</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
-        <x:v>554</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
-        <x:v>559262</x:v>
+        <x:v>615195</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
-        <x:v>472</x:v>
+        <x:v>699</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>697</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>700</x:v>
+      </x:c>
+      <x:c r="C415" s="3" t="s"/>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
-      <x:c r="J415" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>33060</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
-        <x:v>559190</x:v>
+        <x:v>613721</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
-        <x:v>696</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
-        <x:v>41132</x:v>
+        <x:v>37851</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s"/>
       <x:c r="I416" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K416" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
-        <x:v>613745</x:v>
+        <x:v>613758</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>698</x:v>
-[...1 lines deleted...]
-      <x:c r="C417" s="3" t="s"/>
+        <x:v>701</x:v>
+      </x:c>
+      <x:c r="C417" s="3" t="n">
+        <x:v>37851</x:v>
+      </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
+      <x:c r="J417" s="0" t="s">
+        <x:v>39</x:v>
+      </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
-        <x:v>70001</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
-        <x:v>699</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
-        <x:v>615195</x:v>
+        <x:v>576384</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
-        <x:v>700</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
-        <x:v>701</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
-        <x:v>689</x:v>
-[...1 lines deleted...]
-      <x:c r="C418" s="15" t="s"/>
+        <x:v>702</x:v>
+      </x:c>
+      <x:c r="C418" s="15" t="n">
+        <x:v>37851</x:v>
+      </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s"/>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s"/>
       <x:c r="I418" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
-      <x:c r="J418" s="14" t="s"/>
+      <x:c r="J418" s="14" t="s">
+        <x:v>39</x:v>
+      </x:c>
       <x:c r="K418" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
-        <x:v>33060</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
-        <x:v>226</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
-        <x:v>613721</x:v>
+        <x:v>576385</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
-        <x:v>427</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
         <x:v>37851</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="G419" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
-        <x:v>613758</x:v>
+        <x:v>578848</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
-        <x:v>693</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
-        <x:v>37851</x:v>
+        <x:v>36411</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s"/>
       <x:c r="I420" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K420" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
-        <x:v>576384</x:v>
+        <x:v>559239</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
-        <x:v>691</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>690</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>700</x:v>
+      </x:c>
+      <x:c r="C421" s="3" t="s"/>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
-      <x:c r="J421" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>33060</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
-        <x:v>576385</x:v>
+        <x:v>559263</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
         <x:v>472</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
         <x:v>37851</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s"/>
       <x:c r="I422" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K422" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
-        <x:v>578848</x:v>
+        <x:v>576386</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
-        <x:v>691</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>702</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
-        <x:v>37010</x:v>
+        <x:v>37851</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
-        <x:v>578778</x:v>
+        <x:v>613632</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
-        <x:v>691</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
-        <x:v>702</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
-        <x:v>37010</x:v>
+        <x:v>41132</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s"/>
       <x:c r="I424" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
-        <x:v>559195</x:v>
+        <x:v>612003</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
-        <x:v>439</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
-        <x:v>472</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>692</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>694</x:v>
+      </x:c>
+      <x:c r="C425" s="3" t="s"/>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
-      <x:c r="J425" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
-        <x:v>33054</x:v>
+        <x:v>33049</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
-        <x:v>612004</x:v>
+        <x:v>613727</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
-        <x:v>703</x:v>
-[...1 lines deleted...]
-      <x:c r="C426" s="15" t="s"/>
+        <x:v>702</x:v>
+      </x:c>
+      <x:c r="C426" s="15" t="n">
+        <x:v>37851</x:v>
+      </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s"/>
       <x:c r="I426" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
-      <x:c r="J426" s="14" t="s"/>
+      <x:c r="J426" s="14" t="s">
+        <x:v>39</x:v>
+      </x:c>
       <x:c r="K426" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
-        <x:v>33052</x:v>
+        <x:v>33054</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
-        <x:v>490</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
-        <x:v>581461</x:v>
+        <x:v>613630</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
-        <x:v>691</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>427</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
-        <x:v>37010</x:v>
+        <x:v>37851</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="J427" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>33054</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
-        <x:v>578834</x:v>
+        <x:v>616149</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
-        <x:v>691</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>484</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="I428" s="16" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="J428" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K428" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
         <x:v>546969</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
         <x:v>35280</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="E429" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s">
         <x:v>705</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
         <x:v>706</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
         <x:v>497637</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>