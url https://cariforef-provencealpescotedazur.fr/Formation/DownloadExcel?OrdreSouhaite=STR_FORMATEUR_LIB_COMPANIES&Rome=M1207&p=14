--- v0 (2025-12-02)
+++ v1 (2025-12-03)
@@ -254,59 +254,59 @@
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/31/2028 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>master mention monnaie, banque, finance, assurance</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention économétrie, statistiques</x:t>
   </x:si>
   <x:si>
     <x:t>diplôme supérieur de comptabilité et de gestion</x:t>
@@ -425,125 +425,125 @@
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie du Var - Capforma</x:t>
   </x:si>
   <x:si>
     <x:t>CCI 83</x:t>
   </x:si>
   <x:si>
     <x:t>83078</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Diplôme supérieur de comptabilité et de gestion : UE 3 management et contrôle de gestion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCIMP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13221</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 9e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
+    <x:t>Diplôme supérieur de comptabilité et de gestion : UE 7 mémoire professionnel (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme supérieur de comptabilité et de gestion : UE 2 finance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme supérieur de comptabilité et de gestion : UE 2 finance (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme supérieur de comptabilité et de gestion (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme supérieur de comptabilité et de gestion : UE 5 management des systèmes d'information</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme supérieur de comptabilité et de gestion : UE 6 anglais des affaires</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme supérieur de comptabilité et de gestion : UE 4 comptabilité et audit (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme supérieur de comptabilité et de gestion : UE 3 management et contrôle de gestion (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme supérieur de comptabilité et de gestion : UE 7 mémoire professionnel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diplôme supérieur de comptabilité et de gestion : UE 6 anglais des affaires (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 6e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 1 gestion juridique, fiscale et sociale (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
-    <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/30/2026 00:00:00</x:t>
-[...52 lines deleted...]
-  <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 1 gestion juridique, fiscale et sociale</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 5 management des systèmes d'information (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme supérieur de comptabilité et de gestion : UE 4 comptabilité et audit</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Ecole Pratique (Luminy)</x:t>
   </x:si>
   <x:si>
     <x:t>13009</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Ecole Pratique (St Sébasien)</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
@@ -725,63 +725,63 @@
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 5e</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/26/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Vaucluse</x:t>
   </x:si>
   <x:si>
+    <x:t>10/29/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/28/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/12/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/27/2028 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>09/12/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13127</x:t>
   </x:si>
   <x:si>
     <x:t>VITROLLES</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform - Antenne La Garde</x:t>
   </x:si>
@@ -2203,57 +2203,57 @@
       <x:c r="K10" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>603833</x:v>
+        <x:v>554922</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="U10" s="16" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -2263,54 +2263,54 @@
       <x:c r="K11" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>554922</x:v>
+        <x:v>603833</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
@@ -2379,51 +2379,51 @@
       <x:c r="L13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>11052</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>597441</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>39013</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -2436,51 +2436,51 @@
       <x:c r="L14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>11017</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
         <x:v>592042</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -2490,51 +2490,51 @@
       <x:c r="L15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>594986</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -2547,51 +2547,51 @@
       <x:c r="L16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>596719</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>39013</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -2601,51 +2601,51 @@
       <x:c r="L17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>11017</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>592041</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
@@ -2658,51 +2658,51 @@
       <x:c r="L18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>594984</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>35991</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -2712,51 +2712,51 @@
       <x:c r="L19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>595416</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="C20" s="15" t="s"/>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
@@ -3230,1378 +3230,1378 @@
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
         <x:v>548548</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="B29" s="0" t="s">
         <x:v>118</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>119</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="H29" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="H29" s="0" t="s">
+      <x:c r="I29" s="4" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="R29" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="R29" s="0" t="s">
+      <x:c r="S29" s="0" t="n">
+        <x:v>461234</x:v>
+      </x:c>
+      <x:c r="T29" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="S29" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="T29" s="4" t="s">
+      <x:c r="U29" s="4" t="s">
         <x:v>124</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="H30" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="H30" s="14" t="s">
+      <x:c r="I30" s="16" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="R30" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="R30" s="14" t="s">
+      <x:c r="S30" s="14" t="n">
+        <x:v>461253</x:v>
+      </x:c>
+      <x:c r="T30" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="S30" s="14" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U30" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="H31" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="H31" s="0" t="s">
+      <x:c r="I31" s="4" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="R31" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="R31" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>461253</x:v>
+        <x:v>461225</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="H32" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="H32" s="14" t="s">
+      <x:c r="I32" s="16" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="R32" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="R32" s="14" t="s">
+      <x:c r="S32" s="14" t="n">
+        <x:v>461228</x:v>
+      </x:c>
+      <x:c r="T32" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="S32" s="14" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="H33" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="H33" s="0" t="s">
+      <x:c r="I33" s="4" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="R33" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="R33" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>461228</x:v>
+        <x:v>578133</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
-        <x:v>118</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="H34" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="H34" s="14" t="s">
+      <x:c r="I34" s="16" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="R34" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="R34" s="14" t="s">
+      <x:c r="S34" s="14" t="n">
+        <x:v>461246</x:v>
+      </x:c>
+      <x:c r="T34" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="S34" s="14" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="H35" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="H35" s="0" t="s">
+      <x:c r="I35" s="4" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="R35" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="R35" s="0" t="s">
+      <x:c r="S35" s="0" t="n">
+        <x:v>461250</x:v>
+      </x:c>
+      <x:c r="T35" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="S35" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="H36" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="H36" s="14" t="s">
+      <x:c r="I36" s="16" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="R36" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="R36" s="14" t="s">
+      <x:c r="S36" s="14" t="n">
+        <x:v>461215</x:v>
+      </x:c>
+      <x:c r="T36" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="S36" s="14" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="H37" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="H37" s="0" t="s">
+      <x:c r="I37" s="4" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="R37" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="R37" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>461215</x:v>
+        <x:v>578132</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="H38" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="H38" s="14" t="s">
+      <x:c r="I38" s="16" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="R38" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="R38" s="14" t="s">
+      <x:c r="S38" s="14" t="n">
+        <x:v>461244</x:v>
+      </x:c>
+      <x:c r="T38" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="S38" s="14" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="H39" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="H39" s="0" t="s">
+      <x:c r="I39" s="4" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="R39" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="R39" s="0" t="s">
+      <x:c r="S39" s="0" t="n">
+        <x:v>461236</x:v>
+      </x:c>
+      <x:c r="T39" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="S39" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
-        <x:v>118</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="H40" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="H40" s="14" t="s">
+      <x:c r="I40" s="16" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="R40" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="R40" s="14" t="s">
+      <x:c r="S40" s="14" t="n">
+        <x:v>461224</x:v>
+      </x:c>
+      <x:c r="T40" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="S40" s="14" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="H41" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="H41" s="0" t="s">
+      <x:c r="I41" s="4" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="R41" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="R41" s="0" t="s">
+      <x:c r="S41" s="0" t="n">
+        <x:v>461255</x:v>
+      </x:c>
+      <x:c r="T41" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="S41" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="H42" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="H42" s="14" t="s">
+      <x:c r="I42" s="16" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="S42" s="14" t="n">
+        <x:v>577591</x:v>
+      </x:c>
+      <x:c r="T42" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="S42" s="14" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="H43" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="H43" s="0" t="s">
+      <x:c r="I43" s="4" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="R43" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="R43" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>577591</x:v>
+        <x:v>461229</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
-        <x:v>118</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="H44" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="H44" s="14" t="s">
+      <x:c r="I44" s="16" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="R44" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="R44" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>461229</x:v>
+        <x:v>461218</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="H45" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="H45" s="0" t="s">
+      <x:c r="I45" s="4" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="R45" s="0" t="s">
         <x:v>122</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>123</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>461222</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
-        <x:v>118</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="H46" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="H46" s="14" t="s">
+      <x:c r="I46" s="16" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="R46" s="14" t="s">
         <x:v>122</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>123</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>461248</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="H47" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="H47" s="0" t="s">
+      <x:c r="I47" s="4" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="R47" s="0" t="s">
         <x:v>122</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>123</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>461242</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="H48" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="H48" s="14" t="s">
+      <x:c r="I48" s="16" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="R48" s="14" t="s">
         <x:v>122</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>123</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>577590</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="H49" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="H49" s="0" t="s">
+      <x:c r="I49" s="4" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>608022</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="H50" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="H50" s="14" t="s">
+      <x:c r="I50" s="16" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>504723</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="H51" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="H51" s="0" t="s">
+      <x:c r="I51" s="4" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>549368</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
@@ -4732,105 +4732,105 @@
       <x:c r="L54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>601756</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="U54" s="16" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>594981</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>39973</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
@@ -4843,51 +4843,51 @@
       <x:c r="L56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>32611</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>592281</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>37830</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -4897,51 +4897,51 @@
       <x:c r="L57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>597140</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>37830</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
@@ -4954,51 +4954,51 @@
       <x:c r="L58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>597141</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>39973</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -5008,108 +5008,108 @@
       <x:c r="L59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>32611</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>592280</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>594982</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
@@ -5431,51 +5431,51 @@
       <x:c r="M66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>609442</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
@@ -5612,51 +5612,51 @@
       <x:c r="M69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>545639</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -5666,51 +5666,51 @@
       <x:c r="L70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>594987</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>202</x:v>
@@ -6118,219 +6118,219 @@
       <x:c r="K78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>581437</x:v>
+        <x:v>542490</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="U78" s="16" t="s">
         <x:v>218</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>571995</x:v>
+        <x:v>587407</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>587410</x:v>
+        <x:v>571993</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>587408</x:v>
+        <x:v>494444</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
@@ -6340,222 +6340,222 @@
       <x:c r="K82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>587407</x:v>
+        <x:v>587408</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>221</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>494444</x:v>
+        <x:v>571995</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>571993</x:v>
+        <x:v>587410</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="U84" s="16" t="s">
         <x:v>222</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>542490</x:v>
+        <x:v>581437</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
@@ -6683,54 +6683,54 @@
       <x:c r="L88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>552213</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -6856,51 +6856,51 @@
       <x:c r="L91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>552218</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
@@ -6918,51 +6918,51 @@
       <x:c r="M92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>601817</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -7034,108 +7034,108 @@
       <x:c r="M94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>567430</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>571999</x:v>
+        <x:v>554013</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
@@ -7144,114 +7144,114 @@
       <x:c r="K96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>554013</x:v>
+        <x:v>571999</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>587414</x:v>
+        <x:v>587413</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
@@ -7260,57 +7260,57 @@
       <x:c r="K98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>587413</x:v>
+        <x:v>587414</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -7557,57 +7557,57 @@
       <x:c r="K103" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>546499</x:v>
+        <x:v>599154</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>238</x:v>
@@ -7618,57 +7618,57 @@
       <x:c r="K104" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>599154</x:v>
+        <x:v>546499</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
@@ -7738,51 +7738,51 @@
       <x:c r="L106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>594980</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
@@ -7967,54 +7967,54 @@
       <x:c r="K110" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>554234</x:v>
+        <x:v>498512</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>246</x:v>
       </x:c>
@@ -8024,54 +8024,54 @@
       <x:c r="K111" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>498512</x:v>
+        <x:v>554234</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>251</x:v>
@@ -8263,51 +8263,51 @@
       <x:c r="L115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
         <x:v>607967</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
@@ -8325,51 +8325,51 @@
       <x:c r="M116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>550573</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -8382,51 +8382,51 @@
       <x:c r="M117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>501440</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C118" s="15" t="s"/>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s"/>
       <x:c r="K118" s="14" t="s">
         <x:v>27</x:v>
@@ -8539,97 +8539,97 @@
       <x:c r="L120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>34236</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>596841</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>485739</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
@@ -8640,51 +8640,51 @@
       <x:c r="J122" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>527315</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s"/>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>147</x:v>
@@ -8692,51 +8692,51 @@
       <x:c r="J123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>527314</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>39973</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
@@ -8930,54 +8930,54 @@
       <x:c r="L127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>600150</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="U127" s="4" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>37830</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
@@ -9046,51 +9046,51 @@
       <x:c r="L129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>32611</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>600156</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>39973</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
@@ -9105,51 +9105,51 @@
       <x:c r="L130" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>32611</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
         <x:v>600155</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>37830</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
@@ -9162,54 +9162,54 @@
       <x:c r="L131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>32623</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>600149</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="U131" s="4" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>37830</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
@@ -9269,57 +9269,57 @@
       <x:c r="J133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>594983</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
@@ -9332,51 +9332,51 @@
       <x:c r="L134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
         <x:v>594985</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
@@ -9395,51 +9395,51 @@
       <x:c r="M135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>559042</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
         <x:v>188</x:v>
@@ -9513,51 +9513,51 @@
       <x:c r="L137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>608203</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
         <x:v>211</x:v>
@@ -9690,54 +9690,54 @@
       <x:c r="L140" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>604609</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C141" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="E141" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G141" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -9750,51 +9750,51 @@
       <x:c r="M141" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>547838</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="H142" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
         <x:v>303</x:v>
@@ -9802,51 +9802,51 @@
       <x:c r="J142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>508758</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
@@ -9862,51 +9862,51 @@
       <x:c r="J143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>557180</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
@@ -9923,60 +9923,60 @@
       <x:c r="J144" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>557179</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>97</x:v>
@@ -10037,51 +10037,51 @@
       <x:c r="L146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>601993</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
         <x:v>40998</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
@@ -10156,51 +10156,51 @@
       <x:c r="M148" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>32043</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>547172</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>133</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s"/>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>29</x:v>
@@ -10263,54 +10263,54 @@
       <x:c r="L150" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>603404</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="U150" s="16" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C151" s="3" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="E151" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G151" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H151" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -10326,51 +10326,51 @@
       <x:c r="M151" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>554812</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C152" s="15" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I152" s="16" t="s">
         <x:v>56</x:v>
@@ -10384,51 +10384,51 @@
       <x:c r="L152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>603405</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -10622,51 +10622,51 @@
       <x:c r="L156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>11052</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>597442</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -10676,51 +10676,51 @@
       <x:c r="L157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>596716</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>55</x:v>
@@ -10737,54 +10737,54 @@
       <x:c r="L158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>603403</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -10854,51 +10854,51 @@
       <x:c r="L160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>596721</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -10908,51 +10908,51 @@
       <x:c r="L161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>596720</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
@@ -10965,51 +10965,51 @@
       <x:c r="L162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>596718</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -11019,51 +11019,51 @@
       <x:c r="L163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>596717</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>41093</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
@@ -11076,51 +11076,51 @@
       <x:c r="L164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>32054</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>606180</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -11257,54 +11257,54 @@
       <x:c r="L167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>602547</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="U167" s="4" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>35375</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>56</x:v>
@@ -11318,54 +11318,54 @@
       <x:c r="L168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>13366</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>602548</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="U168" s="16" t="s">
         <x:v>61</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>38542</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>