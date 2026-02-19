--- v0 (2026-02-19)
+++ v1 (2026-02-19)
@@ -197,65 +197,65 @@
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention cinéma et audiovisuel parcours métiers de la production et de la réalisation</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention cinéma et audiovisuel parcours ingénierie de l'image et de la prise de vue</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention cinéma et audiovisuel parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention cinéma et audiovisuel parcours ingénierie du son à l'image</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention cinéma et audiovisuel parcours ingénierie du montage et post-production</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention cinéma et audiovisuel parcours écritures documentaires : recherche et création</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13621</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 3e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Master mention cinéma et audiovisuel parcours écritures critiques, recherche et didactique de l'image</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université - Facultés des Arts, Lettres, Langues, Sciences Humaines</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Chef de projet audiovisuel multi technique spécialisation métiers de l'image (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Ynov Campus</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>Conception réalisation audiovisuelle</x:t>
@@ -344,155 +344,155 @@
   <x:si>
     <x:t>Cifap</x:t>
   </x:si>
   <x:si>
     <x:t>93100</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>11/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>De la prise de vue à Photoshop : organiser son travail</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Nationale Supérieure de la Photographie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ENSP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Photographie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Histoire de la photographie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L'organisation d'une exposition avec InDesign</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Logiciel InDesign</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Réalisation d'un court-métrage documentaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Technique vidéo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Comprendre, ordonner et présenter son corpus</x:t>
   </x:si>
   <x:si>
-    <x:t>Ecole Nationale Supérieure de la Photographie</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Le dossier artistique sur InDesign</x:t>
   </x:si>
   <x:si>
-    <x:t>Logiciel InDesign</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Le tirage noir et blanc en baryté</x:t>
   </x:si>
   <x:si>
-    <x:t>03/09/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Archives, valorisation et création</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Créer et gérer la lumière en studio et en extérieur</x:t>
   </x:si>
   <x:si>
-    <x:t>06/08/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Le livre photographique avec InDesign</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>De la prise de vue à Photoshop : organiser son travail</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>La photographie argentique à la chambre</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Artistes photographes :développer et structurer son projet d'auteur</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS métiers de l'audiovisuel option métiers de l'image</x:t>
   </x:si>
   <x:si>
     <x:t>École Pigier Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
@@ -521,74 +521,74 @@
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Idev</x:t>
   </x:si>
   <x:si>
     <x:t>13117</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-16e</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Sciences-U Lyon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69003</x:t>
+  </x:si>
+  <x:si>
     <x:t>Igpepm - Groupe Eductive</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>92100</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Sciences-U Lyon</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>technicien polyvalent du spectacle vivant et de l'événementiel</x:t>
   </x:si>
   <x:si>
     <x:t>IMFP</x:t>
   </x:si>
   <x:si>
     <x:t>13300</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Technique spectacle</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Cadreur - monteur - vidéaste</x:t>
   </x:si>
   <x:si>
     <x:t>Institut des Métiers de la Communication et de l'Audiovisuel de Provence</x:t>
   </x:si>
   <x:si>
     <x:t>IMCA PROVENCE</x:t>
@@ -611,80 +611,80 @@
   <x:si>
     <x:t>Cadreur monteur - vidéaste (ADAPTE)</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Demandeur d'emploi longue durée , Demandeur d'emploi moins de 26 ans , Handicapé , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cadreur monteur - vidéaste BC2 assurer le tournage d’un projet audiovisuel de type reportage</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cadreur monteur - vidéaste blocs de compétences 2 - 3</x:t>
   </x:si>
   <x:si>
+    <x:t>Cadreur - monteur - vidéaste BC02 Assurer le tournage d’un projet audiovisuel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/05/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cadreur - monteur - vidéaste BC03 Réaliser le montage d’un projet audiovisuel et livrer le film</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agent de la fonction publique , Artisan , Demandeur d'emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/16/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cadreur monteur - vidéaste</x:t>
   </x:si>
   <x:si>
     <x:t>Femme , Handicapé , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Cadreur - monteur - vidéaste BC02 Assurer le tournage d’un projet audiovisuel</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Cadreur - opérateur de prises de vues</x:t>
   </x:si>
   <x:si>
     <x:t>Institut International Image et Son</x:t>
   </x:si>
   <x:si>
     <x:t>3IS</x:t>
   </x:si>
   <x:si>
     <x:t>78990</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Jeune 16-25 ans , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Éclairagisme</x:t>
   </x:si>
   <x:si>
     <x:t>Institut International Image et Son - Antenne Montfavet</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
@@ -908,72 +908,72 @@
   <x:si>
     <x:t>Initiation à la Prise de Vue Vidéo numérique - Boitier hybride et Caméra -</x:t>
   </x:si>
   <x:si>
     <x:t>Réaliser un film aérien avec un drone</x:t>
   </x:si>
   <x:si>
     <x:t>Télé-pilotage drone aérien</x:t>
   </x:si>
   <x:si>
     <x:t>Habillage avec DaVinci Résolve Fusion - Niveau 1</x:t>
   </x:si>
   <x:si>
     <x:t>Logiciel montage audiovisuel</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
+    <x:t>Prise de vue - caméra grand capteur</x:t>
+  </x:si>
+  <x:si>
     <x:t>Vigie Academy</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
+    <x:t>Cadre demandeur d'emploi , Public en emploi , Public sans emploi , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 1er</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formateur , Jeune 16-25 ans , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE- 1er</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>01/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -1899,51 +1899,51 @@
       <x:c r="K8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>575525</x:v>
+        <x:v>575526</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -1956,51 +1956,51 @@
       <x:c r="K9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>46236</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>575526</x:v>
+        <x:v>575525</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>40666</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>50</x:v>
@@ -2509,534 +2509,534 @@
       <x:c r="K19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>46278</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>598991</x:v>
+        <x:v>598994</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C20" s="15" t="s"/>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s"/>
       <x:c r="K20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
-        <x:v>71123</x:v>
+        <x:v>46278</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>599004</x:v>
+        <x:v>598996</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="U20" s="16" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>46278</x:v>
+        <x:v>71123</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>599025</x:v>
+        <x:v>598999</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s"/>
       <x:c r="K22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>46278</x:v>
+        <x:v>46277</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>598989</x:v>
+        <x:v>599035</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>46278</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>598993</x:v>
+        <x:v>598991</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>71123</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>599005</x:v>
+        <x:v>599004</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C25" s="3" t="s"/>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>46278</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>598994</x:v>
+        <x:v>599025</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s"/>
       <x:c r="K26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>46278</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>598996</x:v>
+        <x:v>598989</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>71123</x:v>
+        <x:v>46278</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>598999</x:v>
+        <x:v>598993</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s"/>
       <x:c r="K28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>46277</x:v>
+        <x:v>71123</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>599035</x:v>
+        <x:v>599005</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>94</x:v>
@@ -3317,179 +3317,179 @@
         <x:v>150</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>611111</x:v>
+        <x:v>535328</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>37021</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>535328</x:v>
+        <x:v>550667</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
+        <x:v>34</x:v>
+      </x:c>
+      <x:c r="U35" s="4" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>37021</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>550667</x:v>
+        <x:v>611111</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>41642</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
@@ -3745,215 +3745,215 @@
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>587177</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
-        <x:v>38803</x:v>
+        <x:v>41667</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>565858</x:v>
+        <x:v>610950</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="U42" s="16" t="s">
         <x:v>182</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>41667</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>610950</x:v>
+        <x:v>612447</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
-        <x:v>41667</x:v>
+        <x:v>38803</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I44" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>46269</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>612447</x:v>
+        <x:v>565858</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="U44" s="16" t="s">
         <x:v>189</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>35131</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="H45" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
@@ -4074,57 +4074,57 @@
       <x:c r="K47" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>546509</x:v>
+        <x:v>499851</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>37021</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
@@ -4133,114 +4133,114 @@
       <x:c r="K48" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>499851</x:v>
+        <x:v>603554</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>200</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>37021</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>603554</x:v>
+        <x:v>546509</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>206</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>36901</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -4809,149 +4809,149 @@
       <x:c r="S60" s="14" t="n">
         <x:v>595751</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>37021</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>550666</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>37021</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>608575</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C63" s="3" t="s"/>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>29</x:v>
@@ -5017,296 +5017,296 @@
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>583365</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C65" s="3" t="s"/>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
-        <x:v>46281</x:v>
+        <x:v>46264</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>578306</x:v>
+        <x:v>583199</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
-        <x:v>46264</x:v>
+        <x:v>46281</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>583199</x:v>
+        <x:v>583244</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>583244</x:v>
+        <x:v>578310</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>578310</x:v>
+        <x:v>578312</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>578312</x:v>
+        <x:v>578306</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
@@ -5346,51 +5346,51 @@
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>46277</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>568702</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
@@ -5399,100 +5399,100 @@
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>46277</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>568701</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>46277</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>568698</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
@@ -5501,100 +5501,100 @@
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>46277</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>568700</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>46277</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>568703</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
@@ -5603,51 +5603,51 @@
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>46277</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>568704</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
@@ -5686,102 +5686,102 @@
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>549704</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>40666</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>549703</x:v>
+        <x:v>605055</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>40666</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -5799,102 +5799,102 @@
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>592820</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>40666</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>46264</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>605055</x:v>
+        <x:v>549703</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>37021</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
@@ -6131,51 +6131,51 @@
       <x:c r="M85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>567689</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
@@ -6184,100 +6184,100 @@
       <x:c r="M86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>567698</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>46267</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>567707</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="C88" s="15" t="s"/>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s"/>
       <x:c r="K88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
@@ -6286,100 +6286,100 @@
       <x:c r="M88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>46281</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>567686</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C89" s="3" t="s"/>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>31862</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>567703</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s"/>
       <x:c r="K90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
@@ -6388,51 +6388,51 @@
       <x:c r="M90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>72710</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>567685</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>39404</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
@@ -6450,145 +6450,145 @@
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>592095</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>247</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C92" s="15" t="s"/>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s"/>
       <x:c r="K92" s="14" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
-        <x:v>46277</x:v>
+        <x:v>46281</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>615303</x:v>
+        <x:v>616357</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>46281</x:v>
+        <x:v>46277</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>280</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>282</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>616357</x:v>
+        <x:v>615303</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>186</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
     <x:pageSetUpPr fitToPage="false"/>
   </x:sheetPr>