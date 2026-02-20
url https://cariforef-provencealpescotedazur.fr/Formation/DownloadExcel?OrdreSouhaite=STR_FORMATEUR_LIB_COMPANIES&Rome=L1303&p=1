--- v0 (2026-02-19)
+++ v1 (2026-02-20)
@@ -248,140 +248,140 @@
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>master mention direction de projets ou établissements culturels</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>La mobilité internationale du spectacle vivant</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arsud - L'outil des Arts et du Spectacle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Production spectacle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BOUC-BEL-AIR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Piloter la production et le booking dans le spectacle vivant</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation mixte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Piloter la production dans le spectacle vivant</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Distribuer sa musique en ligne : stratégies et leviers</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Maîtriser la stratégie de diffusion d'un spectacle : du ciblage à la négociation</x:t>
   </x:si>
   <x:si>
-    <x:t>Arsud - L'outil des Arts et du Spectacle</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>L'anglais professionnel pour la production de spectacle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Anglais appliqué</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sécuriser la rédaction du contrat de cession</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sécuriser l'exploitation d'une oeuvre : droits d'auteur et spectacle vivant</x:t>
   </x:si>
   <x:si>
     <x:t>11/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>L'anglais professionnel pour la production de spectacle</x:t>
-[...55 lines deleted...]
-  <x:si>
     <x:t>Aide à la professionnalisation des acteurs de la filière musicale</x:t>
   </x:si>
   <x:si>
     <x:t>Artup</x:t>
   </x:si>
   <x:si>
     <x:t>06340</x:t>
   </x:si>
   <x:si>
     <x:t>Bénéficiaire du RSA , Bénévole , Demandeur d'emploi , Jeune 16-25 ans , Particulier, individuel</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion carrière artiste</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Aide au développement de son projet musical</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
@@ -389,63 +389,63 @@
   <x:si>
     <x:t>master mention théâtre</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>Art spectacle</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON UNIVERSITE</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
   </x:si>
   <x:si>
+    <x:t>Produire un spectacle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capcom'Art</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Pilotage, coordination et gestion d'un projet artistique</x:t>
   </x:si>
   <x:si>
-    <x:t>Capcom'Art</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>04/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Piloter un projet de spectacle vivant</x:t>
   </x:si>
   <x:si>
     <x:t>Cifap</x:t>
   </x:si>
   <x:si>
     <x:t>93100</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CPAG</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
@@ -1324,480 +1324,480 @@
         <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s"/>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>45052</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="S7" s="0" t="n">
+        <x:v>612084</x:v>
+      </x:c>
+      <x:c r="T7" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="S7" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="T7" s="4" t="s">
+      <x:c r="U7" s="4" t="s">
         <x:v>65</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C8" s="15" t="s"/>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s"/>
       <x:c r="K8" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>45052</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>612213</x:v>
+        <x:v>617419</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s"/>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
-        <x:v>15214</x:v>
+        <x:v>32096</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="S9" s="0" t="n">
+        <x:v>612107</x:v>
+      </x:c>
+      <x:c r="T9" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="S9" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>73</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="C10" s="15" t="s"/>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s"/>
       <x:c r="K10" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>45052</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>612084</x:v>
+        <x:v>612133</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s"/>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
-        <x:v>32096</x:v>
+        <x:v>45052</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>612107</x:v>
+        <x:v>612140</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="U11" s="4" t="s">
         <x:v>75</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s"/>
       <x:c r="K12" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>45052</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>612122</x:v>
+        <x:v>612205</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
-        <x:v>45052</x:v>
+        <x:v>15214</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>612133</x:v>
+        <x:v>612216</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="U13" s="4" t="s">
         <x:v>82</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="C14" s="15" t="s"/>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s"/>
       <x:c r="K14" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>45052</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>612140</x:v>
+        <x:v>612122</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="U14" s="16" t="s">
         <x:v>85</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s"/>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>45052</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>617419</x:v>
+        <x:v>612213</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="C16" s="15" t="s"/>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s"/>
       <x:c r="K16" s="14" t="s">
@@ -2004,153 +2004,153 @@
       <x:c r="C20" s="15" t="s"/>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s"/>
       <x:c r="K20" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>45052</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>616257</x:v>
+        <x:v>616258</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>45052</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>616258</x:v>
+        <x:v>616257</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s"/>
       <x:c r="K22" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>45052</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>611526</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
@@ -2213,51 +2213,51 @@
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>45052</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>583197</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">