--- v0 (2026-02-19)
+++ v1 (2026-02-20)
@@ -347,68 +347,68 @@
   <x:si>
     <x:t>Institution européenne</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention études européennes et internationales parcours négociation internationale et interculturelle</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sociologie parcours sociologie</x:t>
   </x:si>
   <x:si>
     <x:t>Sondage</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention histoire de l'art parcours métiers du patrimoine</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences et techniques patrimoine</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention langues, littératures et civilisations étrangères et régionales parcours études interculturelles franco-allemandes</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention archéologie, sciences pour l'archéologie archéologie funéraire et archéothanatologie</x:t>
   </x:si>
   <x:si>
+    <x:t>Master mention langues et sociétés parcours langues, cultures et sociétés d'Asie</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence mention sciences de l'Homme, anthropologie, ethnologie parcours sciences de l'Homme, anthropologie, ethnologie</x:t>
   </x:si>
   <x:si>
     <x:t>Anthropologie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention histoire de l'art parcours histoire de l'art moderne et contemporain</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention géographie et aménagement parcours géographie et aménagement</x:t>
   </x:si>
   <x:si>
     <x:t>Géographie physique</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention langues et sociétés parcours langues, cultures et sociétés d'Asie</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Licence pro mention protection et valorisation du patrimoine historique et culturel parcours conservation et restauration du patrimoine bâti</x:t>
   </x:si>
   <x:si>
     <x:t>Politique culturelle</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention anthropologie parcours anthropologie audiovisuelle</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers de la médiation par des approches artistiques et culturelles</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion entreprise culturelle</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention géographie, aménagement, environnement et développement parcours COAStal managemenT and vulnerabilities</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention géographie, aménagement, environnement et développement parcours  territoires, société, aménagement</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention géographie, aménagement, environnement et développement parcours géomatique et modélisation spatiale</x:t>
@@ -584,71 +584,71 @@
   <x:si>
     <x:t>licence mention géographie et aménagement</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>master mention sociologie</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention gestion et développement des organisations, des services sportifs et de loisirs</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention intervention sociale : accompagnement de publics spécifiques</x:t>
   </x:si>
   <x:si>
     <x:t>master mention urbanisme et aménagement</x:t>
   </x:si>
   <x:si>
     <x:t>master mention langues et sociétés</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention histoire de l'art</x:t>
+  </x:si>
+  <x:si>
     <x:t>licence pro mention métiers de la médiation par des approches artistiques et culturelles</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE CEDEX 03</x:t>
+  </x:si>
+  <x:si>
     <x:t>master mention droit public</x:t>
   </x:si>
   <x:si>
     <x:t>SALON DE PROVENCE CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE CEDEX 03</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>licence mention sciences de l'homme, anthropologie, ethnologie</x:t>
   </x:si>
   <x:si>
     <x:t>master mention géographie, aménagement, environnement et développement</x:t>
   </x:si>
   <x:si>
-    <x:t>master mention histoire de l'art</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>master mention anthropologie</x:t>
   </x:si>
   <x:si>
     <x:t>master mention archéologie, sciences pour l'archéologie</x:t>
   </x:si>
   <x:si>
     <x:t>master mention direction de projets ou établissements culturels</x:t>
   </x:si>
   <x:si>
     <x:t>master mention gestion des territoires et développement local</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention langues, littératures et civilisations étrangères et régionales</x:t>
   </x:si>
   <x:si>
     <x:t>master mention études européennes et internationales</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention sociologie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention politiques publiques parcours management des organisations par l'analyse du travail</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
@@ -794,68 +794,68 @@
   <x:si>
     <x:t>Activité physique et sportive</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable du développement des activités (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Cfa Perspective - Isim</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>09/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/30/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>01/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Les Arcs</x:t>
   </x:si>
   <x:si>
     <x:t>83460</x:t>
   </x:si>
   <x:si>
     <x:t>LES ARCS</x:t>
@@ -1202,71 +1202,71 @@
   <x:si>
     <x:t>BTSA ACS'AGRI : analyse, conduite et stratégie de l'entreprise agricole option transition agricole dans les territoires métropolitains</x:t>
   </x:si>
   <x:si>
     <x:t>LA Fontlongue</x:t>
   </x:si>
   <x:si>
     <x:t>13148</x:t>
   </x:si>
   <x:si>
     <x:t>MIRAMAS CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA développement et animation de projets territoriaux</x:t>
   </x:si>
   <x:si>
     <x:t>LA L Giraud</x:t>
   </x:si>
   <x:si>
     <x:t>84208</x:t>
   </x:si>
   <x:si>
     <x:t>Développement rural</x:t>
   </x:si>
   <x:si>
+    <x:t>Bac techno sciences et technologies de l'industrie et du développement durable innovation technologique et éco-conception</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Don Bosco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Don Bosco</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE CEDEX 01</x:t>
+  </x:si>
+  <x:si>
     <x:t>Bac techno sciences et technologies de l'industrie et du développement durable énergie et environnement</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Don Bosco</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>responsable du développement des activités</x:t>
   </x:si>
   <x:si>
     <x:t>LPO Ch Péguy</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>LPO Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>LPO La Salle</x:t>
   </x:si>
   <x:si>
     <x:t>84008</x:t>
   </x:si>
   <x:si>
     <x:t>LPO modèle électronique</x:t>
   </x:si>
   <x:si>
     <x:t>13396</x:t>
@@ -1697,132 +1697,132 @@
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention cartographie, topographie et systèmes d'information géographique</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences et humanités parcours environnement</x:t>
   </x:si>
   <x:si>
     <x:t>UCA</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité carrières sociales parcours animation sociale et socioculturelle</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention sciences et humanités</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention ville et environnements urbains</x:t>
   </x:si>
   <x:si>
+    <x:t>master mention civilisations, cultures et sociétés</x:t>
+  </x:si>
+  <x:si>
     <x:t>DU chef de projet en alimentation durable option collectivité territoriale</x:t>
   </x:si>
   <x:si>
     <x:t>MOUANS-SARTOUX</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>master mention civilisations, cultures et sociétés</x:t>
+    <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13628</x:t>
   </x:si>
   <x:si>
     <x:t>master mention intervention et développement social</x:t>
   </x:si>
   <x:si>
-    <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
-    <x:t>04000</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>licence mention sciences sanitaires et sociales</x:t>
   </x:si>
   <x:si>
     <x:t>13397</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 20</x:t>
   </x:si>
   <x:si>
     <x:t>master mention droit de l'environnement</x:t>
   </x:si>
   <x:si>
     <x:t>master mention management public</x:t>
   </x:si>
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83056</x:t>
   </x:si>
   <x:si>
     <x:t>master mention économie du développement</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention métiers du tourisme : communication et valorisation des territoires</x:t>
   </x:si>
   <x:si>
     <x:t>Économie tourisme</x:t>
   </x:si>
   <x:si>
+    <x:t>licence pro mention gestion de projets et structures artistiques et culturels</x:t>
+  </x:si>
+  <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>licence pro mention gestion de projets et structures artistiques et culturels</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers du tourisme et des loisirs</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>UTLN</x:t>
   </x:si>
   <x:si>
     <x:t>83041</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention métiers du tourisme : communication et valorisation des territoires</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Wiki Learn Formation</x:t>
   </x:si>
   <x:si>
     <x:t>WLF</x:t>
   </x:si>
@@ -3776,266 +3776,266 @@
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>580920</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
-        <x:v>39698</x:v>
+        <x:v>38695</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
-        <x:v>14224</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>575732</x:v>
+        <x:v>575539</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
-        <x:v>41176</x:v>
+        <x:v>39698</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
-        <x:v>14215</x:v>
+        <x:v>14224</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>575800</x:v>
+        <x:v>575732</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
-        <x:v>40979</x:v>
+        <x:v>41176</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
-        <x:v>12252</x:v>
+        <x:v>14215</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>580918</x:v>
+        <x:v>575800</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
-        <x:v>38695</x:v>
+        <x:v>40979</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
-        <x:v>14201</x:v>
+        <x:v>12252</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>575539</x:v>
+        <x:v>580918</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>40443</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
@@ -6754,51 +6754,51 @@
         <x:v>40979</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>12252</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>592804</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
@@ -7059,931 +7059,931 @@
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>591858</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
-        <x:v>40443</x:v>
+        <x:v>41176</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
-        <x:v>13096</x:v>
+        <x:v>14215</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>592542</x:v>
+        <x:v>592831</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
-        <x:v>40987</x:v>
+        <x:v>40443</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
-        <x:v>32096</x:v>
+        <x:v>13096</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>592802</x:v>
+        <x:v>592542</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
-        <x:v>38166</x:v>
+        <x:v>40987</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
-        <x:v>13237</x:v>
+        <x:v>32096</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>597452</x:v>
+        <x:v>592802</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>40987</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>32096</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
         <x:v>592801</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
-        <x:v>39698</x:v>
+        <x:v>38166</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
-        <x:v>14224</x:v>
+        <x:v>13237</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>592205</x:v>
+        <x:v>597452</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
-        <x:v>39194</x:v>
+        <x:v>39698</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s"/>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s"/>
       <x:c r="I88" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>12205</x:v>
+        <x:v>14224</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>592056</x:v>
+        <x:v>592205</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>39194</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>12205</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>592057</x:v>
+        <x:v>592056</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
-        <x:v>41176</x:v>
+        <x:v>39194</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s"/>
       <x:c r="I90" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
-        <x:v>14215</x:v>
+        <x:v>12205</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>149</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>592830</x:v>
+        <x:v>592057</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
-        <x:v>39038</x:v>
+        <x:v>41176</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="G91" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
-        <x:v>12523</x:v>
+        <x:v>14215</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>591985</x:v>
+        <x:v>592830</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
-        <x:v>40717</x:v>
+        <x:v>39038</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>12523</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>592795</x:v>
+        <x:v>591985</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
-        <x:v>39294</x:v>
+        <x:v>40717</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
-        <x:v>13096</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>592091</x:v>
+        <x:v>592795</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
-        <x:v>39193</x:v>
+        <x:v>39294</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s"/>
       <x:c r="I94" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
-        <x:v>12523</x:v>
+        <x:v>13096</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>592068</x:v>
+        <x:v>592091</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>182</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
-        <x:v>40098</x:v>
+        <x:v>39193</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
-        <x:v>14201</x:v>
+        <x:v>12523</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>592392</x:v>
+        <x:v>592068</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
-        <x:v>39403</x:v>
+        <x:v>40098</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s"/>
       <x:c r="I96" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
-        <x:v>13024</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>592108</x:v>
+        <x:v>592392</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
-        <x:v>39694</x:v>
+        <x:v>39403</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
-        <x:v>11029</x:v>
+        <x:v>13024</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>592217</x:v>
+        <x:v>592108</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>177</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
-        <x:v>41176</x:v>
+        <x:v>39694</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
-        <x:v>14215</x:v>
+        <x:v>11029</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>592831</x:v>
+        <x:v>592217</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>38177</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -8032,51 +8032,51 @@
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>12252</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>592805</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
@@ -8112,51 +8112,51 @@
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>597451</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>39194</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>28</x:v>
@@ -8990,51 +8990,51 @@
       <x:c r="K116" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>607492</x:v>
+        <x:v>607494</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>40889</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="G117" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
@@ -9047,54 +9047,54 @@
       <x:c r="K117" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>607493</x:v>
+        <x:v>607492</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>40889</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
@@ -9106,111 +9106,111 @@
       <x:c r="K118" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>608897</x:v>
+        <x:v>607493</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="U118" s="16" t="s">
         <x:v>243</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>40889</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>607491</x:v>
+        <x:v>608897</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>40889</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
@@ -9222,54 +9222,54 @@
       <x:c r="K120" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>607494</x:v>
+        <x:v>607491</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>40889</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="E121" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="G121" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>238</x:v>
       </x:c>
@@ -9524,51 +9524,51 @@
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>597249</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>38166</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>28</x:v>
@@ -9581,51 +9581,51 @@
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>597454</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>38166</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>13237</x:v>
@@ -11103,57 +11103,57 @@
       <x:c r="K153" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>549108</x:v>
+        <x:v>549107</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>37969</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>341</x:v>
@@ -11164,57 +11164,57 @@
       <x:c r="K154" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>602743</x:v>
+        <x:v>549108</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>37969</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="E155" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="G155" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H155" s="0" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
@@ -11224,57 +11224,57 @@
       <x:c r="K155" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>32008</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>549107</x:v>
+        <x:v>602743</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>38175</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
@@ -12133,51 +12133,51 @@
       <x:c r="K171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>594401</x:v>
+        <x:v>594592</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>379</x:v>
@@ -12188,51 +12188,51 @@
       <x:c r="K172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>594592</x:v>
+        <x:v>594401</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>40889</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
@@ -12256,51 +12256,51 @@
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>606172</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
@@ -12311,51 +12311,51 @@
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>594617</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s"/>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
@@ -12363,51 +12363,51 @@
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>594393</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
@@ -12418,51 +12418,51 @@
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>594392</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
@@ -12470,51 +12470,51 @@
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>594394</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
@@ -12525,51 +12525,51 @@
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>594589</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
@@ -12577,51 +12577,51 @@
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>594423</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
@@ -12632,51 +12632,51 @@
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>594593</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
@@ -12684,51 +12684,51 @@
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>594420</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
@@ -12739,51 +12739,51 @@
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>594598</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
@@ -12791,51 +12791,51 @@
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>594422</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
@@ -12884,51 +12884,51 @@
       <x:c r="K185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>594397</x:v>
+        <x:v>594604</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>405</x:v>
@@ -12939,65 +12939,65 @@
       <x:c r="K186" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>594604</x:v>
+        <x:v>594397</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
@@ -13005,51 +13005,51 @@
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>594421</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C188" s="15" t="s"/>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
@@ -13060,51 +13060,51 @@
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>594605</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C189" s="3" t="s"/>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
@@ -13112,51 +13112,51 @@
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>594417</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
@@ -13167,51 +13167,51 @@
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>594602</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
@@ -13219,51 +13219,51 @@
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>594596</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C192" s="15" t="s"/>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K192" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
@@ -13274,51 +13274,51 @@
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>594395</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C193" s="3" t="s"/>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
@@ -13326,51 +13326,51 @@
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>594591</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C194" s="15" t="s"/>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
@@ -13419,51 +13419,51 @@
       <x:c r="K195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>594601</x:v>
+        <x:v>594425</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="C196" s="15" t="s"/>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s"/>
       <x:c r="I196" s="16" t="s">
         <x:v>419</x:v>
@@ -13474,51 +13474,51 @@
       <x:c r="K196" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>594425</x:v>
+        <x:v>594601</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C197" s="3" t="s"/>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
         <x:v>380</x:v>
@@ -13526,51 +13526,51 @@
       <x:c r="K197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>594612</x:v>
+        <x:v>594410</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>421</x:v>
@@ -13581,51 +13581,51 @@
       <x:c r="K198" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>594410</x:v>
+        <x:v>594612</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C199" s="3" t="s"/>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>380</x:v>
@@ -13633,51 +13633,51 @@
       <x:c r="K199" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>594613</x:v>
+        <x:v>594415</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="C200" s="15" t="s"/>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>424</x:v>
@@ -13688,51 +13688,51 @@
       <x:c r="K200" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
-        <x:v>594415</x:v>
+        <x:v>594613</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="C201" s="3" t="s"/>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="G201" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J201" s="0" t="s">
         <x:v>380</x:v>
@@ -13740,51 +13740,51 @@
       <x:c r="K201" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L201" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M201" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N201" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O201" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P201" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="Q201" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R201" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="S201" s="0" t="n">
-        <x:v>594424</x:v>
+        <x:v>594615</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C202" s="15" t="s"/>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s"/>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s"/>
       <x:c r="I202" s="16" t="s">
         <x:v>427</x:v>
@@ -13795,65 +13795,65 @@
       <x:c r="K202" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>594615</x:v>
+        <x:v>594424</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
@@ -13861,51 +13861,51 @@
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>594396</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
@@ -13916,51 +13916,51 @@
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>594607</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C205" s="3" t="s"/>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
@@ -13968,51 +13968,51 @@
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>594416</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C206" s="15" t="s"/>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s"/>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
@@ -14023,51 +14023,51 @@
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>594400</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C207" s="3" t="s"/>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="G207" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
@@ -14075,51 +14075,51 @@
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>594621</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C208" s="15" t="s"/>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s"/>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
@@ -14130,158 +14130,158 @@
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
         <x:v>594419</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C209" s="3" t="s"/>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
         <x:v>594620</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C210" s="15" t="s"/>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s"/>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>594408</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C211" s="3" t="s"/>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="G211" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
@@ -14289,51 +14289,51 @@
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>594611</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C212" s="15" t="s"/>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
@@ -14344,51 +14344,51 @@
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>594403</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
@@ -14396,51 +14396,51 @@
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>594411</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C214" s="15" t="s"/>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
@@ -14451,51 +14451,51 @@
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>594614</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C215" s="3" t="s"/>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
@@ -14503,51 +14503,51 @@
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>594405</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C216" s="15" t="s"/>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
@@ -14558,51 +14558,51 @@
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>594616</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C217" s="3" t="s"/>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
@@ -14610,51 +14610,51 @@
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>594399</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C218" s="15" t="s"/>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
@@ -14665,51 +14665,51 @@
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>594412</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C219" s="3" t="s"/>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
@@ -14717,51 +14717,51 @@
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>594414</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C220" s="15" t="s"/>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
@@ -14772,51 +14772,51 @@
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>594610</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C221" s="3" t="s"/>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="G221" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
@@ -14824,51 +14824,51 @@
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
         <x:v>594618</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C222" s="15" t="s"/>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
@@ -14879,51 +14879,51 @@
       </x:c>
       <x:c r="P222" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
         <x:v>594407</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C223" s="3" t="s"/>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="G223" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
@@ -14931,51 +14931,51 @@
       </x:c>
       <x:c r="P223" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>594608</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C224" s="15" t="s"/>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
@@ -14986,51 +14986,51 @@
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>594404</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C225" s="3" t="s"/>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
@@ -15038,51 +15038,51 @@
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>594609</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C226" s="15" t="s"/>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s"/>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="H226" s="14" t="s"/>
       <x:c r="I226" s="16" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
@@ -15093,51 +15093,51 @@
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>594413</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C227" s="3" t="s"/>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="G227" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
@@ -15145,51 +15145,51 @@
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>594426</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C228" s="15" t="s"/>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
@@ -15200,51 +15200,51 @@
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
         <x:v>594603</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C229" s="3" t="s"/>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="G229" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
@@ -15252,51 +15252,51 @@
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
         <x:v>594619</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C230" s="15" t="s"/>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
@@ -15307,51 +15307,51 @@
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
         <x:v>594409</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C231" s="3" t="s"/>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
@@ -15359,51 +15359,51 @@
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>594597</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C232" s="15" t="s"/>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
@@ -15414,51 +15414,51 @@
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
         <x:v>594406</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C233" s="3" t="s"/>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
@@ -15466,51 +15466,51 @@
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
         <x:v>594590</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C234" s="15" t="s"/>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
@@ -15521,51 +15521,51 @@
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>594398</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C235" s="3" t="s"/>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="G235" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
@@ -15573,51 +15573,51 @@
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
         <x:v>594600</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C236" s="15" t="s"/>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s"/>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
@@ -15628,51 +15628,51 @@
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
         <x:v>594622</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C237" s="3" t="s"/>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
@@ -15680,51 +15680,51 @@
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>594595</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C238" s="15" t="s"/>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
@@ -15735,51 +15735,51 @@
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>594402</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C239" s="3" t="s"/>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
@@ -15787,51 +15787,51 @@
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>594594</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="C240" s="15" t="s"/>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
@@ -15842,51 +15842,51 @@
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>594606</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C241" s="3" t="s"/>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>12522</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
@@ -16173,114 +16173,114 @@
       <x:c r="K246" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>605497</x:v>
+        <x:v>554250</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>39836</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>554250</x:v>
+        <x:v>605497</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>39598</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="I248" s="16" t="s">
         <x:v>510</x:v>
@@ -16530,51 +16530,51 @@
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>592935</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>38166</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>13237</x:v>
@@ -16846,51 +16846,51 @@
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>12252</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>592806</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
@@ -17333,1028 +17333,1028 @@
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>609441</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
-      <x:c r="C267" s="3" t="s"/>
+      <x:c r="C267" s="3" t="n">
+        <x:v>39426</x:v>
+      </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
-      <x:c r="H267" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I267" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="J267" s="0" t="s">
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
-        <x:v>12522</x:v>
+        <x:v>13072</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
-        <x:v>411</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>598502</x:v>
+        <x:v>592120</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>545</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
-        <x:v>39426</x:v>
+        <x:v>39698</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
-        <x:v>13072</x:v>
+        <x:v>14224</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>592118</x:v>
+        <x:v>592204</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
-        <x:v>39426</x:v>
+        <x:v>39694</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
-        <x:v>13072</x:v>
+        <x:v>11029</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>592120</x:v>
+        <x:v>592216</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>175</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
-        <x:v>39698</x:v>
+        <x:v>38175</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
-        <x:v>14224</x:v>
+        <x:v>13027</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
-        <x:v>93</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>592204</x:v>
+        <x:v>597248</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>184</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>543</x:v>
+      </x:c>
+      <x:c r="C271" s="3" t="s"/>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
+      <x:c r="H271" s="0" t="s">
+        <x:v>537</x:v>
+      </x:c>
       <x:c r="I271" s="4" t="s">
-        <x:v>528</x:v>
-[...2 lines deleted...]
-        <x:v>25</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
-        <x:v>11029</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>592216</x:v>
+        <x:v>598502</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>546</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
-        <x:v>266</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
-        <x:v>38175</x:v>
+        <x:v>39426</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
-        <x:v>13027</x:v>
+        <x:v>13072</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>597248</x:v>
+        <x:v>592118</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
-        <x:v>39040</x:v>
+        <x:v>40339</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
-        <x:v>13072</x:v>
+        <x:v>12205</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="Q273" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
-      <x:c r="Q273" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>550</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>591995</x:v>
+        <x:v>592544</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
-        <x:v>35386</x:v>
+        <x:v>35516</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
-        <x:v>32054</x:v>
+        <x:v>12522</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>548</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>551</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>596948</x:v>
+        <x:v>596685</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>535</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
-        <x:v>40339</x:v>
+        <x:v>40019</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
-        <x:v>12205</x:v>
+        <x:v>12505</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
-        <x:v>551</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>592544</x:v>
+        <x:v>592288</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
-        <x:v>35516</x:v>
+        <x:v>38184</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
-        <x:v>12522</x:v>
+        <x:v>13030</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
-        <x:v>548</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
-        <x:v>268</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>596685</x:v>
+        <x:v>597431</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
-        <x:v>38166</x:v>
+        <x:v>39040</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
-        <x:v>13237</x:v>
+        <x:v>13072</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
+        <x:v>551</x:v>
+      </x:c>
+      <x:c r="R277" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
-      <x:c r="R277" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>597455</x:v>
+        <x:v>591995</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
-        <x:v>40019</x:v>
+        <x:v>35386</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
-        <x:v>12505</x:v>
+        <x:v>32054</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
+        <x:v>547</x:v>
+      </x:c>
+      <x:c r="Q278" s="16" t="s">
         <x:v>548</x:v>
       </x:c>
-      <x:c r="Q278" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>592288</x:v>
+        <x:v>596948</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
-        <x:v>38184</x:v>
+        <x:v>39696</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
-        <x:v>13030</x:v>
+        <x:v>14256</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>552</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>597431</x:v>
+        <x:v>592214</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
-        <x:v>553</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
-        <x:v>39696</x:v>
+        <x:v>39040</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
-        <x:v>14256</x:v>
+        <x:v>13072</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
-        <x:v>548</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>592214</x:v>
+        <x:v>591996</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
-        <x:v>39040</x:v>
+        <x:v>39294</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
-        <x:v>13072</x:v>
+        <x:v>13096</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>591996</x:v>
+        <x:v>592089</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
-        <x:v>180</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
-        <x:v>39294</x:v>
+        <x:v>39480</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
-        <x:v>13096</x:v>
+        <x:v>12523</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
-        <x:v>548</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>592089</x:v>
+        <x:v>595475</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>540</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
-        <x:v>39480</x:v>
+        <x:v>38166</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
-        <x:v>12523</x:v>
+        <x:v>13237</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
-        <x:v>351</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>595475</x:v>
+        <x:v>597455</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>38184</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
-        <x:v>548</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>597432</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
@@ -18364,51 +18364,51 @@
       <x:c r="G285" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>14256</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>592215</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
@@ -18421,108 +18421,108 @@
         <x:v>23</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>15457</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
-        <x:v>548</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
-        <x:v>549</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>550</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>592006</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>36761</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>12518</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
-        <x:v>552</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>596279</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>35914</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
@@ -18532,74 +18532,74 @@
         <x:v>23</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>13016</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
-        <x:v>548</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>595411</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>38166</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>13237</x:v>
@@ -18666,51 +18666,51 @@
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>592040</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>546</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>39426</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>13072</x:v>
@@ -18777,208 +18777,208 @@
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>592550</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
-        <x:v>38166</x:v>
+        <x:v>38695</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
-        <x:v>13237</x:v>
+        <x:v>14201</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
-        <x:v>567</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>597453</x:v>
+        <x:v>591857</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
-        <x:v>38695</x:v>
+        <x:v>40330</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
-        <x:v>14201</x:v>
+        <x:v>32096</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>564</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>591857</x:v>
+        <x:v>592549</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>569</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
-        <x:v>40330</x:v>
+        <x:v>38166</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
-        <x:v>32096</x:v>
+        <x:v>13237</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
-        <x:v>563</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>564</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>592549</x:v>
+        <x:v>597453</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
         <x:v>40497</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="I296" s="16" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
@@ -19041,51 +19041,51 @@
       <x:c r="J297" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>13168</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>568</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>580461</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>40889</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s">
         <x:v>204</x:v>
       </x:c>