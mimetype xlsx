--- v0 (2026-03-10)
+++ v1 (2026-03-10)
@@ -488,380 +488,380 @@
   <x:si>
     <x:t>ACOPAD</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>Association des Centres d'Accueil et de Formation de la Mutualité Sociale Agricole de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>84110</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel assistant de vie aux familles (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACAF MSA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VAISON LA ROMAINE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Surveillant - visiteur de nuit en secteur social et médico-social</x:t>
   </x:si>
   <x:si>
     <x:t>Qualité secteur social</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Titre professionnel assistant de vie aux familles (Apprentissage)</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel assistant de vie aux familles (POEC)</x:t>
   </x:si>
   <x:si>
     <x:t>France Travail</x:t>
   </x:si>
   <x:si>
     <x:t>POEC</x:t>
   </x:si>
   <x:si>
     <x:t>APT</x:t>
   </x:si>
   <x:si>
     <x:t>12/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>AFC</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>ARLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/28/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Titre professionnel assistant de vie aux familles module relations usagers clients séniors</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA VALETTE-DU-VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/07/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FREJUS</x:t>
+  </x:si>
+  <x:si>
     <x:t>Titre professionnel assistant de vie aux familles + module domotique</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
-    <x:t>ARLES</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>11/24/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/06/2025 00:00:00</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MENTON</x:t>
   </x:si>
   <x:si>
     <x:t>05/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/21/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-15e</x:t>
   </x:si>
   <x:si>
     <x:t>Association pour l'Education Cognitive et le Développement</x:t>
   </x:si>
   <x:si>
     <x:t>13016</x:t>
   </x:si>
   <x:si>
+    <x:t>MARSEILLE-14e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE-14e</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>MARSEILLE- 7e</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Découverte des métiers des services à la personne</x:t>
   </x:si>
   <x:si>
     <x:t>CAVAILLON</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
     <x:t>MARIGNANE</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>05/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>DIGNE LES BAINS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/23/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>DIGNE LES BAINS</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Association Recherche Expérimentation Formation Loisirs et Tourisme Social</x:t>
   </x:si>
   <x:si>
     <x:t>06800</x:t>
   </x:si>
   <x:si>
     <x:t>VILLENEUVE-LOUBET</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>REFLETS</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel assistant de vie aux familles blocs de compétences BC01 - BC02</x:t>
   </x:si>
   <x:si>
     <x:t>Association Régionale en Economie Sociale</x:t>
   </x:si>
   <x:si>
     <x:t>ARES</x:t>
   </x:si>
   <x:si>
+    <x:t>02/09/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/19/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>02/09/2027 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>04/13/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Association Sud Formation</x:t>
   </x:si>
   <x:si>
     <x:t>ASF</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel formateur professionnel d'adultes, Titre professionnel assistant de vie aux familles</x:t>
   </x:si>
   <x:si>
     <x:t>Atelier Hepta - Ketty Turron</x:t>
   </x:si>
   <x:si>
     <x:t>13420</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>Mise à niveau</x:t>
   </x:si>
   <x:si>
     <x:t>GEMENOS</x:t>
   </x:si>
   <x:si>
+    <x:t>12/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/15/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Avenir et Ambition</x:t>
   </x:si>
   <x:si>
     <x:t>83160</x:t>
   </x:si>
   <x:si>
     <x:t>Aziz ABakouy - Trans-Formation 84</x:t>
   </x:si>
   <x:si>
     <x:t>84270</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>12/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cap Elan Formation</x:t>
   </x:si>
   <x:si>
     <x:t>34170</x:t>
@@ -947,74 +947,74 @@
   <x:si>
     <x:t>09/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CFA Régional de la Métropôle Nice Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>CARROS</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cfc-Cfa Les Chênes</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Diplôme d'État d'accompagnant éducatif et social</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme Régional des formations sanitaires et sociales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Accompagnement éducatif et social</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/11/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'État d'accompagnant éducatif et social (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Accompagnement éducatif et social</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>02/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Diplôme d'État d'accompagnant éducatif et social</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Nice Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CCI</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Particulier, individuel</x:t>
   </x:si>
   <x:si>
     <x:t>LES ARCS</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/03/2026 00:00:00</x:t>
@@ -1139,59 +1139,59 @@
   <x:si>
     <x:t>Maître de maison en secteur social et médico-social (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>Aide médico-sociale</x:t>
   </x:si>
   <x:si>
     <x:t>Collège Maurice Genevoix</x:t>
   </x:si>
   <x:si>
     <x:t>83100</x:t>
   </x:si>
   <x:si>
     <x:t>01/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/14/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/02/2024 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>03/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Croix Rouge Française - Croix Rouge Compétence - Antenne Provence Alpes Côte d'Azur Corse</x:t>
   </x:si>
   <x:si>
     <x:t>CRF PACA CORSE</x:t>
   </x:si>
   <x:si>
     <x:t>OLLIOULES</x:t>
   </x:si>
   <x:si>
     <x:t>Croix Rouge Française</x:t>
   </x:si>
   <x:si>
     <x:t>75014</x:t>
   </x:si>
   <x:si>
     <x:t>Croix Rouge Française - Croix Rouge Compétence - Institut de Formation d'Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
@@ -1730,71 +1730,71 @@
   <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Méditerranéen de Formation, Recherche et Intervention Sociale</x:t>
   </x:si>
   <x:si>
     <x:t>IMF RIS</x:t>
   </x:si>
   <x:si>
     <x:t>01/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'État d'accompagnant éducatif et social (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>08/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>LP Vincent de Paul</x:t>
   </x:si>
   <x:si>
+    <x:t>Surveillant(e) de nuit (secteur social et médico-social)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Surveillance nuit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Surveillant(e) de nuit (secteur social et médico-social)</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>09/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>08/27/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Accueillant éducatif</x:t>
   </x:si>
   <x:si>
-    <x:t>08/27/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Institut Méditerranéen de Formation, Recherche et Intervention Sociale - Antenne Arles</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Méditerranéen de Formation, Recherche et Intervention Sociale - Antenne Montfavet</x:t>
   </x:si>
   <x:si>
     <x:t>Institut pour Déficients Auditifs la Remusade</x:t>
   </x:si>
   <x:si>
     <x:t>13011</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Privé du Para-Médical</x:t>
   </x:si>
   <x:si>
     <x:t>IPAM</x:t>
   </x:si>
   <x:si>
     <x:t>59200</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Privé du Para-Médical - Antenne Toulon</x:t>
@@ -2393,60 +2393,60 @@
   <x:si>
     <x:t>Provence Formation - Lycée Professionnel Le Rocher</x:t>
   </x:si>
   <x:si>
     <x:t>Santéprév</x:t>
   </x:si>
   <x:si>
     <x:t>SANTEPREV</x:t>
   </x:si>
   <x:si>
     <x:t>13800</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Licencié pour motif économique , Public sans emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Seven Life</x:t>
   </x:si>
   <x:si>
     <x:t>13014</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel assistant de vie aux familles (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/16/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/19/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/17/2027 00:00:00</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>12/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Le métier d'aide à domicile</x:t>
   </x:si>
   <x:si>
     <x:t>07/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sigma Formation</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>COGOLIN</x:t>
   </x:si>
   <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
@@ -5781,254 +5781,255 @@
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>599211</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
-        <x:v>40604</x:v>
+        <x:v>37715</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
-        <x:v>128</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s">
-        <x:v>131</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="I48" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
-        <x:v>44003</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>583603</x:v>
+        <x:v>603580</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
-        <x:v>37715</x:v>
+        <x:v>40604</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="F49" s="0" t="s">
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="I49" s="4" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="J49" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="K49" s="0" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="L49" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="M49" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="N49" s="3" t="n">
+        <x:v>44003</x:v>
+      </x:c>
+      <x:c r="O49" s="0" t="s">
         <x:v>145</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>74</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>603580</x:v>
+        <x:v>583603</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>603579</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="F51" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
@@ -6140,51 +6141,51 @@
       <x:c r="J53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>599213</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
@@ -6203,372 +6204,372 @@
       <x:c r="J54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>599214</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>603581</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>148</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
-        <x:v>37715</x:v>
+        <x:v>38565</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="G56" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K56" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
-        <x:v>42056</x:v>
+        <x:v>44041</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="S56" s="14" t="n">
+        <x:v>571154</x:v>
+      </x:c>
+      <x:c r="T56" s="16" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="S56" s="14" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
-        <x:v>38565</x:v>
+        <x:v>37715</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F57" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
-        <x:v>44041</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>571154</x:v>
+        <x:v>583607</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
-        <x:v>37715</x:v>
+        <x:v>38565</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="G58" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K58" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
-        <x:v>42056</x:v>
+        <x:v>44041</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>583604</x:v>
+        <x:v>571149</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F59" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>583607</x:v>
+        <x:v>583606</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="U59" s="4" t="s">
         <x:v>170</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="G60" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -6578,186 +6579,186 @@
       <x:c r="J60" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>571149</x:v>
+        <x:v>571147</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F61" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>583606</x:v>
+        <x:v>580088</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
-        <x:v>38565</x:v>
+        <x:v>37715</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s">
-        <x:v>155</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="G62" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>44041</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="S62" s="14" t="n">
+        <x:v>583604</x:v>
+      </x:c>
+      <x:c r="T62" s="16" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="U62" s="16" t="s">
         <x:v>176</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="F63" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -6893,60 +6894,60 @@
       <x:c r="J65" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>599215</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G66" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -6956,51 +6957,51 @@
       <x:c r="J66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>583597</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
@@ -7025,62 +7026,62 @@
       <x:c r="L67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>571151</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>174</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="G68" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>133</x:v>
@@ -7271,60 +7272,60 @@
       <x:c r="J71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>580262</x:v>
+        <x:v>571152</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="G72" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -7334,60 +7335,60 @@
       <x:c r="J72" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>580263</x:v>
+        <x:v>580262</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="F73" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -7397,60 +7398,60 @@
       <x:c r="J73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="S73" s="0" t="n">
+        <x:v>580263</x:v>
+      </x:c>
+      <x:c r="T73" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="S73" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="T73" s="4" t="s">
+      <x:c r="U73" s="4" t="s">
         <x:v>193</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G74" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -7587,62 +7588,62 @@
       <x:c r="L76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>571145</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>194</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F77" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>133</x:v>
@@ -7661,97 +7662,97 @@
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>583605</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G78" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>583608</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
@@ -7778,103 +7779,103 @@
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>616448</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G80" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>583614</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="F81" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
@@ -7893,54 +7894,54 @@
       <x:c r="L81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>571153</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>193</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="G82" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
@@ -7956,51 +7957,51 @@
       <x:c r="L82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>571144</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F83" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
@@ -8019,51 +8020,51 @@
       <x:c r="L83" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>599212</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="G84" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
@@ -8076,183 +8077,183 @@
       <x:c r="J84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>581856</x:v>
+        <x:v>612241</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
-        <x:v>37715</x:v>
+        <x:v>38565</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="F85" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
-        <x:v>42056</x:v>
+        <x:v>44041</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>579430</x:v>
+        <x:v>581856</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
-        <x:v>38565</x:v>
+        <x:v>37715</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="G86" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
-        <x:v>44041</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>612241</x:v>
+        <x:v>579430</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="F87" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
@@ -8271,51 +8272,51 @@
       <x:c r="L87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
         <x:v>571159</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="G88" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
@@ -8334,62 +8335,62 @@
       <x:c r="L88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>571160</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F89" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>133</x:v>
@@ -8400,105 +8401,105 @@
       <x:c r="M89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>583642</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G90" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>583643</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
@@ -8523,51 +8524,51 @@
       <x:c r="L91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
         <x:v>580264</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
@@ -8576,114 +8577,114 @@
       <x:c r="J92" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K92" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>614886</x:v>
+        <x:v>614582</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>614490</x:v>
+        <x:v>614886</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
@@ -8692,114 +8693,114 @@
       <x:c r="J94" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
-        <x:v>100</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>614885</x:v>
+        <x:v>614490</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>614582</x:v>
+        <x:v>614885</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>231</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
@@ -8825,51 +8826,51 @@
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>614586</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>41</x:v>
@@ -8928,159 +8929,159 @@
       <x:c r="K98" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>611894</x:v>
+        <x:v>611251</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>37275</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>15041</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>611251</x:v>
+        <x:v>611894</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>172</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>578641</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
@@ -9215,51 +9216,51 @@
       <x:c r="M103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>577577</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
@@ -9334,51 +9335,51 @@
       <x:c r="M105" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
         <x:v>544868</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s"/>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="I106" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
@@ -9987,51 +9988,51 @@
       <x:c r="J116" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
         <x:v>552431</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="E117" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -10044,51 +10045,51 @@
       <x:c r="J117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
         <x:v>499720</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -10103,100 +10104,100 @@
       <x:c r="J118" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
         <x:v>607771</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s"/>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
         <x:v>566670</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -10351,449 +10352,448 @@
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>547252</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
-        <x:v>37715</x:v>
+        <x:v>38565</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
-        <x:v>42056</x:v>
+        <x:v>44041</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>546581</x:v>
+        <x:v>546578</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
-        <x:v>38565</x:v>
+        <x:v>36004</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
-      <x:c r="E124" s="14" t="s"/>
-      <x:c r="F124" s="14" t="s"/>
+      <x:c r="E124" s="14" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="F124" s="14" t="s">
+        <x:v>293</x:v>
+      </x:c>
       <x:c r="G124" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
-        <x:v>44041</x:v>
+        <x:v>44028</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>597810</x:v>
+        <x:v>575906</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
-        <x:v>38565</x:v>
+        <x:v>37715</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
-        <x:v>44041</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>600695</x:v>
+        <x:v>546581</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
-        <x:v>36004</x:v>
+        <x:v>38565</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
-      <x:c r="E126" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
-        <x:v>44028</x:v>
+        <x:v>44041</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>607651</x:v>
+        <x:v>597810</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
-        <x:v>37715</x:v>
+        <x:v>38565</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
-        <x:v>42056</x:v>
+        <x:v>44041</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>600696</x:v>
+        <x:v>600695</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
-        <x:v>38565</x:v>
+        <x:v>36004</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
-        <x:v>44041</x:v>
+        <x:v>44028</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>546578</x:v>
+        <x:v>607651</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>291</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
-        <x:v>36004</x:v>
+        <x:v>37715</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
-        <x:v>128</x:v>
-[...2 lines deleted...]
-        <x:v>299</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
-        <x:v>44028</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>575906</x:v>
+        <x:v>600696</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>265</x:v>
@@ -11330,51 +11330,51 @@
       <x:c r="L139" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
         <x:v>591256</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
         <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s"/>
       <x:c r="K140" s="14" t="s">
@@ -11437,51 +11437,51 @@
       <x:c r="J141" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M141" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N141" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O141" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P141" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q141" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R141" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>554078</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C142" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -11498,51 +11498,51 @@
       <x:c r="J142" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>604719</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -11558,51 +11558,51 @@
       <x:c r="J143" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>502287</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -11619,51 +11619,51 @@
       <x:c r="J144" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>552796</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -11679,51 +11679,51 @@
       <x:c r="J145" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>604718</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -12278,265 +12278,265 @@
       <x:c r="M155" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>548863</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>604393</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>486183</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>616799</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>617403</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
@@ -12695,85 +12695,85 @@
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>605997</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>611037</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
@@ -12802,57 +12802,57 @@
       <x:c r="K164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>617518</x:v>
+        <x:v>559080</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>357</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
@@ -12862,226 +12862,226 @@
       <x:c r="K165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>559080</x:v>
+        <x:v>617518</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="U165" s="4" t="s">
         <x:v>358</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>611038</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F167" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>578489</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="G168" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>578488</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
@@ -13120,141 +13120,141 @@
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>606985</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>606987</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>606989</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
@@ -13267,51 +13267,51 @@
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>596341</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
@@ -13321,51 +13321,51 @@
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>596343</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
@@ -13890,110 +13890,110 @@
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>591335</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>554199</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>381</x:v>
@@ -14445,51 +14445,51 @@
       <x:c r="M193" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>546186</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -14502,51 +14502,51 @@
       <x:c r="M194" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>586346</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -15035,151 +15035,151 @@
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
         <x:v>546095</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F204" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="G204" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="I204" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>576034</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
         <x:v>435</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F205" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="H205" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>603440</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
@@ -15210,51 +15210,51 @@
       <x:c r="M206" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
         <x:v>579367</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -15450,51 +15450,51 @@
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
         <x:v>617063</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>73</x:v>
@@ -15866,104 +15866,104 @@
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
         <x:v>454910</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
-        <x:v>38390</x:v>
+        <x:v>38565</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I218" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
-        <x:v>34525</x:v>
+        <x:v>44041</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>548675</x:v>
+        <x:v>454896</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="E219" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H219" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -15973,112 +15973,112 @@
       <x:c r="K219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>454911</x:v>
+        <x:v>548675</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
-        <x:v>38565</x:v>
+        <x:v>38390</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I220" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
-        <x:v>44041</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>454896</x:v>
+        <x:v>454911</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="E221" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
@@ -16280,87 +16280,87 @@
       <x:c r="M224" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>556588</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
         <x:v>603420</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
@@ -16382,51 +16382,51 @@
       <x:c r="J226" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>543722</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="E227" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -16456,556 +16456,556 @@
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
         <x:v>547650</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
-        <x:v>37715</x:v>
+        <x:v>36004</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
-      <x:c r="E228" s="14" t="s"/>
-      <x:c r="F228" s="14" t="s"/>
+      <x:c r="E228" s="14" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="F228" s="14" t="s">
+        <x:v>293</x:v>
+      </x:c>
       <x:c r="G228" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
-        <x:v>42056</x:v>
+        <x:v>44028</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>346</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>579984</x:v>
+        <x:v>603443</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>457</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>458</x:v>
+        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
-        <x:v>36004</x:v>
+        <x:v>37715</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
-      <x:c r="E229" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
-        <x:v>44028</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>603443</x:v>
+        <x:v>579984</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>455</x:v>
+        <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s"/>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>597603</x:v>
+        <x:v>543721</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>404</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>542506</x:v>
+        <x:v>525649</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
-        <x:v>36004</x:v>
+        <x:v>38565</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
-      <x:c r="E232" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
-        <x:v>44028</x:v>
+        <x:v>44041</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>611059</x:v>
+        <x:v>542506</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>454</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>455</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="G233" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>543721</x:v>
+        <x:v>597603</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>459</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s"/>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>346</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>525649</x:v>
+        <x:v>566295</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>347</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
-        <x:v>38565</x:v>
+        <x:v>37715</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
+      <x:c r="E235" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="F235" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
-        <x:v>44041</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>566295</x:v>
+        <x:v>583766</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>461</x:v>
+        <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
-        <x:v>37715</x:v>
+        <x:v>36004</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s">
-        <x:v>128</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
-        <x:v>42056</x:v>
+        <x:v>44028</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>346</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>583766</x:v>
+        <x:v>611059</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>457</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>458</x:v>
+        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="G237" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -17023,88 +17023,88 @@
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
         <x:v>573836</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F238" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="G238" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="I238" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
         <x:v>616273</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
@@ -17114,51 +17114,51 @@
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="G239" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>573307</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
@@ -17171,51 +17171,51 @@
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
         <x:v>617133</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
@@ -17225,51 +17225,51 @@
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
         <x:v>617132</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
@@ -17282,114 +17282,114 @@
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
         <x:v>609807</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F243" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
         <x:v>616274</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
@@ -17402,51 +17402,51 @@
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>573306</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
@@ -17456,51 +17456,51 @@
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>609808</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
@@ -17688,51 +17688,51 @@
       <x:c r="G249" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
         <x:v>580064</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
@@ -17813,119 +17813,119 @@
       <x:c r="J251" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>516502</x:v>
+        <x:v>572812</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="I252" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>466</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>616975</x:v>
+        <x:v>516502</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -18107,154 +18107,154 @@
       <x:c r="K256" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>572812</x:v>
+        <x:v>616975</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
         <x:v>575571</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F258" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="G258" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>579207</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
@@ -18264,112 +18264,112 @@
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
         <x:v>575996</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F260" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="G260" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
         <x:v>579206</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
@@ -18379,51 +18379,51 @@
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>575570</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
@@ -18436,51 +18436,51 @@
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>575572</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>436</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
@@ -18582,151 +18582,151 @@
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>596207</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="E265" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F265" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>579219</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>548632</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="E267" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -18739,110 +18739,110 @@
       <x:c r="J267" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>517859</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>559104</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
@@ -18852,60 +18852,60 @@
       <x:c r="J269" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>522128</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="F270" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="G270" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s">
         <x:v>473</x:v>
       </x:c>
@@ -18969,108 +18969,108 @@
       <x:c r="J271" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
         <x:v>522127</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>564407</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
@@ -19080,51 +19080,51 @@
       <x:c r="J273" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>564408</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
@@ -19137,176 +19137,176 @@
       <x:c r="J274" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>548631</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
-        <x:v>450</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
-        <x:v>38565</x:v>
+        <x:v>36004</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
-        <x:v>44041</x:v>
+        <x:v>44028</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>566294</x:v>
+        <x:v>587908</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>180</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>481</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
-        <x:v>453</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
-        <x:v>36004</x:v>
+        <x:v>38565</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="I276" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
-        <x:v>44028</x:v>
+        <x:v>44041</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>587908</x:v>
+        <x:v>566294</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>359</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>360</x:v>
+        <x:v>481</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -19316,95 +19316,95 @@
       <x:c r="L277" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
         <x:v>615351</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="I278" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
         <x:v>587254</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
@@ -19435,51 +19435,51 @@
       <x:c r="M279" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>566661</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
-        <x:v>194</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="I280" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
@@ -19589,51 +19589,51 @@
       <x:c r="G282" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="I282" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
         <x:v>575573</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
@@ -19661,162 +19661,162 @@
       <x:c r="L283" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>539390</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>358</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F284" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="G284" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="I284" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
         <x:v>587998</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="E285" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F285" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>587999</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
@@ -19857,230 +19857,230 @@
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>556587</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
-        <x:v>37424</x:v>
+        <x:v>36004</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="H287" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
-        <x:v>44022</x:v>
+        <x:v>44028</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>598132</x:v>
+        <x:v>581438</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
-        <x:v>453</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
-        <x:v>36004</x:v>
+        <x:v>37424</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="I288" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K288" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
-        <x:v>44028</x:v>
+        <x:v>44022</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>581438</x:v>
+        <x:v>598132</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
-        <x:v>359</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
-        <x:v>360</x:v>
+        <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="E289" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F289" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="H289" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>578948</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="I290" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
@@ -20097,51 +20097,51 @@
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>599775</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="E291" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="H291" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J291" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>28</x:v>
@@ -20212,329 +20212,329 @@
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>583205</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C293" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="E293" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="G293" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
         <x:v>528940</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C294" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="I294" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>528941</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="E295" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G295" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
         <x:v>547040</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F296" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="G296" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="I296" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
         <x:v>578949</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="E297" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>607628</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
@@ -20547,111 +20547,111 @@
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>596340</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="E299" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G299" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="H299" s="0" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>607646</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
@@ -20749,552 +20749,552 @@
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>613167</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>578392</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
         <x:v>578397</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>578395</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>578401</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>578396</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
         <x:v>578394</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>578400</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>578393</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
         <x:v>578398</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>505</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="E311" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G311" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>73</x:v>
@@ -21307,51 +21307,51 @@
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
         <x:v>599898</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>513</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K312" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -21366,51 +21366,51 @@
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>551990</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="E313" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G313" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>73</x:v>
@@ -21591,57 +21591,57 @@
       <x:c r="K316" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>498389</x:v>
+        <x:v>548677</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="E317" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G317" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H317" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
@@ -21651,57 +21651,57 @@
       <x:c r="K317" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>548677</x:v>
+        <x:v>498389</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="I318" s="16" t="s">
         <x:v>51</x:v>
@@ -21754,51 +21754,51 @@
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>596335</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
@@ -21811,51 +21811,51 @@
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
         <x:v>596337</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
@@ -21865,60 +21865,60 @@
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
         <x:v>596334</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
@@ -21950,51 +21950,51 @@
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>573365</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="E323" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
         <x:v>526</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>41</x:v>
@@ -22361,319 +22361,319 @@
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
         <x:v>515504</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K330" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>607952</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="E331" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F331" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="G331" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>620819</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
         <x:v>550566</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>545</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="H333" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
         <x:v>578454</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="I334" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K334" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>578447</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
@@ -22692,1232 +22692,1236 @@
       <x:c r="J335" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
         <x:v>596203</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="I336" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
-        <x:v>588055</x:v>
+        <x:v>578452</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
-        <x:v>553</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>298</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="C337" s="3" t="s"/>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="H337" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="J337" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
-        <x:v>44028</x:v>
+        <x:v>44005</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>578449</x:v>
+        <x:v>614578</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
-        <x:v>550</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
-        <x:v>551</x:v>
+        <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
-        <x:v>103</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
-        <x:v>549</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="I338" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
-        <x:v>523</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>578452</x:v>
+        <x:v>578449</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
-        <x:v>548</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
-        <x:v>296</x:v>
+        <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>554</x:v>
-[...1 lines deleted...]
-      <x:c r="C339" s="3" t="s"/>
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="C339" s="3" t="n">
+        <x:v>36004</x:v>
+      </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="H339" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
+      <x:c r="J339" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
-        <x:v>44005</x:v>
+        <x:v>44028</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>614578</x:v>
+        <x:v>588055</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
-        <x:v>556</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F340" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="G340" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="I340" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>576250</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
-        <x:v>558</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
-        <x:v>38468</x:v>
+        <x:v>36004</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
+      <x:c r="E341" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="F341" s="0" t="s">
+        <x:v>293</x:v>
+      </x:c>
       <x:c r="G341" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="H341" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
-        <x:v>44030</x:v>
+        <x:v>44028</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>614635</x:v>
+        <x:v>576251</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>551</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
-        <x:v>103</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
-        <x:v>549</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
-      <x:c r="E342" s="14" t="s"/>
-      <x:c r="F342" s="14" t="s"/>
+      <x:c r="E342" s="14" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="F342" s="14" t="s">
+        <x:v>293</x:v>
+      </x:c>
       <x:c r="G342" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="I342" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K342" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>578448</x:v>
+        <x:v>576252</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
-        <x:v>354</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
+      <x:c r="E343" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="F343" s="0" t="s">
+        <x:v>293</x:v>
+      </x:c>
       <x:c r="G343" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="H343" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J343" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
-        <x:v>578453</x:v>
+        <x:v>576253</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
-        <x:v>557</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
-      <x:c r="E344" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E344" s="14" t="s"/>
+      <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="I344" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K344" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>576251</x:v>
+        <x:v>578448</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
-        <x:v>559</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
-        <x:v>551</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
-      <x:c r="E345" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G345" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="H345" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
-        <x:v>576252</x:v>
+        <x:v>578453</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
-        <x:v>548</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
-        <x:v>36004</x:v>
+        <x:v>38468</x:v>
       </x:c>
       <x:c r="D346" s="15" t="s"/>
-      <x:c r="E346" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E346" s="14" t="s"/>
+      <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="I346" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="K346" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
-        <x:v>44028</x:v>
+        <x:v>44030</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
-        <x:v>576253</x:v>
+        <x:v>614635</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>554</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="C347" s="3" t="s"/>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="H347" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>44005</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
         <x:v>573025</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C348" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="I348" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K348" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
         <x:v>578450</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C349" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="E349" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G349" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="H349" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J349" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
         <x:v>599080</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
-        <x:v>553</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="C350" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="I350" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K350" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
         <x:v>588056</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
-        <x:v>553</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
-        <x:v>549</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>553</x:v>
+      </x:c>
+      <x:c r="C351" s="3" t="s"/>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="H351" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="J351" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
-        <x:v>44028</x:v>
+        <x:v>44005</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
-        <x:v>578451</x:v>
+        <x:v>573028</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
-        <x:v>309</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
-        <x:v>557</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="C352" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D352" s="15" t="s"/>
-      <x:c r="E352" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E352" s="14" t="s"/>
+      <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="I352" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K352" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
-        <x:v>588097</x:v>
+        <x:v>578451</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
-        <x:v>553</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>557</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
-        <x:v>554</x:v>
-[...1 lines deleted...]
-      <x:c r="C353" s="3" t="s"/>
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="C353" s="3" t="n">
+        <x:v>36004</x:v>
+      </x:c>
       <x:c r="D353" s="3" t="s"/>
+      <x:c r="E353" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="F353" s="0" t="s">
+        <x:v>293</x:v>
+      </x:c>
       <x:c r="G353" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="H353" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
+      <x:c r="J353" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
-        <x:v>44005</x:v>
+        <x:v>44028</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
-        <x:v>555</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
-        <x:v>573028</x:v>
+        <x:v>588097</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C354" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="I354" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K354" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>599081</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
-        <x:v>553</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C355" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="E355" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G355" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="H355" s="0" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J355" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
         <x:v>561</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
         <x:v>599082</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
-        <x:v>553</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C356" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s"/>
       <x:c r="I356" s="16" t="s">
         <x:v>563</x:v>
       </x:c>
@@ -24062,521 +24066,519 @@
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
         <x:v>599792</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C359" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="E359" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F359" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="G359" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="H359" s="0" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
         <x:v>575894</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C360" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="I360" s="16" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K360" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
         <x:v>531528</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C361" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="E361" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="F361" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G361" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="H361" s="0" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="J361" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
-        <x:v>575896</x:v>
+        <x:v>531527</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
-        <x:v>574</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
-        <x:v>491</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
-        <x:v>575</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C362" s="15" t="n">
-        <x:v>37424</x:v>
+        <x:v>36004</x:v>
       </x:c>
       <x:c r="D362" s="15" t="s"/>
-      <x:c r="E362" s="14" t="s"/>
-      <x:c r="F362" s="14" t="s"/>
+      <x:c r="E362" s="14" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="F362" s="14" t="s">
+        <x:v>293</x:v>
+      </x:c>
       <x:c r="G362" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="I362" s="16" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K362" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
-        <x:v>44022</x:v>
+        <x:v>44028</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>570855</x:v>
+        <x:v>575896</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
-        <x:v>460</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
-        <x:v>576</x:v>
+        <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="C363" s="3" t="n">
-        <x:v>36004</x:v>
+        <x:v>37424</x:v>
       </x:c>
       <x:c r="D363" s="3" t="s"/>
-      <x:c r="E363" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G363" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="H363" s="0" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="J363" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
-        <x:v>44028</x:v>
+        <x:v>44022</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
-        <x:v>531527</x:v>
+        <x:v>570855</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C364" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="I364" s="16" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K364" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
         <x:v>531529</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="E365" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F365" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="G365" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="H365" s="0" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="J365" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
         <x:v>575895</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C366" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K366" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
         <x:v>596339</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C367" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="E367" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -24972,51 +24974,51 @@
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K374" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
         <x:v>595</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
         <x:v>596338</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
@@ -25496,398 +25498,398 @@
       <x:c r="J383" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
         <x:v>586287</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="I384" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
         <x:v>586354</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="H385" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
         <x:v>586283</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F386" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G386" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
         <x:v>583765</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>614</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="H387" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
         <x:v>586284</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="I388" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K388" s="14" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
         <x:v>586355</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
         <x:v>596191</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
@@ -25900,51 +25902,51 @@
       <x:c r="J390" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K390" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
         <x:v>596196</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
         <x:v>619</x:v>
       </x:c>
@@ -25954,51 +25956,51 @@
       <x:c r="J391" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
         <x:v>596625</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
@@ -26011,51 +26013,51 @@
       <x:c r="J392" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K392" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
         <x:v>591924</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
         <x:v>620</x:v>
       </x:c>
@@ -27001,51 +27003,51 @@
       <x:c r="E410" s="14" t="s"/>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K410" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>596336</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
@@ -27200,51 +27202,51 @@
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
         <x:v>547027</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
         <x:v>652</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C414" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>649</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s"/>
       <x:c r="I414" s="16" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K414" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -27355,51 +27357,51 @@
       <x:c r="J416" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K416" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
-        <x:v>211</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
         <x:v>547652</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="E417" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -27479,57 +27481,57 @@
       <x:c r="K418" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
-        <x:v>555707</x:v>
+        <x:v>605884</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="E419" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="H419" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
         <x:v>270</x:v>
       </x:c>
@@ -27600,212 +27602,212 @@
       <x:c r="K420" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
         <x:v>660</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
-        <x:v>605884</x:v>
+        <x:v>555707</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="E421" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
         <x:v>604392</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="H422" s="14" t="s"/>
       <x:c r="I422" s="16" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="J422" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K422" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L422" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M422" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N422" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O422" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P422" s="14" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="Q422" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R422" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
         <x:v>617407</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C423" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="E423" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G423" s="0" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="J423" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
         <x:v>616798</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
         <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
@@ -27844,146 +27846,146 @@
       </x:c>
       <x:c r="P424" s="14" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
         <x:v>596215</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="E425" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="H425" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
         <x:v>605995</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
         <x:v>36004</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="I426" s="16" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K426" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
         <x:v>605994</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
@@ -28017,51 +28019,51 @@
       <x:c r="M427" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
         <x:v>565154</x:v>
       </x:c>
       <x:c r="T427" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U427" s="4" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="428" spans="1:21">
       <x:c r="A428" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B428" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C428" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D428" s="15" t="s"/>
       <x:c r="E428" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F428" s="14" t="s"/>
       <x:c r="G428" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="H428" s="14" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="I428" s="16" t="s">
         <x:v>237</x:v>
@@ -28072,57 +28074,57 @@
       <x:c r="K428" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L428" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M428" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N428" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O428" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P428" s="14" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
-        <x:v>617430</x:v>
+        <x:v>517788</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
-        <x:v>325</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="E429" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="H429" s="0" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
@@ -28132,57 +28134,57 @@
       <x:c r="K429" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
-        <x:v>517788</x:v>
+        <x:v>617430</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
-        <x:v>467</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>325</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s"/>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s"/>
       <x:c r="I430" s="16" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -28354,51 +28356,51 @@
       <x:c r="J433" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K433" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L433" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M433" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N433" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O433" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P433" s="0" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="Q433" s="4" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R433" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S433" s="0" t="n">
         <x:v>559105</x:v>
       </x:c>
       <x:c r="T433" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U433" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="434" spans="1:21">
       <x:c r="A434" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B434" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C434" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D434" s="15" t="s"/>
       <x:c r="E434" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -28413,60 +28415,60 @@
       <x:c r="J434" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K434" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L434" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
         <x:v>547827</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="G435" s="0" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
@@ -28727,148 +28729,148 @@
         <x:v>611638</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
-        <x:v>675</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s"/>
       <x:c r="I440" s="16" t="s">
-        <x:v>676</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K440" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
-        <x:v>611633</x:v>
+        <x:v>554260</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C441" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="E441" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G441" s="0" t="s">
-        <x:v>680</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
         <x:v>678</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
         <x:v>679</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
-        <x:v>554260</x:v>
+        <x:v>611633</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C442" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="H442" s="14" t="s"/>
       <x:c r="I442" s="16" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s">
@@ -29090,51 +29092,51 @@
       <x:c r="E446" s="14" t="s"/>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s"/>
       <x:c r="I446" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K446" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>44028</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>682</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
         <x:v>596342</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
@@ -29278,51 +29280,51 @@
       <x:c r="M449" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>684</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>637</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
         <x:v>547449</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
-        <x:v>227</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="I450" s="16" t="s">
         <x:v>265</x:v>
@@ -29336,51 +29338,51 @@
       <x:c r="L450" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
         <x:v>559018</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="E451" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
@@ -29681,51 +29683,51 @@
       <x:c r="M456" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
         <x:v>694</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
         <x:v>565155</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
         <x:v>695</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
         <x:v>696</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
@@ -30398,51 +30400,51 @@
       <x:c r="L468" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
         <x:v>547237</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
         <x:v>704</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C469" s="3" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="E469" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="H469" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
@@ -30458,51 +30460,51 @@
       <x:c r="L469" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
         <x:v>547236</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
         <x:v>705</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C470" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s">
         <x:v>700</x:v>
@@ -31074,161 +31076,161 @@
       </x:c>
       <x:c r="P479" s="0" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
         <x:v>498016</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
-        <x:v>38390</x:v>
+        <x:v>36788</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="I480" s="16" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="K480" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
-        <x:v>34525</x:v>
+        <x:v>44054</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
-        <x:v>545416</x:v>
+        <x:v>622171</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
-        <x:v>711</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
-        <x:v>36788</x:v>
+        <x:v>38390</x:v>
       </x:c>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="E481" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="H481" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
-        <x:v>44054</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
-        <x:v>501259</x:v>
+        <x:v>545416</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
-        <x:v>712</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
         <x:v>36788</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s">
         <x:v>700</x:v>
@@ -31242,57 +31244,57 @@
       <x:c r="K482" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>44054</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
         <x:v>708</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
         <x:v>709</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
         <x:v>710</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
-        <x:v>622171</x:v>
+        <x:v>501259</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="E483" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="H483" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
         <x:v>714</x:v>
       </x:c>
@@ -31302,57 +31304,57 @@
       <x:c r="K483" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
-        <x:v>600198</x:v>
+        <x:v>497188</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="I484" s="16" t="s">
         <x:v>714</x:v>
@@ -31363,57 +31365,57 @@
       <x:c r="K484" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
-        <x:v>497188</x:v>
+        <x:v>600198</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="E485" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G485" s="0" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="H485" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>714</x:v>
       </x:c>
@@ -31619,285 +31621,285 @@
       </x:c>
       <x:c r="P488" s="14" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
         <x:v>600440</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
         <x:v>719</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C489" s="3" t="n">
-        <x:v>38390</x:v>
+        <x:v>38565</x:v>
       </x:c>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="E489" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G489" s="0" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="H489" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="J489" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
-        <x:v>34525</x:v>
+        <x:v>44041</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
-        <x:v>600442</x:v>
+        <x:v>549028</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
-        <x:v>720</x:v>
+        <x:v>591</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
-        <x:v>48</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C490" s="15" t="n">
-        <x:v>38390</x:v>
+        <x:v>38565</x:v>
       </x:c>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="I490" s="16" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K490" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
-        <x:v>34525</x:v>
+        <x:v>44041</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
-        <x:v>497669</x:v>
+        <x:v>497665</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
-        <x:v>358</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
         <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C491" s="3" t="n">
-        <x:v>38565</x:v>
+        <x:v>38390</x:v>
       </x:c>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="E491" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G491" s="0" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="H491" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="J491" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
-        <x:v>44041</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
-        <x:v>549028</x:v>
+        <x:v>497669</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
-        <x:v>591</x:v>
+        <x:v>479</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="C492" s="15" t="n">
-        <x:v>38565</x:v>
+        <x:v>38390</x:v>
       </x:c>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="I492" s="16" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K492" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
-        <x:v>44041</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
-        <x:v>497665</x:v>
+        <x:v>600442</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
-        <x:v>358</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
-        <x:v>479</x:v>
+        <x:v>720</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="E493" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="H493" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
         <x:v>717</x:v>
       </x:c>
@@ -32481,154 +32483,154 @@
       </x:c>
       <x:c r="P503" s="0" t="s">
         <x:v>729</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
         <x:v>596629</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
-        <x:v>38390</x:v>
+        <x:v>36788</x:v>
       </x:c>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s"/>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="H504" s="14" t="s"/>
       <x:c r="I504" s="16" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="K504" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L504" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M504" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
-        <x:v>34525</x:v>
+        <x:v>44054</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
-        <x:v>591923</x:v>
+        <x:v>596628</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">
-        <x:v>36788</x:v>
+        <x:v>38390</x:v>
       </x:c>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="G505" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
-        <x:v>44054</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
         <x:v>730</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
-        <x:v>596628</x:v>
+        <x:v>591923</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s"/>
       <x:c r="I506" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s">
@@ -33068,102 +33070,102 @@
       </x:c>
       <x:c r="P513" s="0" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
         <x:v>578598</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
         <x:v>737</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
         <x:v>738</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C514" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D514" s="15" t="s"/>
       <x:c r="E514" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="H514" s="14" t="s"/>
       <x:c r="I514" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J514" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K514" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
         <x:v>555049</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
-        <x:v>356</x:v>
+        <x:v>357</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C515" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="E515" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -33184,51 +33186,51 @@
       </x:c>
       <x:c r="P515" s="0" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
         <x:v>603240</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C516" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="H516" s="14" t="s"/>
       <x:c r="I516" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J516" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K516" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L516" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -33357,97 +33359,97 @@
       </x:c>
       <x:c r="P518" s="14" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
         <x:v>556579</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C519" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="E519" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G519" s="0" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="I519" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J519" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K519" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L519" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M519" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
         <x:v>603242</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
-        <x:v>212</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
         <x:v>742</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C520" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="H520" s="14" t="s"/>
       <x:c r="I520" s="16" t="s">
@@ -33473,51 +33475,51 @@
       </x:c>
       <x:c r="P520" s="14" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
         <x:v>555043</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C521" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="E521" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G521" s="0" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="I521" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J521" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L521" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M521" s="0" t="s">
         <x:v>73</x:v>
@@ -33530,51 +33532,51 @@
       </x:c>
       <x:c r="P521" s="0" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="Q521" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R521" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S521" s="0" t="n">
         <x:v>603243</x:v>
       </x:c>
       <x:c r="T521" s="4" t="s">
         <x:v>744</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
         <x:v>745</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C522" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D522" s="15" t="s"/>
       <x:c r="E522" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F522" s="14" t="s"/>
       <x:c r="G522" s="14" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="H522" s="14" t="s"/>
       <x:c r="I522" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J522" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K522" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L522" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -33700,51 +33702,51 @@
       </x:c>
       <x:c r="P524" s="14" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="Q524" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R524" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S524" s="14" t="n">
         <x:v>556578</x:v>
       </x:c>
       <x:c r="T524" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="U524" s="16" t="s">
         <x:v>748</x:v>
       </x:c>
     </x:row>
     <x:row r="525" spans="1:21">
       <x:c r="A525" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B525" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C525" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D525" s="3" t="s"/>
       <x:c r="E525" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G525" s="0" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="I525" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J525" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K525" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L525" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M525" s="0" t="s">
         <x:v>73</x:v>
@@ -33757,51 +33759,51 @@
       </x:c>
       <x:c r="P525" s="0" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="Q525" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="R525" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S525" s="0" t="n">
         <x:v>555051</x:v>
       </x:c>
       <x:c r="T525" s="4" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="U525" s="4" t="s">
         <x:v>750</x:v>
       </x:c>
     </x:row>
     <x:row r="526" spans="1:21">
       <x:c r="A526" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B526" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C526" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D526" s="15" t="s"/>
       <x:c r="E526" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F526" s="14" t="s"/>
       <x:c r="G526" s="14" t="s">
         <x:v>739</x:v>
       </x:c>
       <x:c r="H526" s="14" t="s"/>
       <x:c r="I526" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J526" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K526" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L526" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -34045,51 +34047,51 @@
       <x:c r="M530" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N530" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O530" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P530" s="14" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="Q530" s="16" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="R530" s="14" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S530" s="14" t="n">
         <x:v>567057</x:v>
       </x:c>
       <x:c r="T530" s="16" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="U530" s="16" t="s">
-        <x:v>175</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="531" spans="1:21">
       <x:c r="A531" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B531" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C531" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D531" s="3" t="s"/>
       <x:c r="G531" s="0" t="s">
         <x:v>756</x:v>
       </x:c>
       <x:c r="I531" s="4" t="s">
         <x:v>757</x:v>
       </x:c>
       <x:c r="J531" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K531" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -34107,51 +34109,51 @@
       </x:c>
       <x:c r="P531" s="0" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="Q531" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R531" s="0" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="S531" s="0" t="n">
         <x:v>566479</x:v>
       </x:c>
       <x:c r="T531" s="4" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="U531" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="532" spans="1:21">
       <x:c r="A532" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B532" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C532" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D532" s="15" t="s"/>
       <x:c r="E532" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F532" s="14" t="s"/>
       <x:c r="G532" s="14" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="H532" s="14" t="s"/>
       <x:c r="I532" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J532" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K532" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L532" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -34387,114 +34389,114 @@
       <x:c r="K536" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L536" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M536" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N536" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O536" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P536" s="14" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="Q536" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R536" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S536" s="14" t="n">
-        <x:v>553828</x:v>
+        <x:v>553829</x:v>
       </x:c>
       <x:c r="T536" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U536" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:21">
       <x:c r="A537" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C537" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D537" s="3" t="s"/>
       <x:c r="E537" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G537" s="0" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="I537" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J537" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K537" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L537" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M537" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N537" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O537" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P537" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="Q537" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R537" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S537" s="0" t="n">
-        <x:v>553829</x:v>
+        <x:v>553828</x:v>
       </x:c>
       <x:c r="T537" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U537" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:21">
       <x:c r="A538" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B538" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C538" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D538" s="15" t="s"/>
       <x:c r="E538" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F538" s="14" t="s"/>
       <x:c r="G538" s="14" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="H538" s="14" t="s"/>
       <x:c r="I538" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="J538" s="14" t="s">
@@ -34506,51 +34508,51 @@
       <x:c r="L538" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M538" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N538" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O538" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P538" s="14" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="Q538" s="16" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="R538" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S538" s="14" t="n">
         <x:v>504058</x:v>
       </x:c>
       <x:c r="T538" s="16" t="s">
-        <x:v>358</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="U538" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:21">
       <x:c r="A539" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C539" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D539" s="3" t="s"/>
       <x:c r="E539" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G539" s="0" t="s">
         <x:v>761</x:v>
       </x:c>
       <x:c r="I539" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
@@ -34687,489 +34689,489 @@
       </x:c>
       <x:c r="O541" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P541" s="0" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="Q541" s="4" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="R541" s="0" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="S541" s="0" t="n">
         <x:v>611887</x:v>
       </x:c>
       <x:c r="T541" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U541" s="4" t="s">
         <x:v>771</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:21">
       <x:c r="A542" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B542" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C542" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D542" s="15" t="s"/>
-      <x:c r="E542" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E542" s="14" t="s"/>
       <x:c r="F542" s="14" t="s"/>
       <x:c r="G542" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="H542" s="14" t="s"/>
       <x:c r="I542" s="16" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="J542" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K542" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L542" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M542" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N542" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O542" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P542" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="Q542" s="16" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="R542" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S542" s="14" t="n">
-        <x:v>599217</x:v>
+        <x:v>571737</x:v>
       </x:c>
       <x:c r="T542" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U542" s="16" t="s">
-        <x:v>774</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:21">
       <x:c r="A543" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
-        <x:v>775</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C543" s="3" t="n">
-        <x:v>37715</x:v>
+        <x:v>38565</x:v>
       </x:c>
       <x:c r="D543" s="3" t="s"/>
+      <x:c r="E543" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G543" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="I543" s="4" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="J543" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K543" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L543" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M543" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N543" s="3" t="n">
-        <x:v>42056</x:v>
+        <x:v>44041</x:v>
       </x:c>
       <x:c r="O543" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P543" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="Q543" s="4" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="R543" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S543" s="0" t="n">
-        <x:v>573793</x:v>
+        <x:v>545059</x:v>
       </x:c>
       <x:c r="T543" s="4" t="s">
-        <x:v>776</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="U543" s="4" t="s">
-        <x:v>777</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="544" spans="1:21">
       <x:c r="A544" s="13" t="s">
-        <x:v>36</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B544" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="C544" s="15" t="n">
-        <x:v>38565</x:v>
+        <x:v>37715</x:v>
       </x:c>
       <x:c r="D544" s="15" t="s"/>
       <x:c r="E544" s="14" t="s"/>
       <x:c r="F544" s="14" t="s"/>
       <x:c r="G544" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="H544" s="14" t="s"/>
       <x:c r="I544" s="16" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="J544" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K544" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L544" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M544" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N544" s="15" t="n">
-        <x:v>44041</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O544" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P544" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="Q544" s="16" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="R544" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S544" s="14" t="n">
-        <x:v>571737</x:v>
+        <x:v>573793</x:v>
       </x:c>
       <x:c r="T544" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="U544" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>776</x:v>
       </x:c>
     </x:row>
     <x:row r="545" spans="1:21">
       <x:c r="A545" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B545" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C545" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D545" s="3" t="s"/>
       <x:c r="E545" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G545" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="I545" s="4" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="J545" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K545" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L545" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M545" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N545" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O545" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P545" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="Q545" s="4" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="R545" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S545" s="0" t="n">
-        <x:v>545059</x:v>
+        <x:v>599217</x:v>
       </x:c>
       <x:c r="T545" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="U545" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>777</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:21">
       <x:c r="A546" s="13" t="s">
-        <x:v>103</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B546" s="14" t="s">
-        <x:v>775</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C546" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D546" s="15" t="s"/>
-      <x:c r="E546" s="14" t="s"/>
+      <x:c r="E546" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F546" s="14" t="s"/>
       <x:c r="G546" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="H546" s="14" t="s"/>
       <x:c r="I546" s="16" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="J546" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K546" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L546" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M546" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N546" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O546" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P546" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="Q546" s="16" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="R546" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S546" s="14" t="n">
-        <x:v>598414</x:v>
+        <x:v>599218</x:v>
       </x:c>
       <x:c r="T546" s="16" t="s">
-        <x:v>457</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="U546" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:21">
       <x:c r="A547" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="C547" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D547" s="3" t="s"/>
-      <x:c r="E547" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G547" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="I547" s="4" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="J547" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K547" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L547" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M547" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N547" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O547" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P547" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="Q547" s="4" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="R547" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S547" s="0" t="n">
-        <x:v>599218</x:v>
+        <x:v>598414</x:v>
       </x:c>
       <x:c r="T547" s="4" t="s">
-        <x:v>170</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="U547" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:21">
       <x:c r="A548" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B548" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C548" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D548" s="15" t="s"/>
       <x:c r="E548" s="14" t="s"/>
       <x:c r="F548" s="14" t="s"/>
       <x:c r="G548" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="H548" s="14" t="s"/>
       <x:c r="I548" s="16" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="J548" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K548" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L548" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M548" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N548" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O548" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P548" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="Q548" s="16" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="R548" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S548" s="14" t="n">
         <x:v>598416</x:v>
       </x:c>
       <x:c r="T548" s="16" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="U548" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:21">
       <x:c r="A549" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C549" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D549" s="3" t="s"/>
       <x:c r="G549" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="I549" s="4" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="J549" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K549" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L549" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M549" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N549" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O549" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P549" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="Q549" s="4" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="R549" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S549" s="0" t="n">
         <x:v>571739</x:v>
       </x:c>
       <x:c r="T549" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U549" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:21">
       <x:c r="A550" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B550" s="14" t="s">
         <x:v>778</x:v>
       </x:c>
       <x:c r="C550" s="15" t="s"/>
       <x:c r="D550" s="15" t="s"/>
       <x:c r="E550" s="14" t="s"/>
       <x:c r="F550" s="14" t="s"/>
       <x:c r="G550" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
@@ -35178,298 +35180,296 @@
         <x:v>773</x:v>
       </x:c>
       <x:c r="J550" s="14" t="s"/>
       <x:c r="K550" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L550" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M550" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N550" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O550" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P550" s="14" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="Q550" s="16" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="R550" s="14" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S550" s="14" t="n">
         <x:v>573801</x:v>
       </x:c>
       <x:c r="T550" s="16" t="s">
-        <x:v>776</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="U550" s="16" t="s">
         <x:v>779</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:21">
       <x:c r="A551" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C551" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D551" s="3" t="s"/>
       <x:c r="E551" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G551" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="I551" s="4" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="J551" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K551" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L551" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M551" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N551" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O551" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P551" s="0" t="s">
         <x:v>772</x:v>
       </x:c>
       <x:c r="Q551" s="4" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="R551" s="0" t="s">
-        <x:v>192</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S551" s="0" t="n">
         <x:v>599219</x:v>
       </x:c>
       <x:c r="T551" s="4" t="s">
         <x:v>780</x:v>
       </x:c>
       <x:c r="U551" s="4" t="s">
-        <x:v>248</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:21">
       <x:c r="A552" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B552" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C552" s="15" t="n">
-        <x:v>38565</x:v>
+        <x:v>37715</x:v>
       </x:c>
       <x:c r="D552" s="15" t="s"/>
       <x:c r="E552" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F552" s="14" t="s"/>
       <x:c r="G552" s="14" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="H552" s="14" t="s"/>
       <x:c r="I552" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J552" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K552" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L552" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M552" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N552" s="15" t="n">
-        <x:v>44041</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O552" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P552" s="14" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="Q552" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R552" s="14" t="s">
-        <x:v>679</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="S552" s="14" t="n">
-        <x:v>497587</x:v>
+        <x:v>604082</x:v>
       </x:c>
       <x:c r="T552" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U552" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:21">
       <x:c r="A553" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C553" s="3" t="n">
-        <x:v>37715</x:v>
+        <x:v>38565</x:v>
       </x:c>
       <x:c r="D553" s="3" t="s"/>
       <x:c r="E553" s="0" t="s">
-        <x:v>128</x:v>
-[...2 lines deleted...]
-        <x:v>129</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G553" s="0" t="s">
-        <x:v>214</x:v>
-[...2 lines deleted...]
-        <x:v>220</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="I553" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="J553" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K553" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L553" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M553" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N553" s="3" t="n">
-        <x:v>42056</x:v>
+        <x:v>44041</x:v>
       </x:c>
       <x:c r="O553" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P553" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="Q553" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R553" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="S553" s="0" t="n">
-        <x:v>583645</x:v>
+        <x:v>497587</x:v>
       </x:c>
       <x:c r="T553" s="4" t="s">
-        <x:v>210</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U553" s="4" t="s">
-        <x:v>782</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:21">
       <x:c r="A554" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B554" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C554" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D554" s="15" t="s"/>
       <x:c r="E554" s="14" t="s">
-        <x:v>23</x:v>
-[...1 lines deleted...]
-      <x:c r="F554" s="14" t="s"/>
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="F554" s="14" t="s">
+        <x:v>129</x:v>
+      </x:c>
       <x:c r="G554" s="14" t="s">
-        <x:v>781</x:v>
-[...1 lines deleted...]
-      <x:c r="H554" s="14" t="s"/>
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="H554" s="14" t="s">
+        <x:v>220</x:v>
+      </x:c>
       <x:c r="I554" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="J554" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K554" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="L554" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M554" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N554" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O554" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P554" s="14" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="Q554" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R554" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="S554" s="14" t="n">
-        <x:v>604082</x:v>
+        <x:v>583645</x:v>
       </x:c>
       <x:c r="T554" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U554" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>782</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:21">
       <x:c r="A555" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C555" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D555" s="3" t="s"/>
       <x:c r="G555" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="I555" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J555" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K555" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -35533,51 +35533,51 @@
       <x:c r="L556" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M556" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N556" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O556" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P556" s="14" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="Q556" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R556" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S556" s="14" t="n">
         <x:v>609118</x:v>
       </x:c>
       <x:c r="T556" s="16" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="U556" s="16" t="s">
         <x:v>783</x:v>
       </x:c>
     </x:row>
     <x:row r="557" spans="1:21">
       <x:c r="A557" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B557" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C557" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D557" s="3" t="s"/>
       <x:c r="E557" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G557" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="I557" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
@@ -35593,104 +35593,104 @@
       <x:c r="M557" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N557" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O557" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P557" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="Q557" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R557" s="0" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="S557" s="0" t="n">
         <x:v>497588</x:v>
       </x:c>
       <x:c r="T557" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U557" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:21">
       <x:c r="A558" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B558" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C558" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D558" s="15" t="s"/>
       <x:c r="E558" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F558" s="14" t="s"/>
       <x:c r="G558" s="14" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="H558" s="14" t="s"/>
       <x:c r="I558" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J558" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K558" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L558" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M558" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N558" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O558" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P558" s="14" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="Q558" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R558" s="14" t="s">
-        <x:v>784</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="S558" s="14" t="n">
-        <x:v>555063</x:v>
+        <x:v>555064</x:v>
       </x:c>
       <x:c r="T558" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U558" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:21">
       <x:c r="A559" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C559" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D559" s="3" t="s"/>
       <x:c r="E559" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G559" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
@@ -35709,459 +35709,457 @@
       <x:c r="M559" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N559" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O559" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P559" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="Q559" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R559" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S559" s="0" t="n">
         <x:v>497586</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C560" s="15" t="n">
-        <x:v>38565</x:v>
+        <x:v>37715</x:v>
       </x:c>
       <x:c r="D560" s="15" t="s"/>
-      <x:c r="E560" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E560" s="14" t="s"/>
       <x:c r="F560" s="14" t="s"/>
       <x:c r="G560" s="14" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="H560" s="14" t="s"/>
       <x:c r="I560" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J560" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K560" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L560" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M560" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N560" s="15" t="n">
-        <x:v>44041</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O560" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P560" s="14" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="Q560" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R560" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S560" s="14" t="n">
-        <x:v>555064</x:v>
+        <x:v>575110</x:v>
       </x:c>
       <x:c r="T560" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U560" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:21">
       <x:c r="A561" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C561" s="3" t="n">
-        <x:v>37715</x:v>
+        <x:v>38565</x:v>
       </x:c>
       <x:c r="D561" s="3" t="s"/>
+      <x:c r="E561" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G561" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="I561" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J561" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K561" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L561" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M561" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N561" s="3" t="n">
-        <x:v>42056</x:v>
+        <x:v>44041</x:v>
       </x:c>
       <x:c r="O561" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P561" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="Q561" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R561" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="S561" s="0" t="n">
-        <x:v>575110</x:v>
+        <x:v>555063</x:v>
       </x:c>
       <x:c r="T561" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U561" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:21">
       <x:c r="A562" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B562" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C562" s="15" t="n">
-        <x:v>37715</x:v>
+        <x:v>38565</x:v>
       </x:c>
       <x:c r="D562" s="15" t="s"/>
       <x:c r="E562" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F562" s="14" t="s"/>
       <x:c r="G562" s="14" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="H562" s="14" t="s"/>
       <x:c r="I562" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J562" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K562" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L562" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M562" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N562" s="15" t="n">
-        <x:v>42056</x:v>
+        <x:v>44041</x:v>
       </x:c>
       <x:c r="O562" s="14" t="s">
-        <x:v>74</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P562" s="14" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="Q562" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R562" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="S562" s="14" t="n">
-        <x:v>604080</x:v>
+        <x:v>555062</x:v>
       </x:c>
       <x:c r="T562" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U562" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:21">
       <x:c r="A563" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C563" s="3" t="n">
-        <x:v>37715</x:v>
+        <x:v>38565</x:v>
       </x:c>
       <x:c r="D563" s="3" t="s"/>
       <x:c r="E563" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G563" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="I563" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J563" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L563" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M563" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N563" s="3" t="n">
-        <x:v>42056</x:v>
+        <x:v>44041</x:v>
       </x:c>
       <x:c r="O563" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P563" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="Q563" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R563" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="S563" s="0" t="n">
-        <x:v>604081</x:v>
+        <x:v>555065</x:v>
       </x:c>
       <x:c r="T563" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U563" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:21">
       <x:c r="A564" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B564" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C564" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D564" s="15" t="s"/>
       <x:c r="E564" s="14" t="s"/>
       <x:c r="F564" s="14" t="s"/>
       <x:c r="G564" s="14" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="H564" s="14" t="s"/>
       <x:c r="I564" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J564" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K564" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L564" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M564" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N564" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O564" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P564" s="14" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="Q564" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R564" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S564" s="14" t="n">
-        <x:v>609119</x:v>
+        <x:v>575095</x:v>
       </x:c>
       <x:c r="T564" s="16" t="s">
-        <x:v>458</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U564" s="16" t="s">
-        <x:v>247</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:21">
       <x:c r="A565" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C565" s="3" t="n">
-        <x:v>38565</x:v>
+        <x:v>37715</x:v>
       </x:c>
       <x:c r="D565" s="3" t="s"/>
-      <x:c r="E565" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G565" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="I565" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J565" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K565" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L565" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M565" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N565" s="3" t="n">
-        <x:v>44041</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O565" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P565" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="Q565" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R565" s="0" t="s">
-        <x:v>679</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="S565" s="0" t="n">
-        <x:v>555108</x:v>
+        <x:v>575099</x:v>
       </x:c>
       <x:c r="T565" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U565" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:21">
       <x:c r="A566" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B566" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C566" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D566" s="15" t="s"/>
       <x:c r="E566" s="14" t="s"/>
       <x:c r="F566" s="14" t="s"/>
       <x:c r="G566" s="14" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="H566" s="14" t="s"/>
       <x:c r="I566" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J566" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K566" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L566" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M566" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N566" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O566" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P566" s="14" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="Q566" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R566" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="S566" s="14" t="n">
-        <x:v>575098</x:v>
+        <x:v>575109</x:v>
       </x:c>
       <x:c r="T566" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U566" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:21">
       <x:c r="A567" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C567" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D567" s="3" t="s"/>
       <x:c r="E567" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="F567" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="G567" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H567" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I567" s="4" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J567" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K567" s="0" t="s">
         <x:v>133</x:v>
@@ -36237,378 +36235,381 @@
       </x:c>
       <x:c r="P568" s="14" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="Q568" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R568" s="14" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S568" s="14" t="n">
         <x:v>609120</x:v>
       </x:c>
       <x:c r="T568" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="U568" s="16" t="s">
         <x:v>787</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:21">
       <x:c r="A569" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C569" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D569" s="3" t="s"/>
       <x:c r="E569" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G569" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="I569" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J569" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K569" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L569" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M569" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N569" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O569" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P569" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="Q569" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R569" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="S569" s="0" t="n">
         <x:v>604079</x:v>
       </x:c>
       <x:c r="T569" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U569" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="570" spans="1:21">
       <x:c r="A570" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B570" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C570" s="15" t="n">
-        <x:v>38565</x:v>
+        <x:v>37715</x:v>
       </x:c>
       <x:c r="D570" s="15" t="s"/>
       <x:c r="E570" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F570" s="14" t="s"/>
       <x:c r="G570" s="14" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="H570" s="14" t="s"/>
       <x:c r="I570" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J570" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K570" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L570" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M570" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N570" s="15" t="n">
-        <x:v>44041</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O570" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P570" s="14" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="Q570" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R570" s="14" t="s">
-        <x:v>784</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S570" s="14" t="n">
-        <x:v>555062</x:v>
+        <x:v>604080</x:v>
       </x:c>
       <x:c r="T570" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U570" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="571" spans="1:21">
       <x:c r="A571" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B571" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C571" s="3" t="n">
-        <x:v>38565</x:v>
+        <x:v>37715</x:v>
       </x:c>
       <x:c r="D571" s="3" t="s"/>
       <x:c r="E571" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G571" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="I571" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J571" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K571" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L571" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M571" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N571" s="3" t="n">
-        <x:v>44041</x:v>
+        <x:v>42056</x:v>
       </x:c>
       <x:c r="O571" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="P571" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="Q571" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R571" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="S571" s="0" t="n">
-        <x:v>555065</x:v>
+        <x:v>604081</x:v>
       </x:c>
       <x:c r="T571" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="U571" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="572" spans="1:21">
       <x:c r="A572" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B572" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C572" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D572" s="15" t="s"/>
       <x:c r="E572" s="14" t="s"/>
       <x:c r="F572" s="14" t="s"/>
       <x:c r="G572" s="14" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="H572" s="14" t="s"/>
       <x:c r="I572" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J572" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K572" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="L572" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M572" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N572" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O572" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P572" s="14" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="Q572" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R572" s="14" t="s">
-        <x:v>238</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="S572" s="14" t="n">
-        <x:v>575095</x:v>
+        <x:v>609119</x:v>
       </x:c>
       <x:c r="T572" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="U572" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:21">
       <x:c r="A573" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C573" s="3" t="n">
-        <x:v>37715</x:v>
+        <x:v>38565</x:v>
       </x:c>
       <x:c r="D573" s="3" t="s"/>
+      <x:c r="E573" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G573" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="I573" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J573" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K573" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L573" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="M573" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N573" s="3" t="n">
-        <x:v>42056</x:v>
+        <x:v>44041</x:v>
       </x:c>
       <x:c r="O573" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P573" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="Q573" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R573" s="0" t="s">
-        <x:v>784</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="S573" s="0" t="n">
-        <x:v>575099</x:v>
+        <x:v>555108</x:v>
       </x:c>
       <x:c r="T573" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U573" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>47</x:v>
       </x:c>
     </x:row>
     <x:row r="574" spans="1:21">
       <x:c r="A574" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B574" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C574" s="15" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D574" s="15" t="s"/>
       <x:c r="E574" s="14" t="s"/>
       <x:c r="F574" s="14" t="s"/>
       <x:c r="G574" s="14" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="H574" s="14" t="s"/>
       <x:c r="I574" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J574" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K574" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L574" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M574" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N574" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O574" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P574" s="14" t="s">
         <x:v>781</x:v>
       </x:c>
       <x:c r="Q574" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R574" s="14" t="s">
-        <x:v>679</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="S574" s="14" t="n">
-        <x:v>575109</x:v>
+        <x:v>575098</x:v>
       </x:c>
       <x:c r="T574" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U574" s="16" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:21">
       <x:c r="A575" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C575" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D575" s="3" t="s"/>
       <x:c r="E575" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G575" s="0" t="s">
         <x:v>781</x:v>
       </x:c>
@@ -37141,51 +37142,51 @@
       <x:c r="J584" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K584" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L584" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M584" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N584" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O584" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P584" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q584" s="16" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="R584" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S584" s="14" t="n">
         <x:v>602606</x:v>
       </x:c>
       <x:c r="T584" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U584" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:21">
       <x:c r="A585" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C585" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D585" s="3" t="s"/>
       <x:c r="E585" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -37198,51 +37199,51 @@
       <x:c r="J585" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K585" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L585" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M585" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N585" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O585" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P585" s="0" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q585" s="4" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="R585" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S585" s="0" t="n">
         <x:v>547149</x:v>
       </x:c>
       <x:c r="T585" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U585" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:21">
       <x:c r="A586" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B586" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C586" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D586" s="15" t="s"/>
       <x:c r="E586" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -37257,51 +37258,51 @@
       <x:c r="J586" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K586" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L586" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M586" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N586" s="15" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O586" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P586" s="14" t="s">
         <x:v>796</x:v>
       </x:c>
       <x:c r="Q586" s="16" t="s">
         <x:v>797</x:v>
       </x:c>
       <x:c r="R586" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S586" s="14" t="n">
         <x:v>498171</x:v>
       </x:c>
       <x:c r="T586" s="16" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U586" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:21">
       <x:c r="A587" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C587" s="3" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D587" s="3" t="s"/>
       <x:c r="G587" s="0" t="s">
         <x:v>798</x:v>
       </x:c>
@@ -37320,51 +37321,51 @@
       <x:c r="M587" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N587" s="3" t="n">
         <x:v>44041</x:v>
       </x:c>
       <x:c r="O587" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P587" s="0" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="Q587" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R587" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="S587" s="0" t="n">
         <x:v>572632</x:v>
       </x:c>
       <x:c r="T587" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U587" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:21">
       <x:c r="A588" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B588" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C588" s="15" t="n">
         <x:v>38565</x:v>
       </x:c>
       <x:c r="D588" s="15" t="s"/>
       <x:c r="E588" s="14" t="s"/>
       <x:c r="F588" s="14" t="s"/>
       <x:c r="G588" s="14" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="H588" s="14" t="s"/>
       <x:c r="I588" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J588" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -37498,51 +37499,51 @@
       </x:c>
       <x:c r="P590" s="14" t="s">
         <x:v>802</x:v>
       </x:c>
       <x:c r="Q590" s="16" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="R590" s="14" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="S590" s="14" t="n">
         <x:v>548582</x:v>
       </x:c>
       <x:c r="T590" s="16" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="U590" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:21">
       <x:c r="A591" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C591" s="3" t="n">
         <x:v>37715</x:v>
       </x:c>
       <x:c r="D591" s="3" t="s"/>
       <x:c r="E591" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G591" s="0" t="s">
         <x:v>802</x:v>
       </x:c>
       <x:c r="I591" s="4" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="J591" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K591" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L591" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M591" s="0" t="s">
         <x:v>381</x:v>
@@ -37762,51 +37763,51 @@
       <x:c r="I595" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="K595" s="0" t="s">
         <x:v>807</x:v>
       </x:c>
       <x:c r="L595" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M595" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N595" s="3" t="n">
         <x:v>43441</x:v>
       </x:c>
       <x:c r="O595" s="0" t="s">
         <x:v>808</x:v>
       </x:c>
       <x:c r="P595" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="Q595" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="R595" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S595" s="0" t="n">
         <x:v>588557</x:v>
       </x:c>
       <x:c r="T595" s="4" t="s">
         <x:v>809</x:v>
       </x:c>
       <x:c r="U595" s="4" t="s">
         <x:v>810</x:v>
       </x:c>
     </x:row>
     <x:row r="596" spans="1:21">
       <x:c r="A596" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B596" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C596" s="15" t="s"/>
       <x:c r="D596" s="15" t="s"/>
       <x:c r="E596" s="14" t="s"/>
       <x:c r="F596" s="14" t="s"/>
       <x:c r="G596" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
@@ -37815,100 +37816,100 @@
         <x:v>524</x:v>
       </x:c>
       <x:c r="J596" s="14" t="s"/>
       <x:c r="K596" s="14" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="L596" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M596" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N596" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O596" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P596" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="Q596" s="16" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="R596" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S596" s="14" t="n">
         <x:v>617466</x:v>
       </x:c>
       <x:c r="T596" s="16" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="U596" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="597" spans="1:21">
       <x:c r="A597" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B597" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C597" s="3" t="s"/>
       <x:c r="D597" s="3" t="s"/>
       <x:c r="G597" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="I597" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="K597" s="0" t="s">
         <x:v>811</x:v>
       </x:c>
       <x:c r="L597" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M597" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N597" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O597" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P597" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="Q597" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="R597" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S597" s="0" t="n">
         <x:v>617467</x:v>
       </x:c>
       <x:c r="T597" s="4" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="U597" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="598" spans="1:21">
       <x:c r="A598" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B598" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C598" s="15" t="s"/>
       <x:c r="D598" s="15" t="s"/>
       <x:c r="E598" s="14" t="s"/>
       <x:c r="F598" s="14" t="s"/>
       <x:c r="G598" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
@@ -37917,100 +37918,100 @@
         <x:v>524</x:v>
       </x:c>
       <x:c r="J598" s="14" t="s"/>
       <x:c r="K598" s="14" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="L598" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M598" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N598" s="15" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O598" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P598" s="14" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="Q598" s="16" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="R598" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S598" s="14" t="n">
         <x:v>617465</x:v>
       </x:c>
       <x:c r="T598" s="16" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="U598" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="599" spans="1:21">
       <x:c r="A599" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B599" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C599" s="3" t="s"/>
       <x:c r="D599" s="3" t="s"/>
       <x:c r="G599" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="I599" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="K599" s="0" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="L599" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="M599" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N599" s="3" t="n">
         <x:v>42056</x:v>
       </x:c>
       <x:c r="O599" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P599" s="0" t="s">
         <x:v>806</x:v>
       </x:c>
       <x:c r="Q599" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="R599" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="S599" s="0" t="n">
         <x:v>617463</x:v>
       </x:c>
       <x:c r="T599" s="4" t="s">
         <x:v>812</x:v>
       </x:c>
       <x:c r="U599" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="600" spans="1:21">
       <x:c r="A600" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B600" s="14" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="C600" s="15" t="s"/>
       <x:c r="D600" s="15" t="s"/>
       <x:c r="E600" s="14" t="s"/>
       <x:c r="F600" s="14" t="s"/>
       <x:c r="G600" s="14" t="s">
         <x:v>815</x:v>
       </x:c>