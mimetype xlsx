--- v2 (2026-02-19)
+++ v3 (2026-02-19)
@@ -491,92 +491,92 @@
   <x:si>
     <x:t>Thérapie corporelle</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien 2 en hypnose et communication ericksonienne (combiné)</x:t>
   </x:si>
   <x:si>
     <x:t>03/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Hypnose et stratégies d'accompagnement</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Praticien en hypnose conversationnelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cycle 1 Hypnose et communication ericksonienne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Praticien 1 - Hypnose et communication ericksonienne - Initiale</x:t>
   </x:si>
   <x:si>
+    <x:t>05/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Technicien 2 en hypnose et communication ericksonienne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/11/2026 00:00:00</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>Technicien en hypnose et communication ericksonienne (combiné)</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien 2 - Hypnose et communication ericksonienne - Initiale</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/21/2026 00:00:00</x:t>
@@ -1115,68 +1115,68 @@
   <x:si>
     <x:t>07/04/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sophrologie et sophro-analyse</x:t>
   </x:si>
   <x:si>
     <x:t>08/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole de Sophrologie Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>13400</x:t>
   </x:si>
   <x:si>
+    <x:t>04/21/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/08/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/21/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>12/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Apprendre et pratiquer la naturopathie</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Naturospirit</x:t>
   </x:si>
   <x:si>
     <x:t>92200</x:t>
   </x:si>
   <x:si>
     <x:t>10/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2026 00:00:00</x:t>
@@ -2261,65 +2261,65 @@
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Art thérapie premium</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Elu , Enseignant , Formateur , Handicapé moteur</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public sans emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>12/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Spécialisations en sophrologie</x:t>
   </x:si>
   <x:si>
     <x:t>Enseignant , Formateur , Particulier, individuel , Profession libérale , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>06/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/14/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/09/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Autre public , Demandeur d'emploi , Enseignant , Formateur , Handicapé moteur</x:t>
   </x:si>
   <x:si>
     <x:t>Hypnose</x:t>
   </x:si>
   <x:si>
     <x:t>05/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Pilates pour seniors</x:t>
   </x:si>
   <x:si>
     <x:t>Prepa-Sports Pro</x:t>
   </x:si>
   <x:si>
     <x:t>Pilates - Utilisation du petit matériel</x:t>
   </x:si>
   <x:si>
     <x:t>11/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/29/2026 00:00:00</x:t>
@@ -2348,59 +2348,59 @@
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien spécialisé en danse-thérapie contemporaine : organiser un dispositif de danse-thérapie contemporaine</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Demandeur d'emploi , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Acquisition de compétences en médiation artistique</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Autre public , Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Module d’acquisition de compétences en danse-thérapie</x:t>
   </x:si>
   <x:si>
     <x:t>Animer un atelier de ludothérapie</x:t>
   </x:si>
   <x:si>
+    <x:t>Médiateur artistique : organiser et conduire un atelier de médiation artistique</x:t>
+  </x:si>
+  <x:si>
     <x:t>Art-thérapeute spécialisé en Art-thérapie Contemporaine (1 année)</x:t>
   </x:si>
   <x:si>
     <x:t>Art-thérapeute spécialisé en Art-thérapie Contemporaine (2 années)</x:t>
   </x:si>
   <x:si>
-    <x:t>Médiateur artistique : organiser et conduire un atelier de médiation artistique</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Purnata Yoga</x:t>
   </x:si>
   <x:si>
     <x:t>LA CRAU</x:t>
   </x:si>
   <x:si>
     <x:t>01/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur yoga séniors sur chaise</x:t>
   </x:si>
   <x:si>
     <x:t>Formation formateur spécialisé</x:t>
   </x:si>
   <x:si>
     <x:t>Quantesens Formations</x:t>
   </x:si>
   <x:si>
     <x:t>13600</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Enseignant , Profession libérale , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
@@ -2807,102 +2807,102 @@
   <x:si>
     <x:t>Université de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>UTLN</x:t>
   </x:si>
   <x:si>
     <x:t>83041</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Uniyoga</x:t>
   </x:si>
   <x:si>
     <x:t>06370</x:t>
   </x:si>
   <x:si>
     <x:t>MOUANS-SARTOUX</x:t>
   </x:si>
   <x:si>
     <x:t>03/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Massage amma assis pro</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Xavier Court</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75017</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Massage amma assis standard</x:t>
   </x:si>
   <x:si>
-    <x:t>Xavier Court</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>02/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Xavier Court - Ressources</x:t>
   </x:si>
   <x:si>
+    <x:t>Les massages du monde</x:t>
+  </x:si>
+  <x:si>
     <x:t>Yoann Fonte</x:t>
   </x:si>
   <x:si>
+    <x:t>Devenir masseur bien-être</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage enfant (de 2 à 12 ans)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage Hawaïen Lomi Lomi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conseils en gemmothérapie - Bourgeons et infusions</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Accompagnement énergétique - Massages énergétiques - Bols tibétains - Réflexologie</x:t>
+  </x:si>
+  <x:si>
     <x:t>Massage californien et/ou suédois</x:t>
   </x:si>
   <x:si>
     <x:t>Réflexologie palmaire énergétique</x:t>
   </x:si>
   <x:si>
     <x:t>Massage thaïlandais</x:t>
   </x:si>
   <x:si>
     <x:t>Massage bébé Shantala</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>Accompagnement énergétique - Massages énergétiques - Bols tibétains - Réflexologie</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Chinois - Tui Na bien-être - Niveau 1</x:t>
   </x:si>
   <x:si>
     <x:t>Conseils en aromathérapie - Huiles essentielles, hydrolats et huiles végétales</x:t>
   </x:si>
   <x:si>
     <x:t>Massage ayurvédique Abhyanga</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Deep Tissue - Niveau 1</x:t>
   </x:si>
   <x:si>
     <x:t>Conseils en phytologie - Huiles essentielles et végétales - Hydrolats - Bourgeons et Infusions - Fleurs de Bach</x:t>
   </x:si>
   <x:si>
     <x:t>Massage sonore aux bols chantants tibétains</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien(ne) en drainage lymphatique bien-être corps et visage</x:t>
   </x:si>
   <x:si>
     <x:t>Les bases du massage bien-être</x:t>
   </x:si>
@@ -5005,313 +5005,313 @@
         <x:v>131</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s"/>
       <x:c r="K30" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>580512</x:v>
+        <x:v>585384</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>580514</x:v>
+        <x:v>618150</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>585384</x:v>
+        <x:v>599685</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>618150</x:v>
+        <x:v>580510</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>599685</x:v>
+        <x:v>580512</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>580510</x:v>
+        <x:v>580514</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
@@ -5328,100 +5328,100 @@
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>579939</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>580507</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
@@ -5479,195 +5479,195 @@
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>580517</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>145</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>581476</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>580519</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>579932</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>52</x:v>
@@ -5675,51 +5675,51 @@
       <x:c r="M43" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>599687</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>35944</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -6706,51 +6706,51 @@
       <x:c r="M63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>542235</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C64" s="15" t="s"/>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s"/>
       <x:c r="K64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
@@ -8510,51 +8510,51 @@
       <x:c r="L98" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>602498</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>52</x:v>
@@ -8931,84 +8931,89 @@
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
         <x:v>578782</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
         <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="C107" s="3" t="s"/>
+      <x:c r="C107" s="3" t="n">
+        <x:v>36147</x:v>
+      </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
+      <x:c r="J107" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>616383</x:v>
+        <x:v>544589</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C108" s="15" t="s"/>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
         <x:v>347</x:v>
@@ -9017,105 +9022,100 @@
       <x:c r="K108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>616385</x:v>
+        <x:v>616383</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="C109" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C109" s="3" t="s"/>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="J109" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>544589</x:v>
+        <x:v>616385</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C110" s="15" t="s"/>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
         <x:v>347</x:v>
@@ -10060,100 +10060,100 @@
       <x:c r="L128" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>617960</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>617961</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>406</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
@@ -10214,51 +10214,51 @@
       <x:c r="M131" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>617964</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
@@ -10570,51 +10570,51 @@
       <x:c r="L138" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>618112</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>52</x:v>
@@ -11805,451 +11805,451 @@
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>598477</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>598447</x:v>
+        <x:v>579680</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>429</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C164" s="15" t="s"/>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s"/>
       <x:c r="K164" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>598448</x:v>
+        <x:v>579681</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>429</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>598451</x:v>
+        <x:v>598447</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>430</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s"/>
       <x:c r="K166" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>598454</x:v>
+        <x:v>598448</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s"/>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>598476</x:v>
+        <x:v>598451</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>437</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s"/>
       <x:c r="K168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>598479</x:v>
+        <x:v>598454</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>579680</x:v>
+        <x:v>598476</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>579681</x:v>
+        <x:v>598479</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>436</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>53</x:v>
@@ -13274,51 +13274,51 @@
       <x:c r="M191" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>616440</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C192" s="15" t="s"/>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s"/>
       <x:c r="K192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
@@ -13376,51 +13376,51 @@
       <x:c r="M193" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>586607</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="C194" s="15" t="s"/>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s"/>
       <x:c r="I194" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s"/>
       <x:c r="K194" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
@@ -13531,51 +13531,51 @@
       <x:c r="M196" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>615213</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="C197" s="3" t="s"/>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>53</x:v>
@@ -14498,51 +14498,51 @@
       <x:c r="M215" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
         <x:v>600759</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C216" s="15" t="s"/>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s"/>
       <x:c r="K216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
@@ -14551,51 +14551,51 @@
       <x:c r="M216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>586579</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="C217" s="3" t="s"/>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="G217" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>29</x:v>
@@ -14650,51 +14650,51 @@
       <x:c r="L218" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
         <x:v>586571</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="C219" s="3" t="s"/>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>52</x:v>
@@ -14956,51 +14956,51 @@
       <x:c r="L224" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>617969</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C225" s="3" t="s"/>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="H225" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>27</x:v>
@@ -17403,51 +17403,51 @@
       <x:c r="M270" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
         <x:v>540642</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="C271" s="3" t="s"/>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>102</x:v>
@@ -18064,51 +18064,51 @@
       <x:c r="M283" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>574024</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="C284" s="15" t="s"/>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s"/>
       <x:c r="K284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
@@ -18639,51 +18639,51 @@
       <x:c r="M294" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>619</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>490437</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="C295" s="3" t="s"/>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>618</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>52</x:v>
@@ -20737,51 +20737,51 @@
       <x:c r="L335" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
         <x:v>616986</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>719</x:v>
       </x:c>
       <x:c r="C336" s="15" t="s"/>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s"/>
       <x:c r="K336" s="14" t="s">
@@ -21096,156 +21096,156 @@
       <x:c r="L342" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>612767</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>729</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
-        <x:v>730</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C343" s="3" t="s"/>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
-        <x:v>731</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
-        <x:v>43444</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
-        <x:v>575830</x:v>
+        <x:v>612768</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
-        <x:v>732</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
-        <x:v>733</x:v>
+        <x:v>729</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
-        <x:v>437</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="C344" s="15" t="s"/>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s"/>
       <x:c r="K344" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>612768</x:v>
+        <x:v>575830</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
+        <x:v>733</x:v>
+      </x:c>
+      <x:c r="U344" s="16" t="s">
         <x:v>734</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>729</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C345" s="3" t="s"/>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>53</x:v>
@@ -21934,233 +21934,233 @@
         <x:v>564162</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="C359" s="3" t="s"/>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>495568</x:v>
+        <x:v>573783</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
-        <x:v>665</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="C360" s="15" t="s"/>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s"/>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s"/>
       <x:c r="I360" s="16" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s"/>
       <x:c r="K360" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
-        <x:v>495575</x:v>
+        <x:v>495568</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
-        <x:v>759</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="C361" s="3" t="s"/>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L361" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M361" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N361" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O361" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P361" s="0" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="Q361" s="4" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="R361" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
-        <x:v>535904</x:v>
+        <x:v>495575</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
-        <x:v>761</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="C362" s="15" t="s"/>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s"/>
       <x:c r="K362" s="14" t="s">
-        <x:v>753</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>573783</x:v>
+        <x:v>535904</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="C363" s="3" t="s"/>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="H363" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>633</x:v>
@@ -22223,51 +22223,51 @@
       <x:c r="L364" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>44587</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
         <x:v>611696</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
-        <x:v>146</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>683</x:v>
       </x:c>
       <x:c r="C365" s="3" t="s"/>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="H365" s="0" t="s">
         <x:v>762</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>27</x:v>
@@ -27060,51 +27060,51 @@
       <x:c r="M457" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
         <x:v>583216</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
         <x:v>875</x:v>
       </x:c>
       <x:c r="C458" s="15" t="s"/>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s"/>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="H458" s="14" t="s"/>
       <x:c r="I458" s="16" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s"/>
       <x:c r="K458" s="14" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
@@ -27113,51 +27113,51 @@
       <x:c r="M458" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
         <x:v>586349</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="C459" s="3" t="s"/>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="G459" s="0" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>53</x:v>
@@ -27311,106 +27311,106 @@
       <x:c r="K462" s="14" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
-        <x:v>586347</x:v>
+        <x:v>566057</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
-        <x:v>563</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>875</x:v>
       </x:c>
       <x:c r="C463" s="3" t="s"/>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="G463" s="0" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
         <x:v>876</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
         <x:v>860</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
-        <x:v>566057</x:v>
+        <x:v>586347</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="C464" s="15" t="s"/>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s"/>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="H464" s="14" t="s"/>
       <x:c r="I464" s="16" t="s">
         <x:v>881</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s"/>
       <x:c r="K464" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
@@ -28144,117 +28144,117 @@
         <x:v>914</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s"/>
       <x:c r="K478" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
         <x:v>913</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
-        <x:v>552624</x:v>
+        <x:v>552595</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
-        <x:v>915</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C479" s="3" t="s"/>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
         <x:v>913</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
         <x:v>913</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
-        <x:v>552595</x:v>
+        <x:v>552624</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
-        <x:v>916</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
-        <x:v>915</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="C480" s="15" t="s"/>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s"/>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>913</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s"/>
       <x:c r="K480" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
@@ -28263,100 +28263,100 @@
       </x:c>
       <x:c r="P480" s="14" t="s">
         <x:v>913</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
         <x:v>552603</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
-        <x:v>915</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="C481" s="3" t="s"/>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="G481" s="0" t="s">
         <x:v>913</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
         <x:v>913</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
         <x:v>552601</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>917</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
-        <x:v>912</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C482" s="15" t="s"/>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s"/>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
         <x:v>913</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s"/>
       <x:c r="I482" s="16" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s"/>
       <x:c r="K482" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
@@ -28365,100 +28365,100 @@
       </x:c>
       <x:c r="P482" s="14" t="s">
         <x:v>913</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
         <x:v>552623</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
         <x:v>917</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
-        <x:v>912</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C483" s="3" t="s"/>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="G483" s="0" t="s">
         <x:v>918</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
         <x:v>918</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
         <x:v>597611</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
         <x:v>543</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
-        <x:v>915</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="C484" s="15" t="s"/>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s"/>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
         <x:v>918</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s"/>
       <x:c r="K484" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
@@ -28467,1558 +28467,1558 @@
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>918</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
         <x:v>597610</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
-        <x:v>915</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C485" s="3" t="s"/>
       <x:c r="D485" s="3" t="s"/>
       <x:c r="G485" s="0" t="s">
         <x:v>918</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
         <x:v>918</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
-        <x:v>566488</x:v>
+        <x:v>566786</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
-        <x:v>916</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
-        <x:v>915</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="C486" s="15" t="s"/>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
         <x:v>918</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s"/>
       <x:c r="I486" s="16" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s"/>
       <x:c r="K486" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
         <x:v>918</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
-        <x:v>566490</x:v>
+        <x:v>566489</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
-        <x:v>240</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>912</x:v>
       </x:c>
       <x:c r="C487" s="3" t="s"/>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="G487" s="0" t="s">
         <x:v>918</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
         <x:v>918</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
-        <x:v>566786</x:v>
+        <x:v>566488</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
-        <x:v>915</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="C488" s="15" t="s"/>
       <x:c r="D488" s="15" t="s"/>
       <x:c r="E488" s="14" t="s"/>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
         <x:v>918</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s"/>
       <x:c r="I488" s="16" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s"/>
       <x:c r="K488" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
         <x:v>918</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
         <x:v>914</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
-        <x:v>566489</x:v>
+        <x:v>566490</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
-        <x:v>917</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
-        <x:v>830</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="C489" s="3" t="s"/>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="G489" s="0" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N489" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O489" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P489" s="0" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="Q489" s="4" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="R489" s="0" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="S489" s="0" t="n">
-        <x:v>577458</x:v>
+        <x:v>604528</x:v>
       </x:c>
       <x:c r="T489" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U489" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="490" spans="1:21">
       <x:c r="A490" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B490" s="14" t="s">
-        <x:v>920</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="C490" s="15" t="s"/>
       <x:c r="D490" s="15" t="s"/>
       <x:c r="E490" s="14" t="s"/>
       <x:c r="F490" s="14" t="s"/>
       <x:c r="G490" s="14" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="H490" s="14" t="s"/>
       <x:c r="I490" s="16" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="J490" s="14" t="s"/>
       <x:c r="K490" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L490" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M490" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N490" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O490" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P490" s="14" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="Q490" s="16" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="R490" s="14" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="S490" s="14" t="n">
-        <x:v>577468</x:v>
+        <x:v>576554</x:v>
       </x:c>
       <x:c r="T490" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U490" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="491" spans="1:21">
       <x:c r="A491" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B491" s="0" t="s">
-        <x:v>921</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="C491" s="3" t="s"/>
       <x:c r="D491" s="3" t="s"/>
       <x:c r="G491" s="0" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="I491" s="4" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="K491" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L491" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
-        <x:v>577476</x:v>
+        <x:v>579377</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
-        <x:v>922</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="C492" s="15" t="s"/>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s"/>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s"/>
       <x:c r="I492" s="16" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s"/>
       <x:c r="K492" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L492" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
-        <x:v>577533</x:v>
+        <x:v>577482</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
-        <x:v>923</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="C493" s="3" t="s"/>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="G493" s="0" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="R493" s="0" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="S493" s="0" t="n">
-        <x:v>577459</x:v>
+        <x:v>577531</x:v>
       </x:c>
       <x:c r="T493" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U493" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="494" spans="1:21">
       <x:c r="A494" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B494" s="14" t="s">
         <x:v>924</x:v>
       </x:c>
       <x:c r="C494" s="15" t="s"/>
       <x:c r="D494" s="15" t="s"/>
       <x:c r="E494" s="14" t="s"/>
       <x:c r="F494" s="14" t="s"/>
       <x:c r="G494" s="14" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="H494" s="14" t="s"/>
       <x:c r="I494" s="16" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="J494" s="14" t="s"/>
       <x:c r="K494" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L494" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M494" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="N494" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O494" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P494" s="14" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="Q494" s="16" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="R494" s="14" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="S494" s="14" t="n">
-        <x:v>604528</x:v>
+        <x:v>577532</x:v>
       </x:c>
       <x:c r="T494" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U494" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="495" spans="1:21">
       <x:c r="A495" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B495" s="0" t="s">
         <x:v>925</x:v>
       </x:c>
       <x:c r="C495" s="3" t="s"/>
       <x:c r="D495" s="3" t="s"/>
       <x:c r="G495" s="0" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
-        <x:v>576554</x:v>
+        <x:v>577454</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
-        <x:v>926</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="C496" s="15" t="s"/>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s"/>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s"/>
       <x:c r="K496" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O496" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P496" s="14" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="Q496" s="16" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="R496" s="14" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="S496" s="14" t="n">
-        <x:v>579377</x:v>
+        <x:v>577456</x:v>
       </x:c>
       <x:c r="T496" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U496" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="497" spans="1:21">
       <x:c r="A497" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B497" s="0" t="s">
-        <x:v>927</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C497" s="3" t="s"/>
       <x:c r="D497" s="3" t="s"/>
       <x:c r="G497" s="0" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="I497" s="4" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="K497" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L497" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M497" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N497" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O497" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P497" s="0" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
-        <x:v>577482</x:v>
+        <x:v>577507</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
-        <x:v>455</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="C498" s="15" t="s"/>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s"/>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s"/>
       <x:c r="I498" s="16" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s"/>
       <x:c r="K498" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
-        <x:v>43438</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O498" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="P498" s="14" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="Q498" s="16" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="R498" s="14" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="S498" s="14" t="n">
-        <x:v>577531</x:v>
+        <x:v>577458</x:v>
       </x:c>
       <x:c r="T498" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U498" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="499" spans="1:21">
       <x:c r="A499" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B499" s="0" t="s">
-        <x:v>928</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="C499" s="3" t="s"/>
       <x:c r="D499" s="3" t="s"/>
       <x:c r="G499" s="0" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="I499" s="4" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="K499" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L499" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
-        <x:v>43438</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
-        <x:v>577532</x:v>
+        <x:v>577468</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
-        <x:v>929</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="C500" s="15" t="s"/>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s"/>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s"/>
       <x:c r="I500" s="16" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="J500" s="14" t="s"/>
       <x:c r="K500" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L500" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M500" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N500" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O500" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P500" s="14" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="Q500" s="16" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="R500" s="14" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="S500" s="14" t="n">
-        <x:v>577454</x:v>
+        <x:v>577476</x:v>
       </x:c>
       <x:c r="T500" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U500" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="501" spans="1:21">
       <x:c r="A501" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B501" s="0" t="s">
-        <x:v>831</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="C501" s="3" t="s"/>
       <x:c r="D501" s="3" t="s"/>
       <x:c r="G501" s="0" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="I501" s="4" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="K501" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L501" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M501" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
-        <x:v>577456</x:v>
+        <x:v>577533</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="C502" s="15" t="s"/>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s"/>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s"/>
       <x:c r="I502" s="16" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s"/>
       <x:c r="K502" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="Q502" s="16" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="R502" s="14" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="S502" s="14" t="n">
-        <x:v>577507</x:v>
+        <x:v>577459</x:v>
       </x:c>
       <x:c r="T502" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U502" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="503" spans="1:21">
       <x:c r="A503" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B503" s="0" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="C503" s="3" t="s"/>
       <x:c r="D503" s="3" t="s"/>
       <x:c r="G503" s="0" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="I503" s="4" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="K503" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L503" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M503" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N503" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O503" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
         <x:v>577478</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
         <x:v>930</x:v>
       </x:c>
       <x:c r="C504" s="15" t="s"/>
       <x:c r="D504" s="15" t="s"/>
       <x:c r="E504" s="14" t="s"/>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="H504" s="14" t="s"/>
       <x:c r="I504" s="16" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s"/>
       <x:c r="K504" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L504" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M504" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
         <x:v>577479</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>931</x:v>
       </x:c>
       <x:c r="C505" s="3" t="s"/>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="G505" s="0" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="K505" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L505" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M505" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
         <x:v>577530</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="C506" s="15" t="s"/>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s"/>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s"/>
       <x:c r="I506" s="16" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s"/>
       <x:c r="K506" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
         <x:v>577457</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
         <x:v>933</x:v>
       </x:c>
       <x:c r="C507" s="3" t="s"/>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="G507" s="0" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
         <x:v>577505</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
         <x:v>851</x:v>
       </x:c>
       <x:c r="C508" s="15" t="s"/>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s"/>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="H508" s="14" t="s"/>
       <x:c r="I508" s="16" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="J508" s="14" t="s"/>
       <x:c r="K508" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O508" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P508" s="14" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
         <x:v>577460</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>934</x:v>
       </x:c>
       <x:c r="C509" s="3" t="s"/>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="G509" s="0" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
         <x:v>577455</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
         <x:v>935</x:v>
       </x:c>
       <x:c r="C510" s="15" t="s"/>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s"/>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="H510" s="14" t="s"/>
       <x:c r="I510" s="16" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="J510" s="14" t="s"/>
       <x:c r="K510" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
         <x:v>577475</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>936</x:v>
       </x:c>
       <x:c r="C511" s="3" t="s"/>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="G511" s="0" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O511" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P511" s="0" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="S511" s="0" t="n">
         <x:v>577510</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
         <x:v>889</x:v>
       </x:c>
       <x:c r="C512" s="15" t="s"/>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s"/>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="H512" s="14" t="s"/>
       <x:c r="I512" s="16" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="J512" s="14" t="s"/>
       <x:c r="K512" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L512" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M512" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N512" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O512" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P512" s="14" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
         <x:v>577512</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
         <x:v>937</x:v>
       </x:c>
       <x:c r="C513" s="3" t="s"/>
       <x:c r="D513" s="3" t="s"/>
       <x:c r="G513" s="0" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
         <x:v>603664</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
         <x:v>938</x:v>
       </x:c>
       <x:c r="C514" s="15" t="s"/>
       <x:c r="D514" s="15" t="s"/>
       <x:c r="E514" s="14" t="s"/>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="H514" s="14" t="s"/>
       <x:c r="I514" s="16" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="J514" s="14" t="s"/>
       <x:c r="K514" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
         <x:v>577486</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>939</x:v>
       </x:c>
       <x:c r="C515" s="3" t="s"/>