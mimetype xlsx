--- v2 (2026-02-19)
+++ v3 (2026-02-19)
@@ -794,65 +794,65 @@
   <x:si>
     <x:t>Demandeur d'emploi , Handicapé moteur , Profession libérale , Public en emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Psychologie</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Psychopraticien, parcours réservé aux licenciés en psychologie</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Handicapé moteur , Particulier, individuel , Public de la formation initiale , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/01/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Enseignant de Yoga</x:t>
   </x:si>
   <x:si>
     <x:t>Centre d'Enseignement et de Formation au Yoga</x:t>
   </x:si>
   <x:si>
     <x:t>CEFY</x:t>
   </x:si>
   <x:si>
     <x:t>Particulier, individuel , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>PRATICIEN EN NATUROPATHIE ENERGETIQUE A DISTANCE</x:t>
   </x:si>
   <x:si>
     <x:t>Centre Formation Naturopathie Energétique</x:t>
   </x:si>
   <x:si>
     <x:t>CFNE</x:t>
   </x:si>
   <x:si>
     <x:t>06130</x:t>
@@ -1196,101 +1196,101 @@
   <x:si>
     <x:t>12/03/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Massage bien-être liftant japonais visage</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure Formation Métiers en Demande</x:t>
   </x:si>
   <x:si>
     <x:t>ESMED</x:t>
   </x:si>
   <x:si>
     <x:t>84700</x:t>
   </x:si>
   <x:si>
     <x:t>SORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>01/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/07/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Naturopathe holistique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Synergie Naturopathie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ESN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Handicapé , Licencié pour motif économique , Public en emploi , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L'ISLE-SUR-LA-SORGUE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/08/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Naturopathe, relaxologue, praticien en réflexologie</x:t>
   </x:si>
   <x:si>
-    <x:t>Ecole Synergie Naturopathie</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Demandeur d'emploi , Handicapé , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
-    <x:t>L'ISLE-SUR-LA-SORGUE</x:t>
-[...8 lines deleted...]
-    <x:t>04/08/2024 00:00:00</x:t>
+    <x:t>Médecine Traditionnelle Chinoise - 2e et 3e année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Zhong Li</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/13/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Médecine traditionnelle chinoise - 1re et 2e année</x:t>
   </x:si>
   <x:si>
-    <x:t>Ecole Zhong Li</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/11/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Médecine traditionnelle chinoise - 1ère année</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Médecine Traditionnelle Chinoise - 2e et 3e année</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Médecine Traditionnelle Chinoise - 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>Médecine Traditionnelle Chinoise - 3e année</x:t>
   </x:si>
   <x:si>
     <x:t>06/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Médecine Traditionnelle Chinoise - Cursus complet</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en Art Thérapie</x:t>
   </x:si>
   <x:si>
     <x:t>E-Faculté de Psychologie et de Psychanalyse</x:t>
   </x:si>
   <x:si>
     <x:t>EFPP</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en sophrologie EFPP</x:t>
@@ -1544,59 +1544,59 @@
   <x:si>
     <x:t>Massage bien-être crânio-facial scapulaire</x:t>
   </x:si>
   <x:si>
     <x:t>10/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Réflexologie et gestion des émotions</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique d'Etat , Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Réflexologie auriculaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Massage relaxant des jambes et des pieds</x:t>
   </x:si>
   <x:si>
-    <x:t>Réflexologie auriculaire</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Sophrothérapeute</x:t>
   </x:si>
   <x:si>
     <x:t>Emmanuelle Murcia</x:t>
   </x:si>
   <x:si>
     <x:t>04160</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Particulier, individuel , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>CHATEAU-ARNOUX</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Apprendre et pratiquer la sophrologie</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir Sophrologue</x:t>
@@ -1835,56 +1835,56 @@
   <x:si>
     <x:t>Demandeur d'emploi , Femme , Particulier, individuel , Public sans emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Analyse des besoins corporels et émotionnels</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Tout public</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Tout public</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Conseil en aromathérapie</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Interagir avec le théâtre forum</x:t>
   </x:si>
   <x:si>
     <x:t>I et M Académie</x:t>
   </x:si>
   <x:si>
     <x:t>Scénothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-GENIEZ</x:t>
   </x:si>
   <x:si>
     <x:t>Iffcn</x:t>
@@ -2390,68 +2390,68 @@
   <x:si>
     <x:t>Professeur yoga séniors sur chaise</x:t>
   </x:si>
   <x:si>
     <x:t>Formation formateur spécialisé</x:t>
   </x:si>
   <x:si>
     <x:t>Quantesens Formations</x:t>
   </x:si>
   <x:si>
     <x:t>13600</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Enseignant , Profession libérale , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>01/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/02/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Santé par le toucher (Proficiency Touch for Health)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Enseignant , Profession libérale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gestion stress</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Santé par le toucher (Proficiency Touch for Health)</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>09/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Consultant (three in one concepts)</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Enseignant , Particulier, individuel , Profession libérale , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Connaître et conseiller les plantes médicinales et les huiles essentielles</x:t>
   </x:si>
   <x:si>
     <x:t>Re-sourcing Santé Globale</x:t>
   </x:si>
   <x:si>
     <x:t>10/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur de Yoga Vinyasa</x:t>
@@ -2573,86 +2573,86 @@
   <x:si>
     <x:t>Massage Chi Nei Tsang</x:t>
   </x:si>
   <x:si>
     <x:t>Massage lomi lomi</x:t>
   </x:si>
   <x:si>
     <x:t>Madéro'fit</x:t>
   </x:si>
   <x:si>
     <x:t>Relaxation coréenne</x:t>
   </x:si>
   <x:si>
     <x:t>Massage amma assis</x:t>
   </x:si>
   <x:si>
     <x:t>Massage balinais</x:t>
   </x:si>
   <x:si>
     <x:t>Massage suédois Deep Tissue</x:t>
   </x:si>
   <x:si>
     <x:t>Thaïlandais à l'huile</x:t>
   </x:si>
   <x:si>
+    <x:t>Intervenant spa et bien-être</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intervenant spa et bien-être BC3 construire des programmes complets et personnalisés de prestations spa et bien-être</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intervenant spa et bien-être BC4 déployer une activité de spa et bien-être</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage Minceur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage Shiatsu</x:t>
+  </x:si>
+  <x:si>
     <x:t>Intervenant spa et bien-être (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Intervenant spa et bien-être</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
+    <x:t>11/25/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Réflexologie plantaire thaïlandaise</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Demandeur d'emploi longue durée , Demandeur d'emploi moins de 26 ans , Demandeur d'emploi plus de 26 ans</x:t>
   </x:si>
   <x:si>
-    <x:t>11/25/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Bols Tibétains</x:t>
   </x:si>
   <x:si>
     <x:t>Forme et Minceur</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Oriental</x:t>
   </x:si>
   <x:si>
     <x:t>Masseur bien-être</x:t>
   </x:si>
   <x:si>
     <x:t>Anatomie palpatoire</x:t>
   </x:si>
   <x:si>
     <x:t>Massage bien-être femme enceinte</x:t>
   </x:si>
   <x:si>
     <x:t>Massage crânien indien Shirotchampi</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Tuina Minceur</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être BC2 réaliser des massages bien-être</x:t>
@@ -2882,54 +2882,54 @@
   <x:si>
     <x:t>Massage bébé Shantala</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Chinois - Tui Na bien-être - Niveau 1</x:t>
   </x:si>
   <x:si>
     <x:t>Conseils en aromathérapie - Huiles essentielles, hydrolats et huiles végétales</x:t>
   </x:si>
   <x:si>
     <x:t>Massage ayurvédique Abhyanga</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Deep Tissue - Niveau 1</x:t>
   </x:si>
   <x:si>
     <x:t>Conseils en phytologie - Huiles essentielles et végétales - Hydrolats - Bourgeons et Infusions - Fleurs de Bach</x:t>
   </x:si>
   <x:si>
     <x:t>Massage sonore aux bols chantants tibétains</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien(ne) en drainage lymphatique bien-être corps et visage</x:t>
   </x:si>
   <x:si>
+    <x:t>Massage bien-être cranien</x:t>
+  </x:si>
+  <x:si>
     <x:t>Les bases du massage bien-être</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Massage bien-être cranien</x:t>
   </x:si>
   <x:si>
     <x:t>Comportementaliste Félin</x:t>
   </x:si>
   <x:si>
     <x:t>Zoopro</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
@@ -5328,247 +5328,247 @@
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>579939</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>580507</x:v>
+        <x:v>581476</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>156</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>580509</x:v>
+        <x:v>580507</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>158</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>580517</x:v>
+        <x:v>580509</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>581476</x:v>
+        <x:v>580517</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>147</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>53</x:v>
@@ -5581,145 +5581,145 @@
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>580519</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>579932</x:v>
+        <x:v>599687</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>599687</x:v>
+        <x:v>579932</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>35944</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -7066,164 +7066,164 @@
       <x:c r="K70" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>600768</x:v>
+        <x:v>602685</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>614993</x:v>
+        <x:v>600768</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="U71" s="4" t="s">
         <x:v>243</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>602685</x:v>
+        <x:v>614993</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="U72" s="16" t="s">
         <x:v>245</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>28</x:v>
@@ -9331,51 +9331,51 @@
       <x:c r="L114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>614509</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>28</x:v>
@@ -9484,155 +9484,155 @@
       <x:c r="K117" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>533559</x:v>
+        <x:v>521915</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C118" s="15" t="s"/>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s"/>
       <x:c r="K118" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>521915</x:v>
+        <x:v>533559</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>383</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>83</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="C119" s="3" t="s"/>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>578993</x:v>
+        <x:v>566910</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>312</x:v>
@@ -9641,156 +9641,156 @@
       <x:c r="K120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>599044</x:v>
+        <x:v>578993</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>386</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>566910</x:v>
+        <x:v>599044</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="U121" s="4" t="s">
         <x:v>391</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s"/>
       <x:c r="K122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>603033</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>391</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s"/>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>52</x:v>
@@ -9848,51 +9848,51 @@
       <x:c r="L124" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>566916</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>386</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>27</x:v>
@@ -10774,51 +10774,51 @@
       <x:c r="L142" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>554603</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>391</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>52</x:v>
@@ -10876,100 +10876,100 @@
       <x:c r="L144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>598450</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>598457</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C146" s="15" t="s"/>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s"/>
       <x:c r="K146" s="14" t="s">
@@ -10978,100 +10978,100 @@
       <x:c r="L146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>598472</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s"/>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>598474</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C148" s="15" t="s"/>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s"/>
       <x:c r="K148" s="14" t="s">
@@ -11080,100 +11080,100 @@
       <x:c r="L148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>598475</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s"/>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>598446</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="C150" s="15" t="s"/>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s"/>
       <x:c r="K150" s="14" t="s">
@@ -11182,100 +11182,100 @@
       <x:c r="L150" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
         <x:v>598460</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s"/>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>598461</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C152" s="15" t="s"/>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s"/>
       <x:c r="K152" s="14" t="s">
@@ -11284,51 +11284,51 @@
       <x:c r="L152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
         <x:v>598468</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s"/>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>28</x:v>
@@ -11386,100 +11386,100 @@
       <x:c r="L154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>598452</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s"/>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>598463</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="C156" s="15" t="s"/>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s"/>
       <x:c r="K156" s="14" t="s">
@@ -11488,51 +11488,51 @@
       <x:c r="L156" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>598480</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s"/>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>28</x:v>
@@ -11692,100 +11692,100 @@
       <x:c r="L160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>598396</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>598453</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s"/>
       <x:c r="K162" s="14" t="s">
@@ -11794,51 +11794,51 @@
       <x:c r="L162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>598477</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>28</x:v>
@@ -11945,51 +11945,51 @@
       <x:c r="L165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>598447</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s"/>
       <x:c r="K166" s="14" t="s">
@@ -11998,100 +11998,100 @@
       <x:c r="L166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>598448</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s"/>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>598451</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s"/>
       <x:c r="K168" s="14" t="s">
@@ -12100,100 +12100,100 @@
       <x:c r="L168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>598454</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>598476</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
@@ -12202,100 +12202,100 @@
       <x:c r="L170" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>598479</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>598478</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s"/>
       <x:c r="K172" s="14" t="s">
@@ -12455,51 +12455,51 @@
       <x:c r="L175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>598449</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s"/>
       <x:c r="K176" s="14" t="s">
@@ -12508,100 +12508,100 @@
       <x:c r="L176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>598455</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>598456</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s"/>
       <x:c r="K178" s="14" t="s">
@@ -12610,100 +12610,100 @@
       <x:c r="L178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>598459</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>598462</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s"/>
       <x:c r="K180" s="14" t="s">
@@ -12712,100 +12712,100 @@
       <x:c r="L180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>598466</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>598469</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s"/>
       <x:c r="K182" s="14" t="s">
@@ -13831,159 +13831,159 @@
       <x:c r="K202" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>615214</x:v>
+        <x:v>615222</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>406</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>332</x:v>
+        <x:v>492</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>492</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>615222</x:v>
+        <x:v>590454</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>493</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>483</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s"/>
       <x:c r="K204" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>590454</x:v>
+        <x:v>615214</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C205" s="3" t="s"/>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>29</x:v>
@@ -14344,54 +14344,54 @@
       <x:c r="L212" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>616484</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>53</x:v>
@@ -14404,145 +14404,145 @@
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>616480</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>513</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C214" s="15" t="s"/>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s"/>
       <x:c r="K214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>616483</x:v>
+        <x:v>600759</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>514</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>515</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="C215" s="3" t="s"/>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>600759</x:v>
+        <x:v>616483</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>518</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C216" s="15" t="s"/>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s"/>
       <x:c r="K216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
@@ -14702,51 +14702,51 @@
       <x:c r="M219" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
         <x:v>586573</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="C220" s="15" t="s"/>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s"/>
       <x:c r="K220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
@@ -16144,144 +16144,144 @@
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>576860</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C247" s="3" t="s"/>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>597743</x:v>
+        <x:v>613248</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>564</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>437</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="I248" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s"/>
       <x:c r="K248" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
-        <x:v>14426</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>613248</x:v>
+        <x:v>597743</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>564</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="C249" s="3" t="s"/>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>552</x:v>
@@ -17679,183 +17679,183 @@
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="C276" s="15" t="s"/>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s"/>
       <x:c r="K276" s="14" t="s">
-        <x:v>580</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>580115</x:v>
+        <x:v>548357</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>588</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>579</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>548357</x:v>
+        <x:v>548703</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
-        <x:v>356</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="C278" s="15" t="s"/>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s"/>
       <x:c r="K278" s="14" t="s">
-        <x:v>589</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>548703</x:v>
+        <x:v>580115</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>581</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>589</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>102</x:v>
@@ -20227,51 +20227,51 @@
       <x:c r="L325" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>587861</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C326" s="15" t="s"/>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s"/>
       <x:c r="K326" s="14" t="s">
@@ -20280,100 +20280,100 @@
       <x:c r="L326" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
         <x:v>587854</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>702</x:v>
       </x:c>
       <x:c r="C327" s="3" t="s"/>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
         <x:v>587863</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="C328" s="15" t="s"/>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s"/>
       <x:c r="K328" s="14" t="s">
@@ -21247,51 +21247,51 @@
       <x:c r="L345" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>574335</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>736</x:v>
       </x:c>
       <x:c r="C346" s="15" t="s"/>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s"/>
       <x:c r="K346" s="14" t="s">
@@ -21708,51 +21708,51 @@
       <x:c r="L354" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>614716</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="C355" s="3" t="s"/>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>753</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>28</x:v>
@@ -22339,194 +22339,194 @@
       </x:c>
       <x:c r="P366" s="14" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
         <x:v>578936</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>772</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="C367" s="3" t="s"/>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="G367" s="0" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
-        <x:v>769</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>15097</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>546594</x:v>
+        <x:v>614466</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
-        <x:v>773</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>777</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C368" s="15" t="s"/>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s"/>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s"/>
       <x:c r="K368" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
-        <x:v>546593</x:v>
+        <x:v>546594</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
-        <x:v>773</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>774</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C369" s="3" t="s"/>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
-        <x:v>775</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
-        <x:v>15097</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
-        <x:v>776</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
-        <x:v>614466</x:v>
+        <x:v>546593</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
-        <x:v>777</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
-        <x:v>778</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C370" s="15" t="s"/>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s"/>
       <x:c r="K370" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
@@ -22581,51 +22581,51 @@
       <x:c r="L371" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
         <x:v>581327</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
-        <x:v>386</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
         <x:v>782</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>783</x:v>
       </x:c>
       <x:c r="C372" s="15" t="s"/>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
         <x:v>784</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s"/>
       <x:c r="K372" s="14" t="s">
@@ -22948,51 +22948,51 @@
       <x:c r="L378" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
         <x:v>572605</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
-        <x:v>245</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C379" s="3" t="s"/>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="G379" s="0" t="s">
         <x:v>803</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
         <x:v>804</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>28</x:v>
@@ -24184,154 +24184,151 @@
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
         <x:v>551410</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
-      <x:c r="E403" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
-        <x:v>608388</x:v>
+        <x:v>546858</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>824</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
-        <x:v>546858</x:v>
+        <x:v>546881</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>824</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>836</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
@@ -24341,318 +24338,320 @@
       <x:c r="K405" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
-        <x:v>546881</x:v>
+        <x:v>546887</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
         <x:v>824</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
-        <x:v>837</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>830</x:v>
+      </x:c>
+      <x:c r="C406" s="15" t="s"/>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
-      <x:c r="J406" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J406" s="14" t="s"/>
       <x:c r="K406" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
-        <x:v>42032</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
-        <x:v>822</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
-        <x:v>546887</x:v>
+        <x:v>551197</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
-        <x:v>823</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
-        <x:v>824</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>830</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="C407" s="3" t="s"/>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
-        <x:v>551197</x:v>
+        <x:v>551369</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
-        <x:v>838</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="C408" s="15" t="s"/>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s"/>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s"/>
       <x:c r="I408" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="J408" s="14" t="s"/>
       <x:c r="K408" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L408" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M408" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N408" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O408" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P408" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q408" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R408" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S408" s="14" t="n">
-        <x:v>551369</x:v>
+        <x:v>551373</x:v>
       </x:c>
       <x:c r="T408" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U408" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="409" spans="1:21">
       <x:c r="A409" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B409" s="0" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="C409" s="3" t="s"/>
       <x:c r="D409" s="3" t="s"/>
       <x:c r="G409" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
-        <x:v>551373</x:v>
+        <x:v>551404</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
-        <x:v>35</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>839</x:v>
       </x:c>
-      <x:c r="C410" s="15" t="s"/>
+      <x:c r="C410" s="15" t="n">
+        <x:v>39231</x:v>
+      </x:c>
       <x:c r="D410" s="15" t="s"/>
-      <x:c r="E410" s="14" t="s"/>
+      <x:c r="E410" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F410" s="14" t="s"/>
       <x:c r="G410" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="H410" s="14" t="s"/>
       <x:c r="I410" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
-      <x:c r="J410" s="14" t="s"/>
+      <x:c r="J410" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K410" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>42032</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
-        <x:v>551404</x:v>
+        <x:v>608388</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>840</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>841</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -24776,252 +24775,251 @@
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
         <x:v>555359</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
-        <x:v>842</x:v>
-[...1 lines deleted...]
-      <x:c r="C414" s="15" t="s"/>
+        <x:v>834</x:v>
+      </x:c>
+      <x:c r="C414" s="15" t="n">
+        <x:v>39231</x:v>
+      </x:c>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s"/>
       <x:c r="I414" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
-      <x:c r="J414" s="14" t="s"/>
+      <x:c r="J414" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K414" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>42032</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
-        <x:v>551212</x:v>
+        <x:v>608296</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>843</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>842</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="C415" s="3" t="s"/>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
-        <x:v>551213</x:v>
+        <x:v>551212</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="C416" s="15" t="s"/>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s"/>
       <x:c r="I416" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s"/>
       <x:c r="K416" s="14" t="s">
-        <x:v>843</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
-        <x:v>551163</x:v>
+        <x:v>551213</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>835</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="C417" s="3" t="s"/>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
-      <x:c r="J417" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K417" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
-        <x:v>42032</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
-        <x:v>822</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
-        <x:v>608296</x:v>
+        <x:v>551163</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
-        <x:v>844</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
-        <x:v>845</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
         <x:v>831</x:v>
       </x:c>
       <x:c r="C418" s="15" t="s"/>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s"/>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s"/>
       <x:c r="I418" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s"/>
       <x:c r="K418" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
@@ -25291,51 +25289,51 @@
       </x:c>
       <x:c r="P423" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
         <x:v>579985</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
-        <x:v>834</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="C424" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s"/>
       <x:c r="I424" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -25350,169 +25348,169 @@
       </x:c>
       <x:c r="P424" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
         <x:v>608390</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
-        <x:v>835</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>822</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
         <x:v>608293</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
-        <x:v>844</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>668</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C426" s="15" t="s"/>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s"/>
       <x:c r="I426" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s"/>
       <x:c r="K426" s="14" t="s">
-        <x:v>843</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
         <x:v>551161</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C427" s="3" t="s"/>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
-        <x:v>843</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
         <x:v>551184</x:v>
       </x:c>
@@ -26069,51 +26067,51 @@
       </x:c>
       <x:c r="P438" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
         <x:v>551305</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>839</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="C439" s="3" t="s"/>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="G439" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
@@ -26379,51 +26377,51 @@
       </x:c>
       <x:c r="P444" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
         <x:v>546857</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
         <x:v>824</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
-        <x:v>835</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="G445" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>42032</x:v>
@@ -26544,51 +26542,51 @@
       </x:c>
       <x:c r="P447" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
         <x:v>546880</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
         <x:v>824</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
-        <x:v>836</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s"/>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s"/>
       <x:c r="I448" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K448" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>29</x:v>
@@ -26601,51 +26599,51 @@
       </x:c>
       <x:c r="P448" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
         <x:v>546882</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
         <x:v>823</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
         <x:v>824</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
-        <x:v>837</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="G449" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>42032</x:v>
@@ -29930,51 +29928,51 @@
       <x:c r="K513" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
         <x:v>920</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
-        <x:v>603664</x:v>
+        <x:v>577486</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
         <x:v>938</x:v>
       </x:c>
       <x:c r="C514" s="15" t="s"/>
       <x:c r="D514" s="15" t="s"/>
       <x:c r="E514" s="14" t="s"/>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
         <x:v>920</x:v>
       </x:c>
       <x:c r="H514" s="14" t="s"/>
       <x:c r="I514" s="16" t="s">
         <x:v>909</x:v>
@@ -29983,51 +29981,51 @@
       <x:c r="K514" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
         <x:v>920</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
-        <x:v>577486</x:v>
+        <x:v>603664</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
         <x:v>939</x:v>
       </x:c>
       <x:c r="C515" s="3" t="s"/>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="G515" s="0" t="s">
         <x:v>940</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
         <x:v>941</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>27</x:v>