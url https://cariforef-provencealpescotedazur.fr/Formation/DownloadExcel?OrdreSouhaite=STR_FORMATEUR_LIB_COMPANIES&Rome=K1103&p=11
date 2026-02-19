--- v2 (2026-02-19)
+++ v3 (2026-02-19)
@@ -554,56 +554,56 @@
   <x:si>
     <x:t>06/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien en hypnose et communication ericksonienne (combiné)</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien 2 - Hypnose et communication ericksonienne - Initiale</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/15/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON UNIVERSITE</x:t>
   </x:si>
   <x:si>
     <x:t>84916</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Conseiller en nutrition naturopathe ayurvédique</x:t>
@@ -794,62 +794,62 @@
   <x:si>
     <x:t>Demandeur d'emploi , Handicapé moteur , Profession libérale , Public en emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Psychologie</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Psychopraticien, parcours réservé aux licenciés en psychologie</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Handicapé moteur , Particulier, individuel , Public de la formation initiale , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>12/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/01/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Enseignant de Yoga</x:t>
   </x:si>
   <x:si>
     <x:t>Centre d'Enseignement et de Formation au Yoga</x:t>
   </x:si>
   <x:si>
     <x:t>CEFY</x:t>
   </x:si>
   <x:si>
     <x:t>Particulier, individuel , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>PRATICIEN EN NATUROPATHIE ENERGETIQUE A DISTANCE</x:t>
   </x:si>
   <x:si>
     <x:t>Centre Formation Naturopathie Energétique</x:t>
   </x:si>
   <x:si>
     <x:t>CFNE</x:t>
@@ -953,71 +953,71 @@
   <x:si>
     <x:t>Dubarry Academy</x:t>
   </x:si>
   <x:si>
     <x:t>83190</x:t>
   </x:si>
   <x:si>
     <x:t>LE CANNET</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Madérothérapie visage et corps</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Drainage lymphatique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Spa Prestige aux graines d'entada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Massage bien-être Suédois</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Spa Prestige aux graines d'entada</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>05/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Massage bien-être Californien</x:t>
   </x:si>
   <x:si>
     <x:t>04/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>EGUILLES</x:t>
   </x:si>
   <x:si>
     <x:t>02/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2026 00:00:00</x:t>
@@ -1148,62 +1148,62 @@
   <x:si>
     <x:t>03/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/08/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Apprendre et pratiquer la naturopathie</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Naturospirit</x:t>
   </x:si>
   <x:si>
     <x:t>92200</x:t>
   </x:si>
   <x:si>
+    <x:t>10/25/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/25/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/25/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Praticien en naturopathie</x:t>
   </x:si>
   <x:si>
     <x:t>Public en emploi , Public sans emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>ORANGE</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/03/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Massage bien-être liftant japonais visage</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure Formation Métiers en Demande</x:t>
   </x:si>
   <x:si>
     <x:t>ESMED</x:t>
   </x:si>
   <x:si>
     <x:t>84700</x:t>
@@ -1223,68 +1223,68 @@
   <x:si>
     <x:t>Ecole Synergie Naturopathie</x:t>
   </x:si>
   <x:si>
     <x:t>ESN</x:t>
   </x:si>
   <x:si>
     <x:t>84800</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Handicapé , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>L'ISLE-SUR-LA-SORGUE</x:t>
   </x:si>
   <x:si>
     <x:t>Naturopathe holistique</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Handicapé , Licencié pour motif économique , Public en emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Médecine traditionnelle chinoise - 1re et 2e année</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole Zhong Li</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/27/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/11/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Médecine traditionnelle chinoise - 1ère année</x:t>
   </x:si>
   <x:si>
-    <x:t>Ecole Zhong Li</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>07/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Médecine traditionnelle chinoise - 1re et 2e année</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Médecine Traditionnelle Chinoise - 2e et 3e année</x:t>
   </x:si>
   <x:si>
     <x:t>09/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Médecine Traditionnelle Chinoise - 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>Médecine Traditionnelle Chinoise - 3e année</x:t>
   </x:si>
   <x:si>
     <x:t>06/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Médecine Traditionnelle Chinoise - Cursus complet</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en Art Thérapie</x:t>
   </x:si>
   <x:si>
     <x:t>E-Faculté de Psychologie et de Psychanalyse</x:t>
@@ -1349,83 +1349,83 @@
   <x:si>
     <x:t>07/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Efth Formations</x:t>
   </x:si>
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>03/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Praticien en hypnose</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eki-Vie - Harmonika</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78730</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lithothérapie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Praticien en EFT (Emotional Freedom Techniques)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aromathérapie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fleurs de Bach</x:t>
+  </x:si>
+  <x:si>
     <x:t>Magnétisme</x:t>
   </x:si>
   <x:si>
-    <x:t>Eki-Vie - Harmonika</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>10/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Praticien en EFT (Emotional Freedom Techniques)</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Praticien en art thérapie</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en sophrologie</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir kinésiologue</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Jeune 16-25 ans , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
@@ -1451,68 +1451,68 @@
   <x:si>
     <x:t>11/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Conseils en élixirs floraux - Fleurs de Bach - Accompagnement des émotions</x:t>
   </x:si>
   <x:si>
     <x:t>09/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Olfactothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>Thérapeute holistique spécialisé en gestion du stress</x:t>
   </x:si>
   <x:si>
     <x:t>12/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/16/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/13/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Aromathérapie énergétique et vibratoire</x:t>
   </x:si>
   <x:si>
     <x:t>Phytothérapie gemmothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>07/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>12/13/2027 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Professeur de Yoga</x:t>
   </x:si>
   <x:si>
     <x:t>Elise Maes - Elise Le Goff</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Enseignant , Femme , Particulier, individuel , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>10/11/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Acupression du ventre et du dos</x:t>
   </x:si>
   <x:si>
     <x:t>Eloïse Mercier</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2026 00:00:00</x:t>
@@ -1544,59 +1544,59 @@
   <x:si>
     <x:t>Massage bien-être crânio-facial scapulaire</x:t>
   </x:si>
   <x:si>
     <x:t>10/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Réflexologie et gestion des émotions</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique d'Etat , Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Massage relaxant des jambes et des pieds</x:t>
+  </x:si>
+  <x:si>
     <x:t>Réflexologie auriculaire</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Massage relaxant des jambes et des pieds</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Sophrothérapeute</x:t>
   </x:si>
   <x:si>
     <x:t>Emmanuelle Murcia</x:t>
   </x:si>
   <x:si>
     <x:t>04160</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Particulier, individuel , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>CHATEAU-ARNOUX</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Apprendre et pratiquer la sophrologie</x:t>
   </x:si>
   <x:si>
     <x:t>Devenir Sophrologue</x:t>
@@ -1646,62 +1646,62 @@
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>03/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur de garuda module seated standing</x:t>
   </x:si>
   <x:si>
     <x:t>Fit Studio</x:t>
   </x:si>
   <x:si>
     <x:t>83350</x:t>
   </x:si>
   <x:si>
     <x:t>RAMATUELLE</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur de Garuda Matwork Chaise</x:t>
   </x:si>
   <x:si>
+    <x:t>Professeur de Pilates module séniors et pratique examen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Professeur de Garuda module Garuda Sling</x:t>
   </x:si>
   <x:si>
     <x:t>02/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Professeur de Pilates module séniors et pratique examen</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Professeur de Pilates module d'origine et one to one</x:t>
   </x:si>
   <x:si>
     <x:t>02/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur de Pilates module pratique, observation et enseignement origine</x:t>
   </x:si>
   <x:si>
     <x:t>04/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur de Pilates module pratique, observation et enseignement reformer cadillac</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Professeur de Garuda module Apparatus A</x:t>
   </x:si>
   <x:si>
     <x:t>03/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/08/2026 00:00:00</x:t>
@@ -1835,56 +1835,56 @@
   <x:si>
     <x:t>Demandeur d'emploi , Femme , Particulier, individuel , Public sans emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>12/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Analyse des besoins corporels et émotionnels</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>07/01/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
-    <x:t>07/01/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Conseil en aromathérapie</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Interagir avec le théâtre forum</x:t>
   </x:si>
   <x:si>
     <x:t>I et M Académie</x:t>
   </x:si>
   <x:si>
     <x:t>Scénothérapie</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-GENIEZ</x:t>
   </x:si>
   <x:si>
     <x:t>Iffcn</x:t>
@@ -2525,132 +2525,132 @@
   <x:si>
     <x:t>Sylvie Clément - Spicy Yoga</x:t>
   </x:si>
   <x:si>
     <x:t>Public sans emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation  Professeur de Yoga bloc 3</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sylvie Forest - Massage Sylvie &amp; Co</x:t>
   </x:si>
   <x:si>
     <x:t>71000</x:t>
   </x:si>
   <x:si>
     <x:t>LA MOLE</x:t>
   </x:si>
   <x:si>
+    <x:t>Tuina du dos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Temana</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31770</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intervenant spa et bien-être BC1 contribuer à l’animation de l’espace de vente</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Esthétique soin corporel</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/20/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/27/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage Ayurvedique Abhyanga</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage Chi Nei Tsang</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massage lomi lomi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Madéro'fit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Relaxation coréenne</x:t>
+  </x:si>
+  <x:si>
     <x:t>Massage amma assis</x:t>
   </x:si>
   <x:si>
-    <x:t>Temana</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Massage balinais</x:t>
   </x:si>
   <x:si>
-    <x:t>Madéro'fit</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Massage suédois Deep Tissue</x:t>
   </x:si>
   <x:si>
     <x:t>Thaïlandais à l'huile</x:t>
   </x:si>
   <x:si>
-    <x:t>Tuina du dos</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>Intervenant spa et bien-être (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être BC3 construire des programmes complets et personnalisés de prestations spa et bien-être</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être BC4 déployer une activité de spa et bien-être</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Minceur</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Shiatsu</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Intervenant spa et bien-être (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
+    <x:t>Réflexologie plantaire thaïlandaise</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Demandeur d'emploi longue durée , Demandeur d'emploi moins de 26 ans , Demandeur d'emploi plus de 26 ans</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>Demandeur d'emploi , Demandeur d'emploi longue durée , Demandeur d'emploi moins de 26 ans , Demandeur d'emploi plus de 26 ans</x:t>
   </x:si>
   <x:si>
     <x:t>Bols Tibétains</x:t>
   </x:si>
   <x:si>
     <x:t>Forme et Minceur</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Oriental</x:t>
   </x:si>
   <x:si>
     <x:t>Masseur bien-être</x:t>
   </x:si>
   <x:si>
     <x:t>Anatomie palpatoire</x:t>
   </x:si>
   <x:si>
     <x:t>Massage bien-être femme enceinte</x:t>
   </x:si>
   <x:si>
     <x:t>Massage crânien indien Shirotchampi</x:t>
   </x:si>
   <x:si>
     <x:t>Massage Tuina Minceur</x:t>
   </x:si>
@@ -5532,191 +5532,191 @@
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>581476</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>579932</x:v>
+        <x:v>580519</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>159</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>599687</x:v>
+        <x:v>579932</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="U42" s="16" t="s">
         <x:v>162</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>580519</x:v>
+        <x:v>599687</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>35944</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
@@ -7066,51 +7066,51 @@
       <x:c r="K70" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>614993</x:v>
+        <x:v>600768</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>232</x:v>
@@ -7118,51 +7118,51 @@
       <x:c r="K71" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>600768</x:v>
+        <x:v>614993</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
@@ -7778,72 +7778,72 @@
       <x:c r="B84" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="C84" s="15" t="s"/>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s"/>
       <x:c r="K84" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>42001</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>586748</x:v>
+        <x:v>615123</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="U84" s="16" t="s">
         <x:v>295</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C85" s="3" t="s"/>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>53</x:v>
@@ -7880,72 +7880,72 @@
       <x:c r="B86" s="14" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="C86" s="15" t="s"/>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s"/>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s"/>
       <x:c r="I86" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s"/>
       <x:c r="K86" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
-        <x:v>42001</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>615123</x:v>
+        <x:v>586748</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>300</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C87" s="3" t="s"/>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
         <x:v>53</x:v>
@@ -8763,51 +8763,51 @@
       <x:c r="L103" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>575157</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C104" s="15" t="s"/>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s"/>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s"/>
       <x:c r="K104" s="14" t="s">
@@ -9226,100 +9226,100 @@
       <x:c r="K112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>571761</x:v>
+        <x:v>588185</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="C113" s="3" t="s"/>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>588185</x:v>
+        <x:v>571761</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="C114" s="15" t="s"/>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
         <x:v>358</x:v>
@@ -9331,51 +9331,51 @@
       <x:c r="L114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>614509</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>28</x:v>
@@ -9588,51 +9588,51 @@
       <x:c r="K119" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>599044</x:v>
+        <x:v>578993</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C120" s="15" t="s"/>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s"/>
       <x:c r="I120" s="16" t="s">
         <x:v>312</x:v>
@@ -9641,51 +9641,51 @@
       <x:c r="K120" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>578993</x:v>
+        <x:v>599044</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C121" s="3" t="s"/>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>27</x:v>
@@ -9696,51 +9696,51 @@
       <x:c r="M121" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>566910</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>387</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="C122" s="15" t="s"/>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s"/>
       <x:c r="K122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
@@ -10211,51 +10211,51 @@
       <x:c r="L131" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>617964</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
@@ -10849,640 +10849,640 @@
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s"/>
       <x:c r="K144" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>14447</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="S144" s="14" t="n">
+        <x:v>598450</x:v>
+      </x:c>
+      <x:c r="T144" s="16" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="U144" s="16" t="s">
         <x:v>429</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>598446</x:v>
+        <x:v>598457</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>433</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C146" s="15" t="s"/>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s"/>
       <x:c r="K146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
-        <x:v>43438</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>598460</x:v>
+        <x:v>598472</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>433</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s"/>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
-        <x:v>43438</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>598461</x:v>
+        <x:v>598474</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
-        <x:v>434</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C148" s="15" t="s"/>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s"/>
       <x:c r="K148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>598468</x:v>
+        <x:v>598475</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s"/>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
-        <x:v>14447</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>598450</x:v>
+        <x:v>598446</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="C150" s="15" t="s"/>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s"/>
       <x:c r="K150" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M150" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N150" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O150" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P150" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q150" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R150" s="14" t="s">
-        <x:v>168</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="S150" s="14" t="n">
-        <x:v>598457</x:v>
+        <x:v>598460</x:v>
       </x:c>
       <x:c r="T150" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U150" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:21">
       <x:c r="A151" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B151" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="C151" s="3" t="s"/>
       <x:c r="D151" s="3" t="s"/>
       <x:c r="G151" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I151" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
-        <x:v>598472</x:v>
+        <x:v>598461</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C152" s="15" t="s"/>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s"/>
       <x:c r="K152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>598474</x:v>
+        <x:v>598468</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s"/>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>598475</x:v>
+        <x:v>579682</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>245</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C154" s="15" t="s"/>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s"/>
       <x:c r="K154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>598452</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s"/>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>598463</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="C156" s="15" t="s"/>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s"/>
       <x:c r="I156" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s"/>
       <x:c r="K156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
@@ -11491,51 +11491,51 @@
       <x:c r="M156" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>598480</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s"/>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>53</x:v>
@@ -11650,51 +11650,51 @@
       </x:c>
       <x:c r="P159" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>617273</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C160" s="15" t="s"/>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s"/>
       <x:c r="K160" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
@@ -11703,92 +11703,92 @@
       </x:c>
       <x:c r="P160" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>598396</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>598453</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s"/>
       <x:c r="K162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
@@ -11797,406 +11797,406 @@
       <x:c r="M162" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>598477</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>579680</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C164" s="15" t="s"/>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s"/>
       <x:c r="K164" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>579681</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>430</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
         <x:v>598447</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s"/>
       <x:c r="K166" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>598448</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s"/>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>598451</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s"/>
       <x:c r="K168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>598454</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>598476</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s"/>
       <x:c r="K170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
@@ -12205,150 +12205,150 @@
       <x:c r="M170" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>598479</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>598478</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s"/>
       <x:c r="K172" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>579683</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>430</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s"/>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>28</x:v>
@@ -12417,194 +12417,194 @@
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>570661</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>445</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s"/>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>598449</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s"/>
       <x:c r="K176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>598455</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>598456</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s"/>
       <x:c r="K178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
@@ -12613,246 +12613,246 @@
       <x:c r="M178" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>598459</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>43438</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>598462</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s"/>
       <x:c r="K180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
         <x:v>598466</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>598469</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s"/>
       <x:c r="K182" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>601894</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>428</x:v>
@@ -12927,51 +12927,51 @@
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>616457</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>452</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
@@ -13131,244 +13131,244 @@
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>616441</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>459</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>460</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C189" s="3" t="s"/>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>616440</x:v>
+        <x:v>568603</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>461</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s"/>
       <x:c r="K190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
-        <x:v>43438</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>616456</x:v>
+        <x:v>616439</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>409</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>458</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>616439</x:v>
+        <x:v>616440</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
-        <x:v>463</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C192" s="15" t="s"/>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s"/>
       <x:c r="I192" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s"/>
       <x:c r="K192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>450</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>568603</x:v>
+        <x:v>616456</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>464</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="C193" s="3" t="s"/>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>28</x:v>
@@ -13831,159 +13831,159 @@
       <x:c r="K202" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
-        <x:v>615222</x:v>
+        <x:v>615214</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>492</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C203" s="3" t="s"/>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>590454</x:v>
+        <x:v>615222</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>493</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
-        <x:v>493</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="C204" s="15" t="s"/>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s"/>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s"/>
       <x:c r="K204" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>615214</x:v>
+        <x:v>590454</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>406</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>332</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="C205" s="3" t="s"/>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>29</x:v>
@@ -14344,54 +14344,54 @@
       <x:c r="L212" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>616484</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>241</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="C213" s="3" t="s"/>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>53</x:v>
@@ -14404,145 +14404,145 @@
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>616480</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="C214" s="15" t="s"/>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s"/>
       <x:c r="K214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>600759</x:v>
+        <x:v>616483</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>518</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>515</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C215" s="3" t="s"/>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>616483</x:v>
+        <x:v>600759</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>514</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>515</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="C216" s="15" t="s"/>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s"/>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s"/>
       <x:c r="K216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
@@ -14629,124 +14629,124 @@
       <x:c r="A218" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="C218" s="15" t="s"/>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s"/>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s"/>
       <x:c r="K218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>586573</x:v>
+        <x:v>586571</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="U218" s="16" t="s">
         <x:v>526</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>527</x:v>
       </x:c>
       <x:c r="C219" s="3" t="s"/>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="G219" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>522</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>586571</x:v>
+        <x:v>586573</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="C220" s="15" t="s"/>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
         <x:v>521</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s"/>
       <x:c r="K220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
@@ -16144,144 +16144,144 @@
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>576860</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C247" s="3" t="s"/>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
-        <x:v>14426</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>613248</x:v>
+        <x:v>597743</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>564</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
-        <x:v>265</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="I248" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s"/>
       <x:c r="K248" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>597743</x:v>
+        <x:v>613248</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>563</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
         <x:v>564</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="C249" s="3" t="s"/>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="G249" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
         <x:v>552</x:v>
@@ -16679,303 +16679,303 @@
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
         <x:v>576862</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>433</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="C257" s="3" t="s"/>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="H257" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
-        <x:v>43438</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>576808</x:v>
+        <x:v>576827</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
-        <x:v>557</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="C258" s="15" t="s"/>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="I258" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s"/>
       <x:c r="K258" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
-        <x:v>43425</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>576836</x:v>
+        <x:v>576808</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="C259" s="3" t="s"/>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="H259" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>576857</x:v>
+        <x:v>576836</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C260" s="15" t="s"/>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="I260" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s"/>
       <x:c r="K260" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
-        <x:v>43438</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>255</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>576861</x:v>
+        <x:v>576857</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C261" s="3" t="s"/>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="H261" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
-        <x:v>43425</x:v>
+        <x:v>43438</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>576875</x:v>
+        <x:v>576861</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="C262" s="15" t="s"/>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s">
         <x:v>551</x:v>
       </x:c>
@@ -16983,106 +16983,106 @@
         <x:v>552</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s"/>
       <x:c r="K262" s="14" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>576879</x:v>
+        <x:v>576875</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>502</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s"/>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="H263" s="0" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
-        <x:v>43444</x:v>
+        <x:v>43425</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>576827</x:v>
+        <x:v>576879</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>555</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="C264" s="15" t="s"/>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>566</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>567</x:v>
@@ -17190,100 +17190,100 @@
         <x:v>173</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s"/>
       <x:c r="K266" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>574192</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="C267" s="3" t="s"/>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>574194</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>575</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="C268" s="15" t="s"/>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
@@ -17292,51 +17292,51 @@
         <x:v>173</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s"/>
       <x:c r="K268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
         <x:v>574195</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>576</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="C269" s="3" t="s"/>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>173</x:v>
@@ -17545,51 +17545,51 @@
       <x:c r="I273" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
         <x:v>548353</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="C274" s="15" t="s"/>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
@@ -17598,264 +17598,264 @@
         <x:v>173</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s"/>
       <x:c r="K274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>548367</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>587</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="C275" s="3" t="s"/>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>574191</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="C276" s="15" t="s"/>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s"/>
       <x:c r="K276" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>548357</x:v>
+        <x:v>580115</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>581</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>588</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
-        <x:v>356</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
-        <x:v>588</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>548703</x:v>
+        <x:v>548357</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
-        <x:v>579</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="C278" s="15" t="s"/>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s"/>
       <x:c r="K278" s="14" t="s">
-        <x:v>580</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>174</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>580115</x:v>
+        <x:v>548703</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>243</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>589</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>102</x:v>
@@ -17904,51 +17904,51 @@
         <x:v>173</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s"/>
       <x:c r="K280" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>43444</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>574190</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>592</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="C281" s="3" t="s"/>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>173</x:v>
@@ -18166,51 +18166,51 @@
       <x:c r="M285" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>586478</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>528</x:v>
+        <x:v>526</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="C286" s="15" t="s"/>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s"/>
       <x:c r="K286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
@@ -20017,51 +20017,51 @@
       <x:c r="I321" s="4" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>15452</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
         <x:v>588091</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>692</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="C322" s="15" t="s"/>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
         <x:v>694</x:v>
       </x:c>
@@ -20238,139 +20238,139 @@
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
         <x:v>587861</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
-        <x:v>702</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C326" s="15" t="s"/>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s"/>
       <x:c r="K326" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>587863</x:v>
+        <x:v>587854</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
-        <x:v>407</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="C327" s="3" t="s"/>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>14447</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>587854</x:v>
+        <x:v>587863</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>703</x:v>
       </x:c>
       <x:c r="C328" s="15" t="s"/>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>704</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
         <x:v>43</x:v>
@@ -20484,51 +20484,51 @@
       <x:c r="L330" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>15450</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>578436</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
-        <x:v>526</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>679</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="C331" s="3" t="s"/>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>52</x:v>
@@ -20801,86 +20801,86 @@
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>712</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>616989</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>720</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="C337" s="3" t="s"/>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
-        <x:v>14426</x:v>
+        <x:v>43444</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>611917</x:v>
+        <x:v>611928</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>724</x:v>
       </x:c>
       <x:c r="C338" s="15" t="s"/>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>722</x:v>
@@ -20903,86 +20903,86 @@
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>574331</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>726</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="C339" s="3" t="s"/>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
-        <x:v>43444</x:v>
+        <x:v>14426</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>611928</x:v>
+        <x:v>611917</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>723</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="C340" s="15" t="s"/>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
         <x:v>722</x:v>
@@ -20991,106 +20991,106 @@
       <x:c r="K340" s="14" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>575803</x:v>
+        <x:v>579510</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>728</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="C341" s="3" t="s"/>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>579510</x:v>
+        <x:v>575803</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
-        <x:v>728</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="C342" s="15" t="s"/>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>721</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
         <x:v>722</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s"/>
       <x:c r="K342" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
@@ -21711,51 +21711,51 @@
       <x:c r="M354" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
         <x:v>614716</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>752</x:v>
       </x:c>
       <x:c r="C355" s="3" t="s"/>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>753</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>29</x:v>
@@ -21862,51 +21862,51 @@
       <x:c r="M357" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>14426</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="Q357" s="4" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="R357" s="0" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="S357" s="0" t="n">
         <x:v>564158</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
-        <x:v>432</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="C358" s="15" t="s"/>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s"/>
       <x:c r="I358" s="16" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s"/>
       <x:c r="K358" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
@@ -21915,51 +21915,51 @@
       <x:c r="M358" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>43425</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
         <x:v>751</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
         <x:v>564162</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="C359" s="3" t="s"/>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
         <x:v>748</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
         <x:v>749</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>753</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>29</x:v>
@@ -22388,145 +22388,145 @@
       </x:c>
       <x:c r="P367" s="0" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
         <x:v>546594</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>773</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
-        <x:v>774</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="C368" s="15" t="s"/>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s"/>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s"/>
       <x:c r="K368" s="14" t="s">
-        <x:v>775</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
-        <x:v>15097</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
-        <x:v>776</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
-        <x:v>614466</x:v>
+        <x:v>546593</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
-        <x:v>777</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
-        <x:v>778</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="C369" s="3" t="s"/>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
-        <x:v>769</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>15097</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
         <x:v>770</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
-        <x:v>546593</x:v>
+        <x:v>614466</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
-        <x:v>773</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>778</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="C370" s="15" t="s"/>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s"/>
       <x:c r="K370" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
@@ -23405,51 +23405,51 @@
       <x:c r="L387" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
         <x:v>589922</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
-        <x:v>162</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="C388" s="15" t="s"/>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s"/>
       <x:c r="I388" s="16" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s"/>
       <x:c r="K388" s="14" t="s">
@@ -23458,812 +23458,811 @@
       <x:c r="L388" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>815</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
         <x:v>817</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
         <x:v>589946</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="C389" s="3" t="s"/>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
-        <x:v>551195</x:v>
+        <x:v>555357</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>821</x:v>
       </x:c>
-      <x:c r="C390" s="15" t="s"/>
+      <x:c r="C390" s="15" t="n">
+        <x:v>39231</x:v>
+      </x:c>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s"/>
       <x:c r="I390" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
-      <x:c r="J390" s="14" t="s"/>
+      <x:c r="J390" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K390" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
-        <x:v>43445</x:v>
+        <x:v>42032</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
-        <x:v>551198</x:v>
+        <x:v>546874</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>824</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>822</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C391" s="3" t="s"/>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
-        <x:v>551341</x:v>
+        <x:v>551186</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
-        <x:v>823</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="C392" s="15" t="s"/>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s"/>
       <x:c r="K392" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
-        <x:v>551407</x:v>
+        <x:v>551193</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>824</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="C393" s="3" t="s"/>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
-        <x:v>551410</x:v>
+        <x:v>551208</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
-        <x:v>825</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="C394" s="15" t="s"/>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s"/>
       <x:c r="K394" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
-        <x:v>555357</x:v>
+        <x:v>551304</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>826</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>828</x:v>
+      </x:c>
+      <x:c r="C395" s="3" t="s"/>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
-      <x:c r="J395" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
-        <x:v>42032</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
-        <x:v>827</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
-        <x:v>546874</x:v>
+        <x:v>551338</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
-        <x:v>828</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
-        <x:v>829</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
-        <x:v>302</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="C396" s="15" t="s"/>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s"/>
       <x:c r="K396" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
-        <x:v>551186</x:v>
+        <x:v>551397</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
-        <x:v>830</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="C397" s="3" t="s"/>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="G397" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
-        <x:v>551193</x:v>
+        <x:v>551401</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
-        <x:v>831</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="C398" s="15" t="s"/>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s"/>
       <x:c r="K398" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
-        <x:v>551208</x:v>
+        <x:v>551195</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
-        <x:v>832</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="C399" s="3" t="s"/>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
-        <x:v>551304</x:v>
+        <x:v>551198</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
-        <x:v>822</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="C400" s="15" t="s"/>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s"/>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s"/>
       <x:c r="K400" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>126</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
-        <x:v>551338</x:v>
+        <x:v>551341</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
-        <x:v>833</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="C401" s="3" t="s"/>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="G401" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>551397</x:v>
+        <x:v>551407</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="C402" s="15" t="s"/>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s"/>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s"/>
       <x:c r="K402" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>551401</x:v>
+        <x:v>551410</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="E403" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
-        <x:v>827</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
         <x:v>608388</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
@@ -24276,188 +24275,188 @@
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
-        <x:v>827</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
         <x:v>546858</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
-        <x:v>828</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
-        <x:v>829</x:v>
+        <x:v>824</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>836</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
-        <x:v>827</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>546881</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
-        <x:v>828</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
-        <x:v>829</x:v>
+        <x:v>824</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
-        <x:v>827</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
         <x:v>546887</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
-        <x:v>828</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
-        <x:v>829</x:v>
+        <x:v>824</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
-        <x:v>818</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="C407" s="3" t="s"/>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L407" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
@@ -24645,188 +24644,183 @@
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
-        <x:v>827</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>546861</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
-        <x:v>828</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
-        <x:v>829</x:v>
+        <x:v>824</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
-        <x:v>826</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s"/>
       <x:c r="I412" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
-        <x:v>827</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>546870</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
-        <x:v>828</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
-        <x:v>829</x:v>
+        <x:v>824</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
-        <x:v>835</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>818</x:v>
+      </x:c>
+      <x:c r="C413" s="3" t="s"/>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
-      <x:c r="J413" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="K413" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L413" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M413" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N413" s="3" t="n">
-        <x:v>42032</x:v>
+        <x:v>43445</x:v>
       </x:c>
       <x:c r="O413" s="0" t="s">
-        <x:v>827</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="P413" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q413" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R413" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S413" s="0" t="n">
-        <x:v>608296</x:v>
+        <x:v>555359</x:v>
       </x:c>
       <x:c r="T413" s="4" t="s">
-        <x:v>842</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="U413" s="4" t="s">
-        <x:v>843</x:v>
+        <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="414" spans="1:21">
       <x:c r="A414" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B414" s="14" t="s">
-        <x:v>844</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="C414" s="15" t="s"/>
       <x:c r="D414" s="15" t="s"/>
       <x:c r="E414" s="14" t="s"/>
       <x:c r="F414" s="14" t="s"/>
       <x:c r="G414" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="H414" s="14" t="s"/>
       <x:c r="I414" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s"/>
       <x:c r="K414" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
@@ -24835,51 +24829,51 @@
       </x:c>
       <x:c r="P414" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>551212</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
-        <x:v>844</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="C415" s="3" t="s"/>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="G415" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
@@ -24899,138 +24893,143 @@
       </x:c>
       <x:c r="U415" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C416" s="15" t="s"/>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s"/>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s"/>
       <x:c r="I416" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s"/>
       <x:c r="K416" s="14" t="s">
-        <x:v>845</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
         <x:v>551163</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
-        <x:v>825</x:v>
-[...1 lines deleted...]
-      <x:c r="C417" s="3" t="s"/>
+        <x:v>835</x:v>
+      </x:c>
+      <x:c r="C417" s="3" t="n">
+        <x:v>39231</x:v>
+      </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
+      <x:c r="J417" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
-        <x:v>43445</x:v>
+        <x:v>42032</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
-        <x:v>555359</x:v>
+        <x:v>608296</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>845</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
-        <x:v>821</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="C418" s="15" t="s"/>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s"/>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s"/>
       <x:c r="I418" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s"/>
       <x:c r="K418" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
@@ -25325,51 +25324,51 @@
       </x:c>
       <x:c r="F424" s="14" t="s"/>
       <x:c r="G424" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="H424" s="14" t="s"/>
       <x:c r="I424" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
-        <x:v>827</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
         <x:v>608390</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
@@ -25379,141 +25378,141 @@
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="G425" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
-        <x:v>827</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
         <x:v>608293</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
-        <x:v>842</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>668</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C426" s="15" t="s"/>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s"/>
       <x:c r="I426" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s"/>
       <x:c r="K426" s="14" t="s">
-        <x:v>845</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
         <x:v>551161</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C427" s="3" t="s"/>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="K427" s="0" t="s">
-        <x:v>845</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="L427" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M427" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N427" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O427" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P427" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q427" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R427" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S427" s="0" t="n">
         <x:v>551184</x:v>
       </x:c>
@@ -25711,51 +25710,51 @@
       </x:c>
       <x:c r="P431" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
         <x:v>551218</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
-        <x:v>824</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="C432" s="15" t="s"/>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s"/>
       <x:c r="F432" s="14" t="s"/>
       <x:c r="G432" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="H432" s="14" t="s"/>
       <x:c r="I432" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="J432" s="14" t="s"/>
       <x:c r="K432" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L432" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M432" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
@@ -25866,100 +25865,100 @@
       </x:c>
       <x:c r="P434" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
         <x:v>551192</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
-        <x:v>830</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="C435" s="3" t="s"/>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="G435" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
         <x:v>551194</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
-        <x:v>831</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="C436" s="15" t="s"/>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s"/>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="H436" s="14" t="s"/>
       <x:c r="I436" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="J436" s="14" t="s"/>
       <x:c r="K436" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L436" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M436" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N436" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
@@ -26017,51 +26016,51 @@
       </x:c>
       <x:c r="P437" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
         <x:v>551216</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
-        <x:v>832</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="C438" s="15" t="s"/>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s"/>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="H438" s="14" t="s"/>
       <x:c r="I438" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="J438" s="14" t="s"/>
       <x:c r="K438" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
@@ -26354,345 +26353,345 @@
       <x:c r="E444" s="14" t="s"/>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s"/>
       <x:c r="I444" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K444" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
-        <x:v>827</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
         <x:v>546857</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
-        <x:v>828</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
-        <x:v>829</x:v>
+        <x:v>824</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="G445" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
-        <x:v>827</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
         <x:v>546860</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
-        <x:v>828</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
-        <x:v>829</x:v>
+        <x:v>824</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s"/>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s"/>
       <x:c r="I446" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K446" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
-        <x:v>827</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
         <x:v>546879</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
-        <x:v>828</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
-        <x:v>829</x:v>
+        <x:v>824</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="G447" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
-        <x:v>827</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
         <x:v>546880</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
-        <x:v>828</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
-        <x:v>829</x:v>
+        <x:v>824</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
         <x:v>836</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s"/>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="H448" s="14" t="s"/>
       <x:c r="I448" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K448" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
-        <x:v>827</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
         <x:v>546882</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
-        <x:v>828</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
-        <x:v>829</x:v>
+        <x:v>824</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
         <x:v>39231</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="G449" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>42032</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
-        <x:v>827</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>819</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>820</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
         <x:v>546888</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
-        <x:v>828</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
-        <x:v>829</x:v>
+        <x:v>824</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="C450" s="15" t="s"/>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>856</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s">
         <x:v>857</x:v>
       </x:c>
       <x:c r="I450" s="16" t="s">
         <x:v>858</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s"/>
       <x:c r="K450" s="14" t="s">
         <x:v>859</x:v>
@@ -27477,78 +27476,78 @@
       </x:c>
       <x:c r="P465" s="0" t="s">
         <x:v>884</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
         <x:v>885</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
         <x:v>543596</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
         <x:v>886</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C466" s="15" t="s"/>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s"/>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
         <x:v>884</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s"/>
       <x:c r="I466" s="16" t="s">
         <x:v>885</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s"/>
       <x:c r="K466" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>42001</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
-        <x:v>299</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
         <x:v>884</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
         <x:v>885</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
         <x:v>510254</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
         <x:v>637</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
@@ -27734,51 +27733,51 @@
       </x:c>
       <x:c r="P470" s="14" t="s">
         <x:v>884</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
         <x:v>885</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
         <x:v>543611</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
         <x:v>637</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
-        <x:v>831</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="C471" s="3" t="s"/>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="G471" s="0" t="s">
         <x:v>884</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
         <x:v>885</x:v>
       </x:c>
       <x:c r="K471" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L471" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="M471" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N471" s="3" t="n">
         <x:v>43445</x:v>
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
@@ -29027,51 +29026,51 @@
       </x:c>
       <x:c r="P495" s="0" t="s">
         <x:v>920</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
         <x:v>577454</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
-        <x:v>821</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="C496" s="15" t="s"/>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s"/>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
         <x:v>920</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s"/>
       <x:c r="K496" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L496" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M496" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N496" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>
@@ -29129,51 +29128,51 @@
       </x:c>
       <x:c r="P497" s="0" t="s">
         <x:v>920</x:v>
       </x:c>
       <x:c r="Q497" s="4" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="R497" s="0" t="s">
         <x:v>910</x:v>
       </x:c>
       <x:c r="S497" s="0" t="n">
         <x:v>577507</x:v>
       </x:c>
       <x:c r="T497" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U497" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="498" spans="1:21">
       <x:c r="A498" s="13" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B498" s="14" t="s">
-        <x:v>818</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="C498" s="15" t="s"/>
       <x:c r="D498" s="15" t="s"/>
       <x:c r="E498" s="14" t="s"/>
       <x:c r="F498" s="14" t="s"/>
       <x:c r="G498" s="14" t="s">
         <x:v>920</x:v>
       </x:c>
       <x:c r="H498" s="14" t="s"/>
       <x:c r="I498" s="16" t="s">
         <x:v>909</x:v>
       </x:c>
       <x:c r="J498" s="14" t="s"/>
       <x:c r="K498" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L498" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M498" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="N498" s="15" t="n">
         <x:v>43445</x:v>
       </x:c>