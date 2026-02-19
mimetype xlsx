--- v0 (2026-02-19)
+++ v1 (2026-02-19)
@@ -329,198 +329,198 @@
   <x:si>
     <x:t>07/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Entretenir et réparer les trotinettes et les vélos à assistance électrique</x:t>
   </x:si>
   <x:si>
     <x:t>Ligne de Chaîne</x:t>
   </x:si>
   <x:si>
     <x:t>83320</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan , Demandeur d'emploi , Public sans emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>CARQUEIRANNE</x:t>
   </x:si>
   <x:si>
+    <x:t>10/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAP Maintenance des matériels - option B matériels de construction et de manutention</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Alpes Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIGNE LES BAINS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAP Maintenance des matériels option B matériels de construction et de manutention</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/10/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/06/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>CAP Maintenance des matériels - option B matériels de construction et de manutention</x:t>
-[...97 lines deleted...]
-  <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/04/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>CAP maintenance des matériels option B : matériels de construction et de manutention</x:t>
   </x:si>
   <x:si>
     <x:t>LP A Beau de Rochas</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>LP G Poinso-Chapuis</x:t>
   </x:si>
   <x:si>
     <x:t>13272</x:t>
   </x:si>
@@ -2258,51 +2258,51 @@
       <x:c r="K19" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>591308</x:v>
+        <x:v>591326</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
@@ -2635,100 +2635,100 @@
       <x:c r="K26" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>591310</x:v>
+        <x:v>591316</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>591318</x:v>
+        <x:v>591331</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C28" s="15" t="s"/>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>82</x:v>
@@ -2737,100 +2737,100 @@
       <x:c r="K28" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>591321</x:v>
+        <x:v>616828</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>591316</x:v>
+        <x:v>591310</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C30" s="15" t="s"/>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>82</x:v>
@@ -2839,100 +2839,100 @@
       <x:c r="K30" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
-        <x:v>591331</x:v>
+        <x:v>591318</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C31" s="3" t="s"/>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>591329</x:v>
+        <x:v>591321</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>82</x:v>
@@ -2941,100 +2941,100 @@
       <x:c r="K32" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>591332</x:v>
+        <x:v>591329</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>591333</x:v>
+        <x:v>591332</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>82</x:v>
@@ -3043,820 +3043,820 @@
       <x:c r="K34" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>591306</x:v>
+        <x:v>591333</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>113</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>591309</x:v>
+        <x:v>591306</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>591322</x:v>
+        <x:v>591309</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="U36" s="16" t="s">
         <x:v>116</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>591324</x:v>
+        <x:v>591322</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>591326</x:v>
+        <x:v>591324</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="U38" s="16" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>591314</x:v>
+        <x:v>591308</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="U39" s="4" t="s">
         <x:v>121</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s"/>
       <x:c r="K40" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>591317</x:v>
+        <x:v>591314</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="U40" s="16" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>591325</x:v>
+        <x:v>591317</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="U41" s="4" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>591303</x:v>
+        <x:v>591325</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>591305</x:v>
+        <x:v>591303</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>110</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>591312</x:v>
+        <x:v>591305</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>591315</x:v>
+        <x:v>591312</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="U45" s="4" t="s">
         <x:v>129</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s"/>
       <x:c r="K46" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>591327</x:v>
+        <x:v>591315</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="U46" s="16" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>591328</x:v>
+        <x:v>591327</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="U47" s="4" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>617077</x:v>
+        <x:v>591328</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="U48" s="16" t="s">
         <x:v>135</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>23635</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>616828</x:v>
+        <x:v>617077</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>113</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -4963,156 +4963,156 @@
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>506210</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>506203</x:v>
+        <x:v>554269</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>554269</x:v>
+        <x:v>506203</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>47</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>169</x:v>
@@ -5140,103 +5140,103 @@
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>599639</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>512519</x:v>
+        <x:v>558675</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>170</x:v>
@@ -5247,117 +5247,117 @@
       <x:c r="K74" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>558674</x:v>
+        <x:v>512519</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>599640</x:v>
+        <x:v>558674</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>170</x:v>
@@ -5368,57 +5368,57 @@
       <x:c r="K76" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>21011</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>558675</x:v>
+        <x:v>599640</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>39330</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>170</x:v>
       </x:c>