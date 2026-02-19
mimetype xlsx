--- v0 (2026-02-19)
+++ v1 (2026-02-19)
@@ -365,56 +365,56 @@
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/03/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>03/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel technicien d'après-vente en électroménager et audiovisuel (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Sup Alternance Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CCI 04</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie des Alpes de Haute Provence - CFA Eco-Campus</x:t>
   </x:si>
   <x:si>
     <x:t>04220</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
@@ -473,60 +473,60 @@
   <x:si>
     <x:t>Technicien services de l'électroménager connecté (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional de la Cité Technique - UFA Saint Henri</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Technicien Services de l'Electroménager connecté</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
+    <x:t>11/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>10/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Réparateur de produits nomades (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Gsm Master</x:t>
   </x:si>
   <x:si>
     <x:t>75020</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>Composant électronique</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro cybersécurité, informatique et réseaux, électronique</x:t>
   </x:si>
@@ -3490,602 +3490,602 @@
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>610380</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>610382</x:v>
+        <x:v>591478</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>87</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s"/>
       <x:c r="K42" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>610387</x:v>
+        <x:v>591486</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>88</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>591478</x:v>
+        <x:v>610382</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>591486</x:v>
+        <x:v>610387</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="C45" s="3" t="s"/>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>591492</x:v>
+        <x:v>610366</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C46" s="15" t="s"/>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s"/>
       <x:c r="K46" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>591497</x:v>
+        <x:v>610357</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C47" s="3" t="s"/>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>610366</x:v>
+        <x:v>610363</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C48" s="15" t="s"/>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s"/>
       <x:c r="K48" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>610357</x:v>
+        <x:v>610375</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>610363</x:v>
+        <x:v>610385</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s"/>
       <x:c r="K50" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>610375</x:v>
+        <x:v>591492</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>96</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>24340</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>610385</x:v>
+        <x:v>591497</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s"/>
       <x:c r="K52" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
@@ -4802,51 +4802,51 @@
       <x:c r="K65" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>24021</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>554014</x:v>
+        <x:v>606250</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>35124</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
@@ -4861,51 +4861,51 @@
       <x:c r="K66" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>24021</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>606250</x:v>
+        <x:v>554014</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>37416</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G67" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
@@ -6098,54 +6098,54 @@
       <x:c r="L88" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>24021</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>608205</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>37489</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>148</x:v>
       </x:c>