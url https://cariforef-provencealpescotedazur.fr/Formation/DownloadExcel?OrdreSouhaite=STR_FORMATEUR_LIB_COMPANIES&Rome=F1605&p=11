--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -737,78 +737,78 @@
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>03/27/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CAP Electricien</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>EMBRUN</x:t>
   </x:si>
   <x:si>
+    <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIP FIPAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06000</x:t>
+  </x:si>
+  <x:si>
     <x:t>Greta-Cfa Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06203</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
+    <x:t>10/21/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>06/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>CS - Certificat de spécialisation Technicien en réseaux électriques</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
@@ -3799,153 +3799,153 @@
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>503223</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
-        <x:v>38880</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>603183</x:v>
+        <x:v>548200</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>38401</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>603195</x:v>
+        <x:v>603183</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>100</x:v>
@@ -3960,57 +3960,57 @@
       <x:c r="K42" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>548200</x:v>
+        <x:v>603195</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -4192,114 +4192,114 @@
       <x:c r="K46" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>603267</x:v>
+        <x:v>503691</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>503691</x:v>
+        <x:v>603267</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
@@ -5716,97 +5716,97 @@
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>498712</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
-        <x:v>38401</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>498716</x:v>
+        <x:v>498685</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>121</x:v>
@@ -5837,103 +5837,103 @@
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>600502</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
-        <x:v>38880</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>600487</x:v>
+        <x:v>498716</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>73</x:v>
@@ -5944,57 +5944,57 @@
       <x:c r="K76" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>498685</x:v>
+        <x:v>600487</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -6203,161 +6203,161 @@
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>547098</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
-        <x:v>40033</x:v>
+        <x:v>30117</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>605719</x:v>
+        <x:v>550284</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
-        <x:v>30117</x:v>
+        <x:v>40033</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="I82" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>550284</x:v>
+        <x:v>605719</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="E83" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G83" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
@@ -6531,256 +6531,256 @@
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>607553</x:v>
+        <x:v>552769</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>552769</x:v>
+        <x:v>607553</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
-        <x:v>38401</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>552804</x:v>
+        <x:v>552788</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
-        <x:v>38880</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>502271</x:v>
+        <x:v>552804</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>133</x:v>
@@ -6805,103 +6805,103 @@
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
         <x:v>604744</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
-        <x:v>38880</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J91" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K91" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>552788</x:v>
+        <x:v>502307</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>133</x:v>
@@ -6926,97 +6926,97 @@
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>604743</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
-        <x:v>38401</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>502307</x:v>
+        <x:v>502271</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>131</x:v>
@@ -7275,57 +7275,57 @@
       <x:c r="K98" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>552859</x:v>
+        <x:v>604230</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
@@ -7335,57 +7335,57 @@
       <x:c r="K99" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>604230</x:v>
+        <x:v>552859</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
@@ -9135,450 +9135,453 @@
       <x:c r="J131" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>557473</x:v>
+        <x:v>557469</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>543642</x:v>
+        <x:v>557474</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>557469</x:v>
+        <x:v>543642</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>557474</x:v>
+        <x:v>557473</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
+      <x:c r="E135" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="F135" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
+      <x:c r="H135" s="0" t="s">
+        <x:v>223</x:v>
+      </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>557450</x:v>
+        <x:v>583801</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
-      <x:c r="E136" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E136" s="14" t="s"/>
+      <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>227</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
-        <x:v>229</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>583801</x:v>
+        <x:v>557450</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C137" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>494742</x:v>
+        <x:v>574155</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>226</x:v>
+        <x:v>229</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C138" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>574155</x:v>
+        <x:v>494742</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>37235</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
@@ -10961,91 +10964,91 @@
         <x:v>592986</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>222</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>224</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
         <x:v>556506</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>225</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>184</x:v>
       </x:c>