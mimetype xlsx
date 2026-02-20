--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -3799,153 +3799,153 @@
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
         <x:v>503223</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
-        <x:v>38401</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>548200</x:v>
+        <x:v>603183</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
-        <x:v>38880</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>603183</x:v>
+        <x:v>603195</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>100</x:v>
@@ -3960,57 +3960,57 @@
       <x:c r="K42" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>603195</x:v>
+        <x:v>548200</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -5716,158 +5716,158 @@
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>498712</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
-        <x:v>38880</x:v>
+        <x:v>38401</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>498685</x:v>
+        <x:v>498716</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
-        <x:v>38401</x:v>
+        <x:v>38880</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>600502</x:v>
+        <x:v>600487</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
@@ -5883,57 +5883,57 @@
       <x:c r="K75" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>498716</x:v>
+        <x:v>600502</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I76" s="16" t="s">
         <x:v>73</x:v>
@@ -5944,57 +5944,57 @@
       <x:c r="K76" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>600487</x:v>
+        <x:v>498685</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
@@ -6851,57 +6851,57 @@
       <x:c r="K91" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>502307</x:v>
+        <x:v>604743</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>133</x:v>
@@ -6912,57 +6912,57 @@
       <x:c r="K92" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>604743</x:v>
+        <x:v>502307</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>38880</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
@@ -9135,165 +9135,165 @@
       <x:c r="J131" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>557469</x:v>
+        <x:v>557473</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>557474</x:v>
+        <x:v>557469</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>543642</x:v>
+        <x:v>557474</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
@@ -9306,57 +9306,57 @@
       <x:c r="K134" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>24066</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>557473</x:v>
+        <x:v>543642</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>38401</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="F135" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>223</x:v>
       </x:c>