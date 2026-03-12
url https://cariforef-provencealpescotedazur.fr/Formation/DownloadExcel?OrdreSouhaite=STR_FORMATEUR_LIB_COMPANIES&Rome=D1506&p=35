--- v0 (2026-03-12)
+++ v1 (2026-03-12)
@@ -6803,57 +6803,57 @@
       <x:c r="K74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
-        <x:v>556544</x:v>
+        <x:v>616771</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -6863,54 +6863,54 @@
       <x:c r="K75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>504437</x:v>
+        <x:v>556544</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s">
         <x:v>144</x:v>
@@ -6924,57 +6924,57 @@
       <x:c r="K76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>616771</x:v>
+        <x:v>504437</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
@@ -7105,57 +7105,57 @@
       <x:c r="K79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>556570</x:v>
+        <x:v>607691</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>158</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>110</x:v>
@@ -7166,57 +7166,57 @@
       <x:c r="K80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>556571</x:v>
+        <x:v>556570</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>158</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="H81" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
@@ -7226,57 +7226,57 @@
       <x:c r="K81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>607691</x:v>
+        <x:v>556571</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
@@ -18050,114 +18050,114 @@
       <x:c r="K267" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>522104</x:v>
+        <x:v>542505</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>542505</x:v>
+        <x:v>522104</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="E269" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -21826,149 +21826,149 @@
       <x:c r="S332" s="14" t="n">
         <x:v>550663</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="E333" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G333" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>611108</x:v>
+        <x:v>535322</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
-        <x:v>414</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
-        <x:v>411</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K334" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>535322</x:v>
+        <x:v>611108</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
@@ -28737,57 +28737,57 @@
       <x:c r="K451" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
-        <x:v>547773</x:v>
+        <x:v>541529</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C452" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="H452" s="14" t="s"/>
       <x:c r="I452" s="16" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s">
@@ -28796,57 +28796,57 @@
       <x:c r="K452" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
-        <x:v>541529</x:v>
+        <x:v>547773</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="G453" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
@@ -29961,57 +29961,57 @@
       <x:c r="K472" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
-        <x:v>609614</x:v>
+        <x:v>556867</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="E473" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="H473" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
@@ -30021,57 +30021,57 @@
       <x:c r="K473" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
-        <x:v>556867</x:v>
+        <x:v>609614</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
-        <x:v>44</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C474" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I474" s="16" t="s">
         <x:v>164</x:v>
@@ -34367,57 +34367,57 @@
       <x:c r="K547" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L547" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M547" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N547" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O547" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P547" s="0" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="Q547" s="4" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R547" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S547" s="0" t="n">
-        <x:v>609226</x:v>
+        <x:v>571704</x:v>
       </x:c>
       <x:c r="T547" s="4" t="s">
-        <x:v>580</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="U547" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>142</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:21">
       <x:c r="A548" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B548" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C548" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D548" s="15" t="s"/>
       <x:c r="E548" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F548" s="14" t="s"/>
       <x:c r="G548" s="14" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="H548" s="14" t="s"/>
       <x:c r="I548" s="16" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="J548" s="14" t="s">
@@ -34426,57 +34426,57 @@
       <x:c r="K548" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L548" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="M548" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N548" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O548" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P548" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="Q548" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R548" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S548" s="14" t="n">
-        <x:v>571704</x:v>
+        <x:v>609226</x:v>
       </x:c>
       <x:c r="T548" s="16" t="s">
-        <x:v>556</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="U548" s="16" t="s">
-        <x:v>142</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:21">
       <x:c r="A549" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C549" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D549" s="3" t="s"/>
       <x:c r="E549" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G549" s="0" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="I549" s="4" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="J549" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -35921,114 +35921,114 @@
       <x:c r="K574" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L574" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M574" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N574" s="15" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O574" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P574" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="Q574" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R574" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S574" s="14" t="n">
-        <x:v>601932</x:v>
+        <x:v>498526</x:v>
       </x:c>
       <x:c r="T574" s="16" t="s">
-        <x:v>418</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U574" s="16" t="s">
-        <x:v>529</x:v>
+        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="575" spans="1:21">
       <x:c r="A575" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B575" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C575" s="3" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D575" s="3" t="s"/>
       <x:c r="E575" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G575" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="I575" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J575" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K575" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L575" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M575" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="N575" s="3" t="n">
         <x:v>32154</x:v>
       </x:c>
       <x:c r="O575" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P575" s="0" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="Q575" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="R575" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S575" s="0" t="n">
-        <x:v>498526</x:v>
+        <x:v>601932</x:v>
       </x:c>
       <x:c r="T575" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="U575" s="4" t="s">
-        <x:v>446</x:v>
+        <x:v>529</x:v>
       </x:c>
     </x:row>
     <x:row r="576" spans="1:21">
       <x:c r="A576" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B576" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C576" s="15" t="n">
         <x:v>38362</x:v>
       </x:c>
       <x:c r="D576" s="15" t="s"/>
       <x:c r="E576" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F576" s="14" t="s"/>
       <x:c r="G576" s="14" t="s">
         <x:v>624</x:v>
       </x:c>
       <x:c r="H576" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
       <x:c r="I576" s="16" t="s">
         <x:v>356</x:v>