--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -515,71 +515,71 @@
   <x:si>
     <x:t>Chambre de Métiers et de l'Artisanat de Région Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CMAR PACA</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>Artisan , Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>06/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
+    <x:t>03/12/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/12/2026 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Cma Formation Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>84009</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Avignon - Antenne Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Digne les Bains</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Gap</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation La Seyne sur Mer</x:t>
@@ -587,195 +587,195 @@
   <x:si>
     <x:t>83500</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conseiller relation client à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Ecloson</x:t>
   </x:si>
   <x:si>
     <x:t>75008</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 4e</x:t>
   </x:si>
   <x:si>
+    <x:t>02/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cma Formation Les Arcs</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83460</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LES ARCS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cma Formation Saint Maximin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83470</x:t>
+  </x:si>
+  <x:si>
+    <x:t>bac pro métiers du commerce et de la vente option B prospection clientèle et valorisation de l'offre commerciale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Collège Ort-Bramson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-10e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>bac pro métiers du commerce et de la vente option A animation et gestion de l'espace commercial</x:t>
+  </x:si>
+  <x:si>
+    <x:t>bac pro métiers de l'accueil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP Ste-Marthe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83390</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Collège Sainte-Marthe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CUERS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Comité Interprofessionnel d'Apprentissage Corot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CIA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13333</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-14e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Digital business developper</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dawan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>44200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vente à distance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 2e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>E-commerce et commercialisation en ligne web et mobile</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conseil Régional</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Alpes Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dcf - Academy Numérique</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE CHAFFAUT-SAINT-JURSON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Défi 83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/25/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
-  </x:si>
-[...142 lines deleted...]
-    <x:t>12/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>École Pratique</x:t>
   </x:si>
   <x:si>
     <x:t>13009</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Pratique</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ESCCOM </x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Cannes (Carnot)</x:t>
   </x:si>
@@ -3880,57 +3880,57 @@
       <x:c r="K31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>452332</x:v>
+        <x:v>498676</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>95</x:v>
@@ -3941,57 +3941,57 @@
       <x:c r="K32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>498676</x:v>
+        <x:v>452332</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>35304</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -5299,167 +5299,167 @@
       <x:c r="I55" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>34568</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="S55" s="0" t="n">
+        <x:v>611434</x:v>
+      </x:c>
+      <x:c r="T55" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="S55" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="T55" s="4" t="s">
+      <x:c r="U55" s="4" t="s">
         <x:v>149</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C56" s="15" t="s"/>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s"/>
       <x:c r="K56" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>34568</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
-        <x:v>144</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>611434</x:v>
+        <x:v>611439</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>34568</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>611439</x:v>
+        <x:v>611479</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>142</x:v>
@@ -6314,51 +6314,51 @@
       <x:c r="J72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>552841</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -6374,51 +6374,51 @@
       <x:c r="J73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>552842</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -6435,51 +6435,51 @@
       <x:c r="J74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>552840</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -6495,51 +6495,51 @@
       <x:c r="J75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>604211</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -6556,51 +6556,51 @@
       <x:c r="J76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>604209</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -6616,51 +6616,51 @@
       <x:c r="J77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>604210</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -6677,51 +6677,51 @@
       <x:c r="J78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>502011</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -7097,51 +7097,51 @@
       <x:c r="K85" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>34026</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>598728</x:v>
+        <x:v>609635</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>140</x:v>
@@ -7560,139 +7560,139 @@
         <x:v>81</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>448721</x:v>
+        <x:v>604787</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K94" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>604787</x:v>
+        <x:v>448721</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
@@ -7760,51 +7760,51 @@
       <x:c r="J96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>604863</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -7820,51 +7820,51 @@
       <x:c r="J97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>501516</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -7881,51 +7881,51 @@
       <x:c r="J98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>604839</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -7941,51 +7941,51 @@
       <x:c r="J99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>553672</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -8002,51 +8002,51 @@
       <x:c r="J100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>448700</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
@@ -8231,57 +8231,57 @@
       <x:c r="K104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>570572</x:v>
+        <x:v>500423</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H105" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
@@ -8352,238 +8352,238 @@
       <x:c r="K106" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>500423</x:v>
+        <x:v>599307</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="E107" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G107" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H107" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
-        <x:v>599307</x:v>
+        <x:v>570574</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
-        <x:v>38399</x:v>
+        <x:v>38397</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
-        <x:v>34566</x:v>
+        <x:v>35052</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>570574</x:v>
+        <x:v>500419</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
-        <x:v>76</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
-        <x:v>38397</x:v>
+        <x:v>38399</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
-        <x:v>35052</x:v>
+        <x:v>34566</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>500419</x:v>
+        <x:v>570572</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
         <x:v>192</x:v>
@@ -9210,188 +9210,189 @@
         <x:v>166</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>35304</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>34026</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>609635</x:v>
+        <x:v>583317</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>35304</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
+      <x:c r="E123" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>34026</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>583317</x:v>
+        <x:v>548176</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>173</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>35304</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
-      <x:c r="E124" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>34026</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>548176</x:v>
+        <x:v>598728</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>35304</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
@@ -11189,51 +11190,51 @@
       <x:c r="L156" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>571498</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
@@ -11932,57 +11933,57 @@
       <x:c r="K169" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>478968</x:v>
+        <x:v>554003</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>273</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
@@ -12164,57 +12165,57 @@
       <x:c r="K173" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>554003</x:v>
+        <x:v>478968</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
@@ -12286,51 +12287,51 @@
       <x:c r="M175" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>34026</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>553400</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>35304</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
@@ -12345,51 +12346,51 @@
       <x:c r="M176" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>34026</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>553483</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>38665</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
@@ -12515,51 +12516,51 @@
       <x:c r="L179" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>34026</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>552069</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>38665</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
@@ -14346,148 +14347,148 @@
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
         <x:v>595708</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
-        <x:v>38397</x:v>
+        <x:v>38399</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
-        <x:v>35052</x:v>
+        <x:v>34566</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>593009</x:v>
+        <x:v>595836</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
-        <x:v>38399</x:v>
+        <x:v>38397</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="G213" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
-        <x:v>34566</x:v>
+        <x:v>35052</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>595836</x:v>
+        <x:v>593009</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
@@ -16788,148 +16789,148 @@
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
         <x:v>593031</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>595806</x:v>
+        <x:v>595735</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
         <x:v>374</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>595735</x:v>
+        <x:v>595806</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
@@ -16956,148 +16957,148 @@
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>595817</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
-        <x:v>38399</x:v>
+        <x:v>38397</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
-        <x:v>34566</x:v>
+        <x:v>35052</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>595716</x:v>
+        <x:v>593026</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
-        <x:v>38397</x:v>
+        <x:v>38399</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
-        <x:v>35052</x:v>
+        <x:v>34566</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>593026</x:v>
+        <x:v>595716</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>376</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
@@ -19176,148 +19177,148 @@
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>595792</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
-        <x:v>38399</x:v>
+        <x:v>38397</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
-        <x:v>34566</x:v>
+        <x:v>35052</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>595704</x:v>
+        <x:v>593017</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
-        <x:v>38397</x:v>
+        <x:v>38399</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
-        <x:v>35052</x:v>
+        <x:v>34566</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>593017</x:v>
+        <x:v>595704</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
         <x:v>275</x:v>
       </x:c>
@@ -20310,148 +20311,148 @@
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>556769</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>595801</x:v>
+        <x:v>595719</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>34566</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>595719</x:v>
+        <x:v>595801</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
         <x:v>422</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
@@ -21035,148 +21036,148 @@
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>547546</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
-        <x:v>38397</x:v>
+        <x:v>38399</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
-        <x:v>35052</x:v>
+        <x:v>34566</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>593041</x:v>
+        <x:v>595800</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
-        <x:v>38399</x:v>
+        <x:v>38397</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
-        <x:v>34566</x:v>
+        <x:v>35052</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>595800</x:v>
+        <x:v>593041</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
         <x:v>38397</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
@@ -23838,51 +23839,51 @@
       <x:c r="L379" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>34530</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
         <x:v>583795</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
         <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C380" s="15" t="s"/>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="F380" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="G380" s="14" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s"/>
       <x:c r="I380" s="16" t="s">
@@ -25088,131 +25089,131 @@
         <x:v>21</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
         <x:v>35304</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="E401" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>34026</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>557879</x:v>
+        <x:v>557880</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>35304</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s"/>
       <x:c r="I402" s="16" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
-        <x:v>54</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>34026</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>557880</x:v>
+        <x:v>557879</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>38399</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="E403" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
         <x:v>491</x:v>
       </x:c>