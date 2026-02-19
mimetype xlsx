--- v0 (2026-02-19)
+++ v1 (2026-02-19)
@@ -221,98 +221,98 @@
   <x:si>
     <x:t>APFORM</x:t>
   </x:si>
   <x:si>
     <x:t>75011</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>Médecine vétérinaire</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>10/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/18/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>GARDANNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/13/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/26/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/25/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/16/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/22/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Soin animalier</x:t>
   </x:si>
   <x:si>
-    <x:t>GARDANNE</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/14/2026 00:00:00</x:t>
-[...20 lines deleted...]
-    <x:t>02/22/2028 00:00:00</x:t>
+    <x:t>11/18/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/26/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/18/2024 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/14/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/19/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
@@ -581,62 +581,62 @@
   <x:si>
     <x:t>LA VALETTE-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecloson</x:t>
   </x:si>
   <x:si>
     <x:t>75008</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 4e</x:t>
   </x:si>
   <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/28/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/31/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/28/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>03/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ESCCOM </x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2026 00:00:00</x:t>
@@ -704,62 +704,62 @@
   <x:si>
     <x:t>10/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>France Langues Communication - CFA</x:t>
   </x:si>
   <x:si>
     <x:t>FLC FORMATION</x:t>
   </x:si>
   <x:si>
     <x:t>06160</x:t>
   </x:si>
   <x:si>
     <x:t>VILLENEUVE-LOUBET</x:t>
   </x:si>
   <x:si>
     <x:t>Titre Professionnel Conseiller de vente</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
+    <x:t>SISTERON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>SISTERON</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Groupe B2C Formation - Synergy School</x:t>
   </x:si>
   <x:si>
     <x:t>06800</x:t>
   </x:si>
   <x:si>
     <x:t>CAGNES-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Auxiliaire de service vétérinaire</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
@@ -959,80 +959,80 @@
   <x:si>
     <x:t>Maison Familiale et Rurale de Puyloubier</x:t>
   </x:si>
   <x:si>
     <x:t>MFR</x:t>
   </x:si>
   <x:si>
     <x:t>13114</x:t>
   </x:si>
   <x:si>
     <x:t>PUYLOUBIER</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maison Familiale et Rurale La Denoves</x:t>
   </x:si>
   <x:si>
     <x:t>84170</x:t>
   </x:si>
   <x:si>
     <x:t>MONTEUX</x:t>
   </x:si>
   <x:si>
+    <x:t>07/01/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/05/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>07/01/2029 00:00:00</x:t>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/02/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/02/2024 00:00:00</x:t>
-[...5 lines deleted...]
-    <x:t>07/01/2027 00:00:00</x:t>
+    <x:t>09/02/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/28/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/02/2026 00:00:00</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>bac pro technicien conseil vente en animalerie</x:t>
   </x:si>
   <x:si>
     <x:t>MFR de Puyloubier</x:t>
   </x:si>
   <x:si>
     <x:t>MFREO</x:t>
   </x:si>
   <x:si>
     <x:t>Provence Formation</x:t>
   </x:si>
   <x:si>
     <x:t>Muse</x:t>
   </x:si>
   <x:si>
     <x:t>12/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Neven Education</x:t>
   </x:si>
   <x:si>
     <x:t>06210</x:t>
   </x:si>
   <x:si>
     <x:t>MANDELIEU-LA-NAPOULE</x:t>
@@ -1040,90 +1040,90 @@
   <x:si>
     <x:t>11/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/29/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Optivalys Formations</x:t>
   </x:si>
   <x:si>
     <x:t>13400</x:t>
   </x:si>
   <x:si>
     <x:t>Optivalys Formations - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13004</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Titre professionnel conseiller de vente (Contrat de Professionnalisation)</x:t>
+  </x:si>
+  <x:si>
     <x:t>Performa</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-RAPHAEL</x:t>
   </x:si>
   <x:si>
     <x:t>01/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Titre professionnel conseiller de vente (Contrat de Professionnalisation)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Performa - Antenne Saint Raphaël</x:t>
   </x:si>
   <x:si>
     <x:t>83700</x:t>
   </x:si>
   <x:si>
     <x:t>08/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>Solutys - Campus Privé</x:t>
   </x:si>
   <x:si>
     <x:t>Tremplin 84</x:t>
   </x:si>
   <x:si>
+    <x:t>09/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/03/2027 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conseiller de vente spécialisation pharmacie (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Unec Provence Alpes Côte d'Azur - Cfa Roger Para - Ecole de Coiffure Leader</x:t>
   </x:si>
   <x:si>
     <x:t>Vénus Consulting</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 7e</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Vip and Co</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
@@ -1880,100 +1880,100 @@
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
         <x:v>599688</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
-        <x:v>37507</x:v>
+        <x:v>40344</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="E5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
-        <x:v>42024</x:v>
+        <x:v>42022</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="S5" s="0" t="n">
+        <x:v>599691</x:v>
+      </x:c>
+      <x:c r="T5" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="S5" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="T5" s="4" t="s">
+      <x:c r="U5" s="4" t="s">
         <x:v>52</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>40344</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="I6" s="16" t="s">
         <x:v>43</x:v>
@@ -1981,120 +1981,120 @@
       <x:c r="J6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>599691</x:v>
+        <x:v>573814</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="U6" s="16" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>40344</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="E7" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G7" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>573814</x:v>
+        <x:v>573816</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="U7" s="4" t="s">
         <x:v>56</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>40344</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
         <x:v>43</x:v>
@@ -2102,235 +2102,235 @@
       <x:c r="J8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>573816</x:v>
+        <x:v>599689</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="U8" s="16" t="s">
         <x:v>58</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
-        <x:v>40344</x:v>
+        <x:v>37507</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="E9" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
-        <x:v>42022</x:v>
+        <x:v>42024</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>599689</x:v>
+        <x:v>510425</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>37507</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="I10" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>510422</x:v>
+        <x:v>510426</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>37507</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>510426</x:v>
+        <x:v>510422</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>40344</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>41</x:v>
@@ -2344,102 +2344,102 @@
       <x:c r="J12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>599692</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>37507</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>510423</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
@@ -2525,51 +2525,51 @@
       <x:c r="J15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>573815</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>40344</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -2586,111 +2586,111 @@
       <x:c r="J16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>599690</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>37507</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>510424</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>37507</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -2698,60 +2698,60 @@
       <x:c r="G18" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>42024</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>554552</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -2890,51 +2890,51 @@
       <x:c r="J21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>42004</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>447282</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -3867,297 +3867,297 @@
         <x:v>87</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>598727</x:v>
+        <x:v>583315</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="U38" s="16" t="s">
         <x:v>170</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
-      <x:c r="E39" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G39" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>548174</x:v>
+        <x:v>577268</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>569971</x:v>
+        <x:v>598727</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
+      <x:c r="E41" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G41" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>583315</x:v>
+        <x:v>548174</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
-        <x:v>146</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>577268</x:v>
+        <x:v>569971</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -4167,54 +4167,54 @@
       <x:c r="L43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>583316</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
@@ -4283,51 +4283,51 @@
       <x:c r="L45" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>600046</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
@@ -4343,51 +4343,51 @@
       <x:c r="M46" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>609634</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
@@ -5000,51 +5000,51 @@
       <x:c r="M57" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>552363</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s"/>
       <x:c r="I58" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s">
@@ -5116,51 +5116,51 @@
       <x:c r="M59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>552328</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
@@ -5291,51 +5291,51 @@
       <x:c r="M62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>552327</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -5345,51 +5345,51 @@
       <x:c r="L63" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>599839</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
@@ -5574,57 +5574,57 @@
       <x:c r="K67" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>548902</x:v>
+        <x:v>603092</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>207</x:v>
@@ -5635,165 +5635,165 @@
       <x:c r="K68" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>603092</x:v>
+        <x:v>548902</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>566747</x:v>
+        <x:v>524651</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>211</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="S70" s="14" t="n">
+        <x:v>566747</x:v>
+      </x:c>
+      <x:c r="T70" s="16" t="s">
         <x:v>213</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>111</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
@@ -5803,57 +5803,57 @@
       <x:c r="K71" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>546278</x:v>
+        <x:v>611169</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>218</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
@@ -5862,57 +5862,57 @@
       <x:c r="K72" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>611169</x:v>
+        <x:v>546278</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>204</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>30</x:v>
@@ -5970,102 +5970,102 @@
       <x:c r="M74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>560333</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>35138</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>35035</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>508785</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
@@ -6474,51 +6474,51 @@
       <x:c r="L83" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
         <x:v>612364</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
         <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s">
         <x:v>254</x:v>
@@ -6592,51 +6592,51 @@
       <x:c r="L85" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>551843</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>64</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>254</x:v>
@@ -6824,51 +6824,51 @@
       <x:c r="J89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>600638</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>40358</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s"/>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
@@ -7002,114 +7002,114 @@
       <x:c r="K92" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>598830</x:v>
+        <x:v>573915</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>270</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>271</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>40358</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>42022</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>573915</x:v>
+        <x:v>598830</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>40358</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
         <x:v>167</x:v>
@@ -7955,54 +7955,54 @@
       <x:c r="K108" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>42004</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>551912</x:v>
+        <x:v>599714</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>38856</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="E109" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G109" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
@@ -8015,54 +8015,54 @@
       <x:c r="K109" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>42004</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>599714</x:v>
+        <x:v>551912</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>38856</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>289</x:v>
@@ -8076,57 +8076,57 @@
       <x:c r="K110" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>42004</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>551911</x:v>
+        <x:v>497202</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>38856</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
@@ -8136,54 +8136,54 @@
       <x:c r="K111" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>42004</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>497202</x:v>
+        <x:v>599717</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>38856</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>289</x:v>
@@ -8197,54 +8197,54 @@
       <x:c r="K112" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>42004</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>599717</x:v>
+        <x:v>551911</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>38856</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
@@ -8257,118 +8257,118 @@
       <x:c r="K113" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>42004</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>599715</x:v>
+        <x:v>497203</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
-        <x:v>38856</x:v>
+        <x:v>13921</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>42004</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>551913</x:v>
+        <x:v>445703</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>214</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>38856</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="E115" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G115" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
@@ -8378,118 +8378,118 @@
       <x:c r="K115" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>42004</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>497203</x:v>
+        <x:v>599715</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>305</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
-        <x:v>13921</x:v>
+        <x:v>38856</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K116" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>42004</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>445703</x:v>
+        <x:v>551913</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>38856</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>261</x:v>
       </x:c>
@@ -8793,380 +8793,380 @@
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>602696</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>588061</x:v>
+        <x:v>588060</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>325</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>326</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>588060</x:v>
+        <x:v>588061</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>552987</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>599534</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="E127" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G127" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>552985</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>303</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>599535</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -9363,51 +9363,51 @@
       <x:c r="M132" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>557876</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -9420,51 +9420,51 @@
       <x:c r="M133" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>557877</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>170</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
@@ -9473,114 +9473,114 @@
       <x:c r="K134" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>601041</x:v>
+        <x:v>564808</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>335</x:v>
+        <x:v>212</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>564808</x:v>
+        <x:v>601041</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="U135" s="4" t="s">
         <x:v>336</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
@@ -9928,51 +9928,51 @@
       <x:c r="K142" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>581579</x:v>
+        <x:v>581577</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>37098</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
@@ -9982,51 +9982,51 @@
       <x:c r="K143" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>581577</x:v>
+        <x:v>581579</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s"/>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s"/>
       <x:c r="I144" s="16" t="s">
         <x:v>240</x:v>