--- v1 (2026-02-21)
+++ v2 (2026-02-21)
@@ -248,86 +248,86 @@
   <x:si>
     <x:t>BTS métiers de la coiffure (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
     <x:t>CAP métiers de la coiffure</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>05/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/28/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/31/2026 00:00:00</x:t>
-[...5 lines deleted...]
-    <x:t>09/07/2026 00:00:00</x:t>
+    <x:t>11/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Barbier</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>11/03/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
@@ -437,59 +437,59 @@
   <x:si>
     <x:t>02/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Coupes Femme (collection curly)</x:t>
   </x:si>
   <x:si>
     <x:t>Attaches et Chignons (collection impulse)</x:t>
   </x:si>
   <x:si>
     <x:t>VEYNES</x:t>
   </x:si>
   <x:si>
     <x:t>Grey blending</x:t>
   </x:si>
   <x:si>
     <x:t>02/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Bbdomi - Le Studio</x:t>
   </x:si>
   <x:si>
     <x:t>06250</x:t>
   </x:si>
   <x:si>
+    <x:t>GRASSE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>MOUGINS</x:t>
   </x:si>
   <x:si>
-    <x:t>GRASSE</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Bac pro métiers de la coiffure (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Centre Bien Etre et Beauté Infantino</x:t>
   </x:si>
   <x:si>
     <x:t>83200</x:t>
   </x:si>
   <x:si>
     <x:t>SIX-FOURS-LES-PLAGES</x:t>
   </x:si>
   <x:si>
     <x:t>08/26/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Centre National d'Enseignement à Distance</x:t>
@@ -527,56 +527,56 @@
   <x:si>
     <x:t>05/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Centre National des Arts Techniques</x:t>
   </x:si>
   <x:si>
     <x:t>CNAT</x:t>
   </x:si>
   <x:si>
     <x:t>13500</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/05/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/05/2024 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Centre Régional de la Bourse du Travail - CFA Régional de la Bourse du Travail</x:t>
   </x:si>
   <x:si>
     <x:t>CFBT</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>CFA Régional de la Métropôle Nice Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>CARROS</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
@@ -854,62 +854,62 @@
   <x:si>
     <x:t>Faculté des Métiers - Ecole Hôtelière de Cannes - CFA Régional Municipal de Cannes Faculté des Métiers</x:t>
   </x:si>
   <x:si>
     <x:t>06150</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES LA BOCCA</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Formation Centre Delta-Infini</x:t>
   </x:si>
   <x:si>
     <x:t>Fb Formation</x:t>
   </x:si>
   <x:si>
+    <x:t>06/27/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/27/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/27/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Formaplus Beauté</x:t>
   </x:si>
   <x:si>
     <x:t>Formaplus Beauté - Antenne Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional Formations Adaptées - UFA Argimsa Sessad</x:t>
   </x:si>
   <x:si>
     <x:t>83340</x:t>
   </x:si>
   <x:si>
     <x:t>LE CANNET-DES-MAURES</x:t>
   </x:si>
   <x:si>
     <x:t>CS - Certificat de spécialisation - Coiffure Coupe Couleur (Ex Mention Complémentaire)</x:t>
@@ -932,80 +932,80 @@
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>05/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>PORT-DE-BOUC</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2024 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/25/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/25/2027 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>07/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
+    <x:t>BTS Métiers de la coiffure</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>BTS Métiers de la coiffure</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Prothésiste capillaire homme</x:t>
   </x:si>
   <x:si>
     <x:t>H.K.S</x:t>
   </x:si>
   <x:si>
     <x:t>13190</x:t>
   </x:si>
   <x:si>
     <x:t>Commerçant , Demandeur d'emploi , Formateur , Jeune 16-25 ans , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>IFP Cannes</x:t>
   </x:si>
   <x:si>
     <x:t>06/19/2027 00:00:00</x:t>
@@ -1289,84 +1289,84 @@
   <x:si>
     <x:t>05/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Silvya Terrade Sud Est - Antenne Les Pennes Mirabeau</x:t>
   </x:si>
   <x:si>
     <x:t>06/23/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>05/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/31/2028 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>08/28/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/29/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/03/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/12/2025 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>05/29/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/29/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/27/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/26/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Silvya Terrade Sud Est - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
@@ -2653,555 +2653,556 @@
       <x:c r="K12" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>554972</x:v>
+        <x:v>606660</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>606660</x:v>
+        <x:v>606661</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="U13" s="4" t="s">
         <x:v>60</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>606661</x:v>
+        <x:v>554972</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
-        <x:v>37963</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
-      <x:c r="E15" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>601409</x:v>
+        <x:v>554978</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
-      <x:c r="E16" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>496134</x:v>
+        <x:v>554980</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>64</x:v>
-[...1 lines deleted...]
-      <x:c r="C17" s="3" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C17" s="3" t="n">
+        <x:v>38231</x:v>
+      </x:c>
       <x:c r="D17" s="3" t="s"/>
+      <x:c r="E17" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
+      <x:c r="J17" s="0" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>606670</x:v>
+        <x:v>496134</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
-        <x:v>55</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C18" s="15" t="s"/>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
-      <x:c r="J18" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J18" s="14" t="s"/>
       <x:c r="K18" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>554976</x:v>
+        <x:v>606670</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>606663</x:v>
+        <x:v>554976</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>37963</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
-      <x:c r="E20" s="14" t="s"/>
+      <x:c r="E20" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>554978</x:v>
+        <x:v>601409</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>554980</x:v>
+        <x:v>606663</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
@@ -3270,51 +3271,51 @@
       <x:c r="M23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>606665</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -3327,51 +3328,51 @@
       <x:c r="M24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>606666</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -3381,51 +3382,51 @@
       <x:c r="M25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>606667</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -3438,51 +3439,51 @@
       <x:c r="M26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>606668</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -3719,278 +3720,278 @@
       <x:c r="M31" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>606664</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
-      <x:c r="E32" s="14" t="s"/>
+      <x:c r="E32" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s"/>
       <x:c r="I32" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>554970</x:v>
+        <x:v>496154</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>57</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
+      <x:c r="E33" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>554973</x:v>
+        <x:v>601407</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
-      <x:c r="E34" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>496154</x:v>
+        <x:v>554970</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
-      <x:c r="E35" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G35" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>601407</x:v>
+        <x:v>554973</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
@@ -4344,51 +4345,51 @@
       <x:c r="M42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>616265</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -5150,51 +5151,51 @@
       <x:c r="M56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>618132</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C57" s="3" t="s"/>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="G57" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>49</x:v>
@@ -5202,51 +5203,51 @@
       <x:c r="M57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
         <x:v>618142</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C58" s="15" t="s"/>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s"/>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J58" s="14" t="s"/>
       <x:c r="K58" s="14" t="s">
         <x:v>112</x:v>
@@ -5257,51 +5258,51 @@
       <x:c r="M58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>618129</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C59" s="3" t="s"/>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>49</x:v>
@@ -5309,104 +5310,104 @@
       <x:c r="M59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>618143</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>568466</x:v>
+        <x:v>601129</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
@@ -5416,226 +5417,226 @@
       <x:c r="J61" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="S61" s="0" t="n">
+        <x:v>601130</x:v>
+      </x:c>
+      <x:c r="T61" s="4" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="U61" s="4" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>601130</x:v>
+        <x:v>568466</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
         <x:v>601127</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>568469</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -5648,51 +5649,51 @@
       <x:c r="J65" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>601139</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -5707,51 +5708,51 @@
       <x:c r="J66" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>601125</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="E67" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -5764,171 +5765,170 @@
       <x:c r="J67" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>601140</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
-      <x:c r="E68" s="14" t="s"/>
+      <x:c r="E68" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>551942</x:v>
+        <x:v>602000</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
-      <x:c r="E69" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>497212</x:v>
+        <x:v>551942</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
@@ -5940,114 +5940,114 @@
       <x:c r="K70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>549000</x:v>
+        <x:v>497212</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>602000</x:v>
+        <x:v>549000</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
@@ -6116,51 +6116,51 @@
       <x:c r="L73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>601998</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
@@ -6232,51 +6232,51 @@
       <x:c r="L75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>497220</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
@@ -6868,57 +6868,57 @@
       <x:c r="K86" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>610859</x:v>
+        <x:v>580647</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="G87" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -6984,57 +6984,57 @@
       <x:c r="K88" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>580647</x:v>
+        <x:v>610859</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>140</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -7160,57 +7160,57 @@
       <x:c r="K91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>584160</x:v>
+        <x:v>532858</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I92" s="16" t="s">
         <x:v>148</x:v>
@@ -7221,57 +7221,57 @@
       <x:c r="K92" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L92" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M92" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N92" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O92" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P92" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q92" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
-        <x:v>584163</x:v>
+        <x:v>532862</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C93" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="E93" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G93" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="H93" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
@@ -7281,57 +7281,57 @@
       <x:c r="K93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
-        <x:v>532858</x:v>
+        <x:v>584160</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="U93" s="4" t="s">
         <x:v>153</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="H94" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="I94" s="16" t="s">
         <x:v>148</x:v>
@@ -7342,57 +7342,57 @@
       <x:c r="K94" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L94" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M94" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N94" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O94" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
-        <x:v>532862</x:v>
+        <x:v>584163</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="U94" s="16" t="s">
         <x:v>153</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>156</x:v>
       </x:c>
@@ -7540,164 +7540,164 @@
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>583966</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>547248</x:v>
+        <x:v>547259</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>504545</x:v>
+        <x:v>547248</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
         <x:v>160</x:v>
@@ -7708,57 +7708,57 @@
       <x:c r="K100" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>547259</x:v>
+        <x:v>504545</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
@@ -7895,51 +7895,51 @@
       <x:c r="M103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>615512</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>170</x:v>
@@ -8371,51 +8371,51 @@
       <x:c r="M111" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
         <x:v>600562</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
@@ -9041,158 +9041,158 @@
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>501905</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="E123" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G123" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>501967</x:v>
+        <x:v>552708</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>552708</x:v>
+        <x:v>552739</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="E125" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G125" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
@@ -9208,57 +9208,57 @@
       <x:c r="K125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>552739</x:v>
+        <x:v>501967</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
         <x:v>176</x:v>
@@ -9464,164 +9464,164 @@
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>502267</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
-        <x:v>37528</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>502234</x:v>
+        <x:v>552813</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>37528</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>604754</x:v>
+        <x:v>502234</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>176</x:v>
@@ -9632,57 +9632,57 @@
       <x:c r="K132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>552813</x:v>
+        <x:v>604754</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
@@ -10432,164 +10432,164 @@
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>552884</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C146" s="15" t="n">
-        <x:v>38232</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I146" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K146" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
-        <x:v>604251</x:v>
+        <x:v>502061</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C147" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="E147" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G147" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H147" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>502061</x:v>
+        <x:v>604251</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I148" s="16" t="s">
         <x:v>176</x:v>
@@ -10842,57 +10842,57 @@
       <x:c r="K152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>553217</x:v>
+        <x:v>502184</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C153" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="E153" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G153" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H153" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
@@ -10902,57 +10902,57 @@
       <x:c r="K153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>502184</x:v>
+        <x:v>553217</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C154" s="15" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>176</x:v>
@@ -11098,164 +11098,164 @@
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>604190</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
-        <x:v>37528</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="E157" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
-        <x:v>553195</x:v>
+        <x:v>553224</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
-        <x:v>38232</x:v>
+        <x:v>37528</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>553224</x:v>
+        <x:v>553195</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="E159" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G159" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
@@ -11689,158 +11689,158 @@
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>553341</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>604105</x:v>
+        <x:v>501780</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>501780</x:v>
+        <x:v>501828</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
@@ -11856,118 +11856,118 @@
       <x:c r="K169" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>501828</x:v>
+        <x:v>604104</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>604104</x:v>
+        <x:v>604105</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
@@ -11977,357 +11977,357 @@
       <x:c r="K171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>553277</x:v>
+        <x:v>604821</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>501677</x:v>
+        <x:v>604825</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H173" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>553243</x:v>
+        <x:v>553277</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
-        <x:v>38232</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I174" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>553282</x:v>
+        <x:v>501677</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>604820</x:v>
+        <x:v>553243</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I176" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>501725</x:v>
+        <x:v>553282</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H177" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
@@ -12340,299 +12340,299 @@
       <x:c r="K177" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>553278</x:v>
+        <x:v>604820</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>604790</x:v>
+        <x:v>501725</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H179" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>604821</x:v>
+        <x:v>553278</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
-        <x:v>38232</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I180" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>604825</x:v>
+        <x:v>604790</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="E181" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G181" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H181" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>607615</x:v>
+        <x:v>502210</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I182" s="16" t="s">
         <x:v>176</x:v>
@@ -12643,598 +12643,598 @@
       <x:c r="K182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>553303</x:v>
+        <x:v>607614</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="E183" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G183" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H183" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>502210</x:v>
+        <x:v>553302</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>37528</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I184" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>607614</x:v>
+        <x:v>502204</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>37528</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="E185" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G185" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H185" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>553302</x:v>
+        <x:v>553293</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
-        <x:v>37528</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I186" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>502204</x:v>
+        <x:v>607615</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C187" s="3" t="n">
-        <x:v>37528</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="E187" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G187" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H187" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>553293</x:v>
+        <x:v>553303</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>553699</x:v>
+        <x:v>604857</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
-        <x:v>38232</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="E189" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G189" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>553707</x:v>
+        <x:v>501583</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>501527</x:v>
+        <x:v>553698</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J191" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
-        <x:v>604853</x:v>
+        <x:v>553699</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C192" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
         <x:v>175</x:v>
@@ -13248,238 +13248,238 @@
       <x:c r="K192" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
-        <x:v>604842</x:v>
+        <x:v>501527</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C193" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="E193" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G193" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J193" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
-        <x:v>604852</x:v>
+        <x:v>553707</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C194" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K194" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
-        <x:v>553679</x:v>
+        <x:v>604853</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C195" s="3" t="n">
-        <x:v>38232</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="E195" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G195" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J195" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
-        <x:v>604857</x:v>
+        <x:v>604842</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C196" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
         <x:v>176</x:v>
@@ -13490,117 +13490,117 @@
       <x:c r="K196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
-        <x:v>501583</x:v>
+        <x:v>604852</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J197" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
-        <x:v>553698</x:v>
+        <x:v>553679</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -13839,51 +13839,51 @@
       <x:c r="L202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>495215</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="G203" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -14136,159 +14136,159 @@
       </x:c>
       <x:c r="P207" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
         <x:v>554543</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>598906</x:v>
+        <x:v>598910</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>554545</x:v>
+        <x:v>598906</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="H210" s="14" t="s"/>
       <x:c r="I210" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
@@ -14297,111 +14297,111 @@
       <x:c r="K210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>554546</x:v>
+        <x:v>554545</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>598910</x:v>
+        <x:v>554546</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C212" s="15" t="s"/>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s"/>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s"/>
       <x:c r="K212" s="14" t="s">
@@ -14639,224 +14639,224 @@
       <x:c r="K216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>555600</x:v>
+        <x:v>445633</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>40707</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="E217" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>555610</x:v>
+        <x:v>555600</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
-        <x:v>40707</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>445633</x:v>
+        <x:v>555610</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>227</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="E219" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>555611</x:v>
+        <x:v>555602</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s"/>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
@@ -14883,94 +14883,94 @@
       </x:c>
       <x:c r="P220" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
         <x:v>564181</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="E221" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>555602</x:v>
+        <x:v>555611</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s"/>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
@@ -15233,281 +15233,280 @@
       </x:c>
       <x:c r="P226" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
         <x:v>544960</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
-        <x:v>37963</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="E227" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>599119</x:v>
+        <x:v>599122</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
-        <x:v>234</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s"/>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="I228" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>581836</x:v>
+        <x:v>529118</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
-      <x:c r="E229" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G229" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H229" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>599122</x:v>
+        <x:v>581836</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>37963</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
-      <x:c r="E230" s="14" t="s"/>
+      <x:c r="E230" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="I230" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>529118</x:v>
+        <x:v>599119</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="G231" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H231" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -15517,51 +15516,51 @@
       <x:c r="L231" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
         <x:v>529134</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s"/>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H232" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="I232" s="16" t="s">
@@ -15695,51 +15694,51 @@
       <x:c r="L234" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
         <x:v>614401</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="E235" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H235" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
@@ -15873,115 +15872,113 @@
       <x:c r="K237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>497947</x:v>
+        <x:v>544964</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
-      <x:c r="E238" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E238" s="14" t="s"/>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="I238" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>578859</x:v>
+        <x:v>537244</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="E239" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H239" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
@@ -15994,113 +15991,115 @@
       <x:c r="K239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>544964</x:v>
+        <x:v>497947</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
-        <x:v>214</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
-      <x:c r="E240" s="14" t="s"/>
+      <x:c r="E240" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>537244</x:v>
+        <x:v>578859</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -16670,51 +16669,51 @@
       <x:c r="L251" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
         <x:v>495482</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
@@ -16726,114 +16725,114 @@
       <x:c r="K252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>558038</x:v>
+        <x:v>607288</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="E253" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>607288</x:v>
+        <x:v>558038</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
@@ -17351,51 +17350,51 @@
       <x:c r="L263" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>496739</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
@@ -17410,225 +17409,224 @@
       <x:c r="L264" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>496793</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="E265" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>546568</x:v>
+        <x:v>546534</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>257</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
-      <x:c r="E266" s="14" t="s"/>
+      <x:c r="E266" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>579809</x:v>
+        <x:v>546568</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>178</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
-      <x:c r="E267" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G267" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>546534</x:v>
+        <x:v>579809</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -17706,159 +17704,159 @@
       </x:c>
       <x:c r="P269" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>601094</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>601073</x:v>
+        <x:v>546569</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="E271" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>601093</x:v>
+        <x:v>601073</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
@@ -17867,108 +17865,108 @@
       <x:c r="K272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>546569</x:v>
+        <x:v>601093</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="E273" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>544994</x:v>
+        <x:v>544995</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>260</x:v>
@@ -17983,114 +17981,114 @@
       <x:c r="K274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>544986</x:v>
+        <x:v>517322</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="E275" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>505892</x:v>
+        <x:v>544994</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
@@ -18099,462 +18097,462 @@
       <x:c r="K276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>599058</x:v>
+        <x:v>544986</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="U276" s="16" t="s">
         <x:v>263</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="E277" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>599066</x:v>
+        <x:v>505892</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>40707</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>505886</x:v>
+        <x:v>599058</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
-        <x:v>37963</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="E279" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>517312</x:v>
+        <x:v>599065</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
-        <x:v>213</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>37963</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>544987</x:v>
+        <x:v>599061</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
-        <x:v>37963</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="E281" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>599061</x:v>
+        <x:v>544987</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
-        <x:v>263</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>599065</x:v>
+        <x:v>505886</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
-        <x:v>40707</x:v>
+        <x:v>37963</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="E283" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>517322</x:v>
+        <x:v>517312</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
@@ -18563,57 +18561,57 @@
       <x:c r="K284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>544995</x:v>
+        <x:v>599066</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="E285" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -18626,51 +18624,51 @@
       <x:c r="M285" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>544989</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>264</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
@@ -18682,51 +18680,51 @@
       <x:c r="L286" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>599059</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -18795,51 +18793,51 @@
       <x:c r="L288" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
         <x:v>601619</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="E289" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G289" s="0" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
         <x:v>195</x:v>
       </x:c>
@@ -18852,51 +18850,51 @@
       <x:c r="L289" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>601620</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
@@ -18911,51 +18909,51 @@
       <x:c r="L290" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>601623</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="E291" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G291" s="0" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
@@ -19200,57 +19198,57 @@
       <x:c r="K295" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>498542</x:v>
+        <x:v>454948</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I296" s="16" t="s">
         <x:v>85</x:v>
@@ -19261,57 +19259,57 @@
       <x:c r="K296" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>454948</x:v>
+        <x:v>498542</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="E297" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
@@ -19439,51 +19437,51 @@
       <x:c r="L299" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
         <x:v>553802</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -19772,51 +19770,51 @@
       <x:c r="L305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
         <x:v>523528</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
@@ -19829,51 +19827,51 @@
       <x:c r="L306" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
         <x:v>521661</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -19940,51 +19938,51 @@
       <x:c r="L308" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>540875</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -20045,279 +20043,279 @@
       <x:c r="J310" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>493036</x:v>
+        <x:v>523500</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>523500</x:v>
+        <x:v>551753</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>286</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K312" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>551753</x:v>
+        <x:v>543685</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>523502</x:v>
+        <x:v>493036</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>543685</x:v>
+        <x:v>523502</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -20338,154 +20336,154 @@
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>588527</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K316" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>551762</x:v>
+        <x:v>582026</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>582026</x:v>
+        <x:v>551762</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -20495,51 +20493,51 @@
       <x:c r="L318" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>540878</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="E319" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G319" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
@@ -20563,159 +20561,159 @@
       </x:c>
       <x:c r="P319" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
         <x:v>499324</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K320" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>603608</x:v>
+        <x:v>549483</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C321" s="3" t="n">
-        <x:v>38232</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="E321" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G321" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J321" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
-        <x:v>549483</x:v>
+        <x:v>603608</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C322" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
@@ -20852,153 +20850,153 @@
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
         <x:v>616215</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
-        <x:v>37963</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="E325" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J325" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>549474</x:v>
+        <x:v>549482</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>37963</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K326" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>549482</x:v>
+        <x:v>549474</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="E327" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
@@ -21187,51 +21185,51 @@
       <x:c r="L330" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>509639</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -21352,51 +21350,51 @@
       <x:c r="L333" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
         <x:v>616228</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
@@ -21409,111 +21407,108 @@
       <x:c r="L334" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>616232</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
-        <x:v>38232</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
-      <x:c r="E335" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G335" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J335" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>603642</x:v>
+        <x:v>616230</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C336" s="15" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -21531,273 +21526,275 @@
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>591301</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J337" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>616230</x:v>
+        <x:v>555125</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
-        <x:v>62</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C338" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D338" s="15" t="s"/>
-      <x:c r="E338" s="14" t="s"/>
+      <x:c r="E338" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>555125</x:v>
+        <x:v>603642</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
-        <x:v>38232</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="H339" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>554005</x:v>
+        <x:v>606258</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="I340" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>606258</x:v>
+        <x:v>554005</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="H341" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="J341" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -21807,51 +21804,51 @@
       <x:c r="L341" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
         <x:v>507567</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C342" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="I342" s="16" t="s">
@@ -21866,51 +21863,51 @@
       <x:c r="L342" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
         <x:v>523530</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C343" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="H343" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
@@ -21934,226 +21931,226 @@
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
         <x:v>616712</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
-        <x:v>276</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C344" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>37963</x:v>
       </x:c>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="I344" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K344" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>588530</x:v>
+        <x:v>504173</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="H345" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
-        <x:v>504173</x:v>
+        <x:v>554784</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
-        <x:v>37963</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="I346" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K346" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
-        <x:v>554784</x:v>
+        <x:v>588530</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="C347" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="H347" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="J347" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>29</x:v>
@@ -23078,51 +23075,51 @@
       <x:c r="M363" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
         <x:v>566762</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C364" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s">
@@ -23244,51 +23241,51 @@
       <x:c r="M366" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
         <x:v>566437</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C367" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="E367" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -23354,100 +23351,100 @@
       <x:c r="M368" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
         <x:v>575094</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C369" s="3" t="s"/>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
         <x:v>566411</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C370" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -23683,51 +23680,51 @@
       <x:c r="M374" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
         <x:v>566770</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C375" s="3" t="s"/>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="G375" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>29</x:v>
@@ -23785,51 +23782,51 @@
       <x:c r="M376" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
         <x:v>581580</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="E377" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="J377" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -24009,51 +24006,51 @@
       <x:c r="M380" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
         <x:v>566465</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C381" s="3" t="s"/>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>29</x:v>
@@ -24463,51 +24460,51 @@
       <x:c r="L389" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
         <x:v>599187</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C390" s="15" t="s"/>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s"/>
       <x:c r="I390" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s"/>
       <x:c r="K390" s="14" t="s">
@@ -24527,386 +24524,386 @@
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
         <x:v>599194</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
         <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="E391" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
-        <x:v>555001</x:v>
+        <x:v>554998</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
-        <x:v>37528</x:v>
+        <x:v>37963</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K392" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
-        <x:v>555004</x:v>
+        <x:v>611613</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
+      <x:c r="E393" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G393" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
-        <x:v>569933</x:v>
+        <x:v>555001</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
-        <x:v>151</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
-        <x:v>37963</x:v>
+        <x:v>37528</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
-        <x:v>611613</x:v>
+        <x:v>555004</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>40707</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
-      <x:c r="E395" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G395" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
-        <x:v>554998</x:v>
+        <x:v>495392</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
-        <x:v>40707</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K396" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
-        <x:v>495392</x:v>
+        <x:v>569933</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="E397" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -25375,51 +25372,51 @@
       <x:c r="M405" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
         <x:v>613849</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="C406" s="15" t="s"/>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s"/>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s"/>
       <x:c r="K406" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
@@ -25428,51 +25425,51 @@
       <x:c r="M406" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
         <x:v>614274</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="G407" s="0" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="J407" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K407" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
@@ -26426,51 +26423,51 @@
       <x:c r="L424" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
         <x:v>547656</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
       <x:c r="E425" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G425" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="I425" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -26542,51 +26539,51 @@
       <x:c r="L426" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
         <x:v>605972</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="E427" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G427" s="0" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="I427" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -26669,161 +26666,162 @@
       </x:c>
       <x:c r="P428" s="14" t="s">
         <x:v>378</x:v>
       </x:c>
       <x:c r="Q428" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="R428" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="S428" s="14" t="n">
         <x:v>547663</x:v>
       </x:c>
       <x:c r="T428" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U428" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="429" spans="1:21">
       <x:c r="A429" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B429" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C429" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D429" s="3" t="s"/>
       <x:c r="E429" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G429" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="H429" s="0" t="s">
+        <x:v>293</x:v>
       </x:c>
       <x:c r="I429" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="J429" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K429" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L429" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
-        <x:v>556684</x:v>
+        <x:v>608277</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
-        <x:v>281</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
-        <x:v>38232</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
-        <x:v>292</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="H430" s="14" t="s"/>
       <x:c r="I430" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K430" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L430" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
-        <x:v>608277</x:v>
+        <x:v>556684</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="E431" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="H431" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
@@ -26898,51 +26896,51 @@
       <x:c r="M432" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N432" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O432" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P432" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q432" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R432" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="S432" s="14" t="n">
         <x:v>559093</x:v>
       </x:c>
       <x:c r="T432" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U432" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="433" spans="1:21">
       <x:c r="A433" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B433" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C433" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D433" s="3" t="s"/>
       <x:c r="E433" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G433" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="I433" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="J433" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -27011,51 +27009,51 @@
       <x:c r="L434" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M434" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N434" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O434" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P434" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q434" s="16" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R434" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="S434" s="14" t="n">
         <x:v>494870</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
         <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="E435" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
         <x:v>283</x:v>
       </x:c>
@@ -27068,51 +27066,51 @@
       <x:c r="L435" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
         <x:v>494871</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
         <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C436" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D436" s="15" t="s"/>
       <x:c r="E436" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F436" s="14" t="s"/>
       <x:c r="G436" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="H436" s="14" t="s"/>
       <x:c r="I436" s="16" t="s">
@@ -27303,51 +27301,51 @@
       <x:c r="M439" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
         <x:v>547790</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="H440" s="14" t="s"/>
       <x:c r="I440" s="16" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s">
@@ -27359,51 +27357,51 @@
       <x:c r="L440" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
         <x:v>493138</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C441" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="E441" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G441" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="H441" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
@@ -27551,164 +27549,164 @@
       </x:c>
       <x:c r="P443" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
         <x:v>617541</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C444" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>37963</x:v>
       </x:c>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="H444" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="I444" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K444" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
-        <x:v>611024</x:v>
+        <x:v>511045</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
-        <x:v>37963</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="E445" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G445" s="0" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="H445" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
-        <x:v>511045</x:v>
+        <x:v>611024</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="H446" s="14" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="I446" s="16" t="s">
         <x:v>294</x:v>
@@ -27722,51 +27720,51 @@
       <x:c r="L446" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
         <x:v>516388</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="E447" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G447" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="H447" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
@@ -27914,164 +27912,164 @@
       </x:c>
       <x:c r="P449" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
         <x:v>600340</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="H450" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="I450" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K450" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
-        <x:v>547369</x:v>
+        <x:v>600352</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="E451" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G451" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="H451" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
-        <x:v>600352</x:v>
+        <x:v>547369</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C452" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="H452" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="I452" s="16" t="s">
         <x:v>25</x:v>
@@ -28987,51 +28985,51 @@
       <x:c r="M468" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
         <x:v>568282</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C469" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="G469" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
@@ -29153,157 +29151,156 @@
       </x:c>
       <x:c r="O471" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P471" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q471" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R471" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S471" s="0" t="n">
         <x:v>568245</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
         <x:v>399</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C472" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D472" s="15" t="s"/>
-      <x:c r="E472" s="14" t="s"/>
+      <x:c r="E472" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s"/>
       <x:c r="I472" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K472" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q472" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R472" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S472" s="14" t="n">
-        <x:v>567069</x:v>
+        <x:v>609249</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="U472" s="16" t="s">
         <x:v>406</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
-      <x:c r="E473" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G473" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q473" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R473" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S473" s="0" t="n">
-        <x:v>609249</x:v>
+        <x:v>567069</x:v>
       </x:c>
       <x:c r="T473" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="U473" s="4" t="s">
         <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="474" spans="1:21">
       <x:c r="A474" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B474" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C474" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D474" s="15" t="s"/>
       <x:c r="E474" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F474" s="14" t="s"/>
       <x:c r="G474" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H474" s="14" t="s"/>
       <x:c r="I474" s="16" t="s">
@@ -29321,842 +29318,843 @@
       <x:c r="M474" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N474" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O474" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P474" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q474" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R474" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S474" s="14" t="n">
         <x:v>506078</x:v>
       </x:c>
       <x:c r="T474" s="16" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="U474" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="475" spans="1:21">
       <x:c r="A475" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B475" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C475" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D475" s="3" t="s"/>
+      <x:c r="E475" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G475" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I475" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J475" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K475" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L475" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M475" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N475" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O475" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P475" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q475" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R475" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S475" s="0" t="n">
-        <x:v>614583</x:v>
+        <x:v>554462</x:v>
       </x:c>
       <x:c r="T475" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="U475" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="476" spans="1:21">
       <x:c r="A476" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B476" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C476" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D476" s="15" t="s"/>
-      <x:c r="E476" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E476" s="14" t="s"/>
       <x:c r="F476" s="14" t="s"/>
       <x:c r="G476" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H476" s="14" t="s"/>
       <x:c r="I476" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J476" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K476" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L476" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M476" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="N476" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O476" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P476" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q476" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
-        <x:v>554462</x:v>
+        <x:v>614583</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
-        <x:v>256</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
-        <x:v>37963</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
-      <x:c r="E477" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G477" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
-        <x:v>609230</x:v>
+        <x:v>614569</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s"/>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H478" s="14" t="s"/>
       <x:c r="I478" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K478" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
-        <x:v>614574</x:v>
+        <x:v>614575</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
-        <x:v>411</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="G479" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
-        <x:v>614585</x:v>
+        <x:v>614581</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
-        <x:v>401</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
-        <x:v>394</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>37963</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K480" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
-        <x:v>554463</x:v>
+        <x:v>609230</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
-        <x:v>40707</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D481" s="3" t="s"/>
-      <x:c r="E481" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G481" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
-        <x:v>554399</x:v>
+        <x:v>614574</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
         <x:v>414</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
-        <x:v>37963</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
-      <x:c r="E482" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E482" s="14" t="s"/>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s"/>
       <x:c r="I482" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K482" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
-        <x:v>554415</x:v>
+        <x:v>614585</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
+      <x:c r="E483" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G483" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J483" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K483" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L483" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M483" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N483" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O483" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P483" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q483" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R483" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S483" s="0" t="n">
-        <x:v>567040</x:v>
+        <x:v>554463</x:v>
       </x:c>
       <x:c r="T483" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="U483" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="484" spans="1:21">
       <x:c r="A484" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B484" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C484" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>40707</x:v>
       </x:c>
       <x:c r="D484" s="15" t="s"/>
       <x:c r="E484" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F484" s="14" t="s"/>
       <x:c r="G484" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H484" s="14" t="s"/>
       <x:c r="I484" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K484" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
-        <x:v>609220</x:v>
+        <x:v>554399</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>416</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>37963</x:v>
       </x:c>
       <x:c r="D485" s="3" t="s"/>
+      <x:c r="E485" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G485" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I485" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J485" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K485" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L485" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M485" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N485" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O485" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P485" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q485" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R485" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S485" s="0" t="n">
-        <x:v>614569</x:v>
+        <x:v>554415</x:v>
       </x:c>
       <x:c r="T485" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U485" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="486" spans="1:21">
       <x:c r="A486" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B486" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C486" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D486" s="15" t="s"/>
       <x:c r="E486" s="14" t="s"/>
       <x:c r="F486" s="14" t="s"/>
       <x:c r="G486" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H486" s="14" t="s"/>
       <x:c r="I486" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J486" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K486" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L486" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M486" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N486" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O486" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P486" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q486" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R486" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S486" s="14" t="n">
-        <x:v>614575</x:v>
+        <x:v>567040</x:v>
       </x:c>
       <x:c r="T486" s="16" t="s">
-        <x:v>403</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="U486" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="487" spans="1:21">
       <x:c r="A487" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B487" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C487" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D487" s="3" t="s"/>
       <x:c r="G487" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I487" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J487" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K487" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L487" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M487" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N487" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O487" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P487" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q487" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R487" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S487" s="0" t="n">
-        <x:v>614581</x:v>
+        <x:v>568242</x:v>
       </x:c>
       <x:c r="T487" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="U487" s="4" t="s">
-        <x:v>417</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="488" spans="1:21">
       <x:c r="A488" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B488" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C488" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D488" s="15" t="s"/>
-      <x:c r="E488" s="14" t="s"/>
+      <x:c r="E488" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F488" s="14" t="s"/>
       <x:c r="G488" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H488" s="14" t="s"/>
       <x:c r="I488" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J488" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K488" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L488" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M488" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N488" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O488" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P488" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q488" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R488" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S488" s="14" t="n">
-        <x:v>568242</x:v>
+        <x:v>609220</x:v>
       </x:c>
       <x:c r="T488" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U488" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="489" spans="1:21">
       <x:c r="A489" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B489" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C489" s="3" t="s"/>
       <x:c r="D489" s="3" t="s"/>
       <x:c r="G489" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I489" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="K489" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L489" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M489" s="0" t="s">
         <x:v>29</x:v>
@@ -30271,54 +30269,54 @@
       <x:c r="L491" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M491" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N491" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O491" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P491" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q491" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R491" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S491" s="0" t="n">
         <x:v>614571</x:v>
       </x:c>
       <x:c r="T491" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="U491" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="492" spans="1:21">
       <x:c r="A492" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B492" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C492" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D492" s="15" t="s"/>
       <x:c r="E492" s="14" t="s"/>
       <x:c r="F492" s="14" t="s"/>
       <x:c r="G492" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H492" s="14" t="s"/>
       <x:c r="I492" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J492" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -30499,51 +30497,51 @@
       <x:c r="M495" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
         <x:v>609248</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C496" s="15" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D496" s="15" t="s"/>
       <x:c r="E496" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F496" s="14" t="s"/>
       <x:c r="G496" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H496" s="14" t="s"/>
       <x:c r="I496" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J496" s="14" t="s">
@@ -30720,51 +30718,51 @@
       <x:c r="L499" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M499" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N499" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O499" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P499" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q499" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R499" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S499" s="0" t="n">
         <x:v>568236</x:v>
       </x:c>
       <x:c r="T499" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="U499" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="500" spans="1:21">
       <x:c r="A500" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B500" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C500" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D500" s="15" t="s"/>
       <x:c r="E500" s="14" t="s"/>
       <x:c r="F500" s="14" t="s"/>
       <x:c r="G500" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H500" s="14" t="s"/>
       <x:c r="I500" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
@@ -30837,51 +30835,51 @@
       <x:c r="M501" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N501" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O501" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P501" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q501" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R501" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S501" s="0" t="n">
         <x:v>554402</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s"/>
       <x:c r="I502" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s">
@@ -30955,103 +30953,105 @@
       </x:c>
       <x:c r="O503" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P503" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q503" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R503" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S503" s="0" t="n">
         <x:v>614580</x:v>
       </x:c>
       <x:c r="T503" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="U503" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="504" spans="1:21">
       <x:c r="A504" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B504" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C504" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D504" s="15" t="s"/>
-      <x:c r="E504" s="14" t="s"/>
+      <x:c r="E504" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F504" s="14" t="s"/>
       <x:c r="G504" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H504" s="14" t="s"/>
       <x:c r="I504" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J504" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K504" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L504" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M504" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N504" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O504" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P504" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q504" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R504" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S504" s="14" t="n">
-        <x:v>567042</x:v>
+        <x:v>506103</x:v>
       </x:c>
       <x:c r="T504" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U504" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="505" spans="1:21">
       <x:c r="A505" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B505" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C505" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D505" s="3" t="s"/>
       <x:c r="E505" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G505" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I505" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J505" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -31064,619 +31064,616 @@
       <x:c r="M505" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N505" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O505" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P505" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q505" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R505" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S505" s="0" t="n">
         <x:v>506104</x:v>
       </x:c>
       <x:c r="T505" s="4" t="s">
         <x:v>421</x:v>
       </x:c>
       <x:c r="U505" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="506" spans="1:21">
       <x:c r="A506" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B506" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C506" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D506" s="15" t="s"/>
       <x:c r="E506" s="14" t="s"/>
       <x:c r="F506" s="14" t="s"/>
       <x:c r="G506" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H506" s="14" t="s"/>
       <x:c r="I506" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J506" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K506" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L506" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M506" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N506" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O506" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P506" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q506" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R506" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S506" s="14" t="n">
-        <x:v>612515</x:v>
+        <x:v>566985</x:v>
       </x:c>
       <x:c r="T506" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U506" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="507" spans="1:21">
       <x:c r="A507" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B507" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C507" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D507" s="3" t="s"/>
       <x:c r="G507" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I507" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J507" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K507" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L507" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
-        <x:v>566985</x:v>
+        <x:v>566992</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C508" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s"/>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H508" s="14" t="s"/>
       <x:c r="I508" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J508" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K508" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L508" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M508" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="N508" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O508" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P508" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q508" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R508" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S508" s="14" t="n">
-        <x:v>566992</x:v>
+        <x:v>567066</x:v>
       </x:c>
       <x:c r="T508" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U508" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="509" spans="1:21">
       <x:c r="A509" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B509" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C509" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D509" s="3" t="s"/>
       <x:c r="G509" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I509" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J509" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K509" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L509" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M509" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="N509" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O509" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P509" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q509" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R509" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S509" s="0" t="n">
-        <x:v>567066</x:v>
+        <x:v>567068</x:v>
       </x:c>
       <x:c r="T509" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="U509" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>408</x:v>
       </x:c>
     </x:row>
     <x:row r="510" spans="1:21">
       <x:c r="A510" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B510" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C510" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D510" s="15" t="s"/>
       <x:c r="E510" s="14" t="s"/>
       <x:c r="F510" s="14" t="s"/>
       <x:c r="G510" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H510" s="14" t="s"/>
       <x:c r="I510" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J510" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K510" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L510" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M510" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N510" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O510" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P510" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q510" s="16" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R510" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S510" s="14" t="n">
-        <x:v>567068</x:v>
+        <x:v>567042</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
-        <x:v>406</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
-        <x:v>407</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C511" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D511" s="3" t="s"/>
-      <x:c r="E511" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G511" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J511" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O511" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P511" s="0" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="S511" s="0" t="n">
-        <x:v>506103</x:v>
+        <x:v>612515</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>422</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C512" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>37963</x:v>
       </x:c>
       <x:c r="D512" s="15" t="s"/>
       <x:c r="E512" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F512" s="14" t="s"/>
       <x:c r="G512" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H512" s="14" t="s"/>
       <x:c r="I512" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J512" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K512" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L512" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M512" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N512" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O512" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P512" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="Q512" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R512" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S512" s="14" t="n">
-        <x:v>506121</x:v>
+        <x:v>554418</x:v>
       </x:c>
       <x:c r="T512" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U512" s="16" t="s">
-        <x:v>424</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="513" spans="1:21">
       <x:c r="A513" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B513" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C513" s="3" t="n">
-        <x:v>37963</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D513" s="3" t="s"/>
       <x:c r="E513" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G513" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I513" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J513" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K513" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L513" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M513" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N513" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O513" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P513" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="Q513" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R513" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S513" s="0" t="n">
-        <x:v>506127</x:v>
+        <x:v>554466</x:v>
       </x:c>
       <x:c r="T513" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U513" s="4" t="s">
-        <x:v>425</x:v>
+        <x:v>397</x:v>
       </x:c>
     </x:row>
     <x:row r="514" spans="1:21">
       <x:c r="A514" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B514" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C514" s="15" t="n">
-        <x:v>37963</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D514" s="15" t="s"/>
       <x:c r="E514" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F514" s="14" t="s"/>
       <x:c r="G514" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H514" s="14" t="s"/>
       <x:c r="I514" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J514" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K514" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L514" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M514" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N514" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O514" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P514" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="Q514" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R514" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S514" s="14" t="n">
-        <x:v>554418</x:v>
+        <x:v>506121</x:v>
       </x:c>
       <x:c r="T514" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="U514" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>424</x:v>
       </x:c>
     </x:row>
     <x:row r="515" spans="1:21">
       <x:c r="A515" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B515" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="C515" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>37963</x:v>
       </x:c>
       <x:c r="D515" s="3" t="s"/>
       <x:c r="E515" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G515" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I515" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J515" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K515" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L515" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M515" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N515" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O515" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P515" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="Q515" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R515" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S515" s="0" t="n">
-        <x:v>554466</x:v>
+        <x:v>506127</x:v>
       </x:c>
       <x:c r="T515" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U515" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>425</x:v>
       </x:c>
     </x:row>
     <x:row r="516" spans="1:21">
       <x:c r="A516" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B516" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C516" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D516" s="15" t="s"/>
       <x:c r="E516" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F516" s="14" t="s"/>
       <x:c r="G516" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H516" s="14" t="s"/>
       <x:c r="I516" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J516" s="14" t="s">
@@ -31748,51 +31745,51 @@
       <x:c r="M517" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N517" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O517" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P517" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="Q517" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R517" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S517" s="0" t="n">
         <x:v>609246</x:v>
       </x:c>
       <x:c r="T517" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="U517" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="518" spans="1:21">
       <x:c r="A518" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B518" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C518" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D518" s="15" t="s"/>
       <x:c r="E518" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F518" s="14" t="s"/>
       <x:c r="G518" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H518" s="14" t="s"/>
       <x:c r="I518" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J518" s="14" t="s">
@@ -31861,51 +31858,51 @@
       <x:c r="M519" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N519" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O519" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P519" s="0" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="Q519" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R519" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S519" s="0" t="n">
         <x:v>566991</x:v>
       </x:c>
       <x:c r="T519" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="U519" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="520" spans="1:21">
       <x:c r="A520" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B520" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C520" s="15" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D520" s="15" t="s"/>
       <x:c r="E520" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F520" s="14" t="s"/>
       <x:c r="G520" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H520" s="14" t="s"/>
       <x:c r="I520" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J520" s="14" t="s">
@@ -32031,51 +32028,51 @@
       <x:c r="M522" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N522" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O522" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P522" s="14" t="s">
         <x:v>423</x:v>
       </x:c>
       <x:c r="Q522" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R522" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S522" s="14" t="n">
         <x:v>566986</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C523" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D523" s="3" t="s"/>
       <x:c r="E523" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J523" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -32320,51 +32317,51 @@
       <x:c r="M527" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N527" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O527" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P527" s="0" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q527" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R527" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S527" s="0" t="n">
         <x:v>609244</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C528" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D528" s="15" t="s"/>
       <x:c r="E528" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F528" s="14" t="s"/>
       <x:c r="G528" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H528" s="14" t="s"/>
       <x:c r="I528" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J528" s="14" t="s">
@@ -32851,376 +32848,376 @@
       </x:c>
       <x:c r="P536" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="Q536" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R536" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S536" s="14" t="n">
         <x:v>609228</x:v>
       </x:c>
       <x:c r="T536" s="16" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="U536" s="16" t="s">
         <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="537" spans="1:21">
       <x:c r="A537" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B537" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C537" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D537" s="3" t="s"/>
       <x:c r="G537" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I537" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J537" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K537" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L537" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M537" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="N537" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O537" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P537" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q537" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R537" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S537" s="0" t="n">
-        <x:v>566987</x:v>
+        <x:v>567067</x:v>
       </x:c>
       <x:c r="T537" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U537" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="538" spans="1:21">
       <x:c r="A538" s="13" t="s">
-        <x:v>43</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B538" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C538" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D538" s="15" t="s"/>
       <x:c r="E538" s="14" t="s"/>
       <x:c r="F538" s="14" t="s"/>
       <x:c r="G538" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H538" s="14" t="s"/>
       <x:c r="I538" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J538" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K538" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L538" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M538" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="N538" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O538" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P538" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q538" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R538" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S538" s="14" t="n">
-        <x:v>566993</x:v>
+        <x:v>567064</x:v>
       </x:c>
       <x:c r="T538" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U538" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="539" spans="1:21">
       <x:c r="A539" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B539" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C539" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D539" s="3" t="s"/>
       <x:c r="G539" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I539" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J539" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K539" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L539" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M539" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N539" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O539" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P539" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q539" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R539" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S539" s="0" t="n">
-        <x:v>567047</x:v>
+        <x:v>566987</x:v>
       </x:c>
       <x:c r="T539" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U539" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="540" spans="1:21">
       <x:c r="A540" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B540" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C540" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D540" s="15" t="s"/>
       <x:c r="E540" s="14" t="s"/>
       <x:c r="F540" s="14" t="s"/>
       <x:c r="G540" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H540" s="14" t="s"/>
       <x:c r="I540" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J540" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K540" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L540" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M540" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N540" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O540" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P540" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q540" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R540" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S540" s="14" t="n">
-        <x:v>567064</x:v>
+        <x:v>566993</x:v>
       </x:c>
       <x:c r="T540" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U540" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="541" spans="1:21">
       <x:c r="A541" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B541" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C541" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D541" s="3" t="s"/>
       <x:c r="G541" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I541" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J541" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K541" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L541" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M541" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="N541" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O541" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P541" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q541" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R541" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S541" s="0" t="n">
-        <x:v>612513</x:v>
+        <x:v>567047</x:v>
       </x:c>
       <x:c r="T541" s="4" t="s">
-        <x:v>217</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U541" s="4" t="s">
-        <x:v>262</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="542" spans="1:21">
       <x:c r="A542" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B542" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C542" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D542" s="15" t="s"/>
       <x:c r="E542" s="14" t="s"/>
       <x:c r="F542" s="14" t="s"/>
       <x:c r="G542" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H542" s="14" t="s"/>
       <x:c r="I542" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J542" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K542" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L542" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M542" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N542" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O542" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P542" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q542" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R542" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S542" s="14" t="n">
-        <x:v>567067</x:v>
+        <x:v>612513</x:v>
       </x:c>
       <x:c r="T542" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U542" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="543" spans="1:21">
       <x:c r="A543" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B543" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C543" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D543" s="3" t="s"/>
       <x:c r="E543" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G543" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I543" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J543" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -33624,51 +33621,51 @@
       <x:c r="L550" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M550" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N550" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O550" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P550" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q550" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R550" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S550" s="14" t="n">
         <x:v>567041</x:v>
       </x:c>
       <x:c r="T550" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="U550" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="551" spans="1:21">
       <x:c r="A551" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B551" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="C551" s="3" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D551" s="3" t="s"/>
       <x:c r="E551" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G551" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I551" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
@@ -33689,270 +33686,270 @@
       </x:c>
       <x:c r="O551" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P551" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q551" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R551" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S551" s="0" t="n">
         <x:v>609266</x:v>
       </x:c>
       <x:c r="T551" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="U551" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="552" spans="1:21">
       <x:c r="A552" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B552" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C552" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D552" s="15" t="s"/>
-      <x:c r="E552" s="14" t="s"/>
+      <x:c r="E552" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F552" s="14" t="s"/>
       <x:c r="G552" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H552" s="14" t="s"/>
       <x:c r="I552" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J552" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K552" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L552" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M552" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N552" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O552" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P552" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q552" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R552" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S552" s="14" t="n">
-        <x:v>567039</x:v>
+        <x:v>609250</x:v>
       </x:c>
       <x:c r="T552" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="U552" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="553" spans="1:21">
       <x:c r="A553" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B553" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C553" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D553" s="3" t="s"/>
       <x:c r="E553" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G553" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I553" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J553" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K553" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L553" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M553" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N553" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O553" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P553" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q553" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R553" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S553" s="0" t="n">
-        <x:v>609250</x:v>
+        <x:v>609221</x:v>
       </x:c>
       <x:c r="T553" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="U553" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="554" spans="1:21">
       <x:c r="A554" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B554" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C554" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D554" s="15" t="s"/>
-      <x:c r="E554" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E554" s="14" t="s"/>
       <x:c r="F554" s="14" t="s"/>
       <x:c r="G554" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H554" s="14" t="s"/>
       <x:c r="I554" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J554" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K554" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L554" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M554" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N554" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O554" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P554" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q554" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R554" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S554" s="14" t="n">
-        <x:v>609221</x:v>
+        <x:v>567039</x:v>
       </x:c>
       <x:c r="T554" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="U554" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="555" spans="1:21">
       <x:c r="A555" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B555" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C555" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D555" s="3" t="s"/>
       <x:c r="G555" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I555" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J555" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K555" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L555" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M555" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N555" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O555" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P555" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q555" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R555" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S555" s="0" t="n">
         <x:v>612740</x:v>
       </x:c>
       <x:c r="T555" s="4" t="s">
-        <x:v>416</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="U555" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="556" spans="1:21">
       <x:c r="A556" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B556" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C556" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D556" s="15" t="s"/>
       <x:c r="E556" s="14" t="s"/>
       <x:c r="F556" s="14" t="s"/>
       <x:c r="G556" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H556" s="14" t="s"/>
       <x:c r="I556" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
@@ -34030,219 +34027,219 @@
       </x:c>
       <x:c r="O557" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P557" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q557" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R557" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S557" s="0" t="n">
         <x:v>506100</x:v>
       </x:c>
       <x:c r="T557" s="4" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="U557" s="4" t="s">
         <x:v>432</x:v>
       </x:c>
     </x:row>
     <x:row r="558" spans="1:21">
       <x:c r="A558" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B558" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C558" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D558" s="15" t="s"/>
-      <x:c r="E558" s="14" t="s"/>
+      <x:c r="E558" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F558" s="14" t="s"/>
       <x:c r="G558" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H558" s="14" t="s"/>
       <x:c r="I558" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J558" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K558" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L558" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M558" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N558" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O558" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P558" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q558" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R558" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S558" s="14" t="n">
-        <x:v>612745</x:v>
+        <x:v>506038</x:v>
       </x:c>
       <x:c r="T558" s="16" t="s">
-        <x:v>416</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="U558" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:21">
       <x:c r="A559" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C559" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D559" s="3" t="s"/>
       <x:c r="E559" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G559" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I559" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J559" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L559" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M559" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N559" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O559" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P559" s="0" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q559" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R559" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S559" s="0" t="n">
-        <x:v>506038</x:v>
+        <x:v>554469</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C560" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D560" s="15" t="s"/>
-      <x:c r="E560" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E560" s="14" t="s"/>
       <x:c r="F560" s="14" t="s"/>
       <x:c r="G560" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H560" s="14" t="s"/>
       <x:c r="I560" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J560" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K560" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L560" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M560" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N560" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O560" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P560" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="Q560" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="R560" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="S560" s="14" t="n">
-        <x:v>554469</x:v>
+        <x:v>612745</x:v>
       </x:c>
       <x:c r="T560" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="U560" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:21">
       <x:c r="A561" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C561" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D561" s="3" t="s"/>
       <x:c r="E561" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G561" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I561" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J561" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
@@ -34311,51 +34308,51 @@
       <x:c r="L562" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M562" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N562" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O562" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P562" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="Q562" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R562" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S562" s="14" t="n">
         <x:v>554400</x:v>
       </x:c>
       <x:c r="T562" s="16" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="U562" s="16" t="s">
         <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:21">
       <x:c r="A563" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C563" s="3" t="n">
         <x:v>37963</x:v>
       </x:c>
       <x:c r="D563" s="3" t="s"/>
       <x:c r="E563" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G563" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I563" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
@@ -34544,159 +34541,160 @@
       </x:c>
       <x:c r="O566" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P566" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="Q566" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R566" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S566" s="14" t="n">
         <x:v>571136</x:v>
       </x:c>
       <x:c r="T566" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U566" s="16" t="s">
         <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:21">
       <x:c r="A567" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C567" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D567" s="3" t="s"/>
+      <x:c r="E567" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G567" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I567" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J567" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K567" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L567" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M567" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N567" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O567" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P567" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="Q567" s="4" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R567" s="0" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S567" s="0" t="n">
-        <x:v>571133</x:v>
+        <x:v>554405</x:v>
       </x:c>
       <x:c r="T567" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="U567" s="4" t="s">
-        <x:v>437</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="568" spans="1:21">
       <x:c r="A568" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B568" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C568" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D568" s="15" t="s"/>
-      <x:c r="E568" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E568" s="14" t="s"/>
       <x:c r="F568" s="14" t="s"/>
       <x:c r="G568" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H568" s="14" t="s"/>
       <x:c r="I568" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J568" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K568" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="L568" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M568" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="N568" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O568" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P568" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="Q568" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R568" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S568" s="14" t="n">
-        <x:v>554405</x:v>
+        <x:v>571133</x:v>
       </x:c>
       <x:c r="T568" s="16" t="s">
-        <x:v>132</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="U568" s="16" t="s">
-        <x:v>315</x:v>
+        <x:v>437</x:v>
       </x:c>
     </x:row>
     <x:row r="569" spans="1:21">
       <x:c r="A569" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B569" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C569" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D569" s="3" t="s"/>
       <x:c r="E569" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G569" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I569" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J569" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -34882,51 +34880,51 @@
       <x:c r="M572" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N572" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O572" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P572" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="Q572" s="16" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="R572" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="S572" s="14" t="n">
         <x:v>506092</x:v>
       </x:c>
       <x:c r="T572" s="16" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="U572" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="573" spans="1:21">
       <x:c r="A573" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B573" s="0" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="C573" s="3" t="n">
         <x:v>40707</x:v>
       </x:c>
       <x:c r="D573" s="3" t="s"/>
       <x:c r="G573" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I573" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J573" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K573" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
@@ -35304,123 +35302,123 @@
         <x:v>55</x:v>
       </x:c>
       <x:c r="C580" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D580" s="15" t="s"/>
       <x:c r="E580" s="14" t="s"/>
       <x:c r="F580" s="14" t="s"/>
       <x:c r="G580" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H580" s="14" t="s"/>
       <x:c r="I580" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J580" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K580" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L580" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M580" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N580" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O580" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P580" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q580" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R580" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S580" s="14" t="n">
-        <x:v>567097</x:v>
+        <x:v>610015</x:v>
       </x:c>
       <x:c r="T580" s="16" t="s">
-        <x:v>400</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="U580" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="581" spans="1:21">
       <x:c r="A581" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B581" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C581" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D581" s="3" t="s"/>
       <x:c r="G581" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I581" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J581" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K581" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L581" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M581" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="N581" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O581" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P581" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q581" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R581" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S581" s="0" t="n">
-        <x:v>567100</x:v>
+        <x:v>567097</x:v>
       </x:c>
       <x:c r="T581" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="U581" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="582" spans="1:21">
       <x:c r="A582" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B582" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C582" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D582" s="15" t="s"/>
       <x:c r="E582" s="14" t="s"/>
       <x:c r="F582" s="14" t="s"/>
       <x:c r="G582" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H582" s="14" t="s"/>
@@ -35436,51 +35434,51 @@
       <x:c r="L582" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M582" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="N582" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O582" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P582" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q582" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R582" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S582" s="14" t="n">
         <x:v>609616</x:v>
       </x:c>
       <x:c r="T582" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="U582" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="583" spans="1:21">
       <x:c r="A583" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B583" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C583" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D583" s="3" t="s"/>
       <x:c r="G583" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I583" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J583" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -35490,495 +35488,495 @@
       <x:c r="L583" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M583" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="N583" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O583" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P583" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q583" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R583" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S583" s="0" t="n">
         <x:v>609678</x:v>
       </x:c>
       <x:c r="T583" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="U583" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="584" spans="1:21">
       <x:c r="A584" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B584" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C584" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D584" s="15" t="s"/>
       <x:c r="E584" s="14" t="s"/>
       <x:c r="F584" s="14" t="s"/>
       <x:c r="G584" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H584" s="14" t="s"/>
       <x:c r="I584" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J584" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K584" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L584" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M584" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="N584" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O584" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P584" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q584" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R584" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S584" s="14" t="n">
-        <x:v>567081</x:v>
+        <x:v>567100</x:v>
       </x:c>
       <x:c r="T584" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="U584" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="585" spans="1:21">
       <x:c r="A585" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B585" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C585" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D585" s="3" t="s"/>
       <x:c r="G585" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I585" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J585" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K585" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L585" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M585" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N585" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O585" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P585" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q585" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R585" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S585" s="0" t="n">
-        <x:v>567078</x:v>
+        <x:v>567081</x:v>
       </x:c>
       <x:c r="T585" s="4" t="s">
-        <x:v>415</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="U585" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="586" spans="1:21">
       <x:c r="A586" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B586" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C586" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D586" s="15" t="s"/>
       <x:c r="E586" s="14" t="s"/>
       <x:c r="F586" s="14" t="s"/>
       <x:c r="G586" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H586" s="14" t="s"/>
       <x:c r="I586" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J586" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K586" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L586" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M586" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N586" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O586" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P586" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q586" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R586" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S586" s="14" t="n">
-        <x:v>567095</x:v>
+        <x:v>567078</x:v>
       </x:c>
       <x:c r="T586" s="16" t="s">
-        <x:v>400</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="U586" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="587" spans="1:21">
       <x:c r="A587" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B587" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C587" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D587" s="3" t="s"/>
       <x:c r="G587" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I587" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J587" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K587" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L587" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M587" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="N587" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O587" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P587" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q587" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R587" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S587" s="0" t="n">
-        <x:v>567085</x:v>
+        <x:v>567095</x:v>
       </x:c>
       <x:c r="T587" s="4" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="U587" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="588" spans="1:21">
       <x:c r="A588" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B588" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C588" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D588" s="15" t="s"/>
       <x:c r="E588" s="14" t="s"/>
       <x:c r="F588" s="14" t="s"/>
       <x:c r="G588" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H588" s="14" t="s"/>
       <x:c r="I588" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J588" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K588" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L588" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M588" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="N588" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O588" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P588" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q588" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R588" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S588" s="14" t="n">
-        <x:v>610017</x:v>
+        <x:v>567085</x:v>
       </x:c>
       <x:c r="T588" s="16" t="s">
-        <x:v>391</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="U588" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="589" spans="1:21">
       <x:c r="A589" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B589" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C589" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D589" s="3" t="s"/>
       <x:c r="G589" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I589" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J589" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K589" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L589" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M589" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N589" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O589" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P589" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q589" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R589" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S589" s="0" t="n">
-        <x:v>609683</x:v>
+        <x:v>610017</x:v>
       </x:c>
       <x:c r="T589" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="U589" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="590" spans="1:21">
       <x:c r="A590" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B590" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C590" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D590" s="15" t="s"/>
       <x:c r="E590" s="14" t="s"/>
       <x:c r="F590" s="14" t="s"/>
       <x:c r="G590" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="H590" s="14" t="s"/>
       <x:c r="I590" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J590" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K590" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L590" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M590" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="N590" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O590" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P590" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q590" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R590" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S590" s="14" t="n">
-        <x:v>610015</x:v>
+        <x:v>609683</x:v>
       </x:c>
       <x:c r="T590" s="16" t="s">
-        <x:v>391</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="U590" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="591" spans="1:21">
       <x:c r="A591" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B591" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C591" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D591" s="3" t="s"/>
       <x:c r="G591" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I591" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J591" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K591" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L591" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M591" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="N591" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O591" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P591" s="0" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="Q591" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R591" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="S591" s="0" t="n">
         <x:v>609615</x:v>
       </x:c>
       <x:c r="T591" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="U591" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="592" spans="1:21">
       <x:c r="A592" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B592" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C592" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D592" s="15" t="s"/>
       <x:c r="E592" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F592" s="14" t="s"/>
       <x:c r="G592" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="H592" s="14" t="s"/>
       <x:c r="I592" s="16" t="s">
@@ -36697,385 +36695,385 @@
       </x:c>
       <x:c r="P604" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q604" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R604" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S604" s="14" t="n">
         <x:v>606004</x:v>
       </x:c>
       <x:c r="T604" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U604" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="605" spans="1:21">
       <x:c r="A605" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B605" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C605" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D605" s="3" t="s"/>
       <x:c r="E605" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G605" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="I605" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J605" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K605" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L605" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M605" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N605" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O605" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P605" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q605" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R605" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S605" s="0" t="n">
-        <x:v>549162</x:v>
+        <x:v>549179</x:v>
       </x:c>
       <x:c r="T605" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U605" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="606" spans="1:21">
       <x:c r="A606" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B606" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C606" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D606" s="15" t="s"/>
       <x:c r="E606" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F606" s="14" t="s"/>
       <x:c r="G606" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H606" s="14" t="s"/>
       <x:c r="I606" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J606" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K606" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L606" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M606" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="N606" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O606" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P606" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q606" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R606" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S606" s="14" t="n">
-        <x:v>549179</x:v>
+        <x:v>504827</x:v>
       </x:c>
       <x:c r="T606" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U606" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="607" spans="1:21">
       <x:c r="A607" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B607" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C607" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>37528</x:v>
       </x:c>
       <x:c r="D607" s="3" t="s"/>
       <x:c r="E607" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G607" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="I607" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J607" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K607" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L607" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M607" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N607" s="3" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O607" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P607" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q607" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R607" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S607" s="0" t="n">
-        <x:v>504827</x:v>
+        <x:v>549151</x:v>
       </x:c>
       <x:c r="T607" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U607" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="608" spans="1:21">
       <x:c r="A608" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B608" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C608" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D608" s="15" t="s"/>
       <x:c r="E608" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F608" s="14" t="s"/>
       <x:c r="G608" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H608" s="14" t="s"/>
       <x:c r="I608" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J608" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K608" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L608" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M608" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N608" s="15" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O608" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P608" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q608" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R608" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S608" s="14" t="n">
-        <x:v>504776</x:v>
+        <x:v>549188</x:v>
       </x:c>
       <x:c r="T608" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U608" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="609" spans="1:21">
       <x:c r="A609" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B609" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C609" s="3" t="n">
-        <x:v>38232</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D609" s="3" t="s"/>
       <x:c r="E609" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G609" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="I609" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J609" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K609" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L609" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M609" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N609" s="3" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O609" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P609" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q609" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R609" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S609" s="0" t="n">
-        <x:v>549188</x:v>
+        <x:v>504776</x:v>
       </x:c>
       <x:c r="T609" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U609" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="610" spans="1:21">
       <x:c r="A610" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B610" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C610" s="15" t="n">
-        <x:v>37528</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D610" s="15" t="s"/>
       <x:c r="E610" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F610" s="14" t="s"/>
       <x:c r="G610" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H610" s="14" t="s"/>
       <x:c r="I610" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J610" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K610" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L610" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M610" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="N610" s="15" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O610" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P610" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q610" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R610" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S610" s="14" t="n">
-        <x:v>549151</x:v>
+        <x:v>549162</x:v>
       </x:c>
       <x:c r="T610" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U610" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="611" spans="1:21">
       <x:c r="A611" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B611" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C611" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D611" s="3" t="s"/>
       <x:c r="E611" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G611" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
@@ -37099,269 +37097,269 @@
       </x:c>
       <x:c r="O611" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P611" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q611" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R611" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S611" s="0" t="n">
         <x:v>606029</x:v>
       </x:c>
       <x:c r="T611" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U611" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="612" spans="1:21">
       <x:c r="A612" s="13" t="s">
-        <x:v>54</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B612" s="14" t="s">
-        <x:v>446</x:v>
-[...1 lines deleted...]
-      <x:c r="C612" s="15" t="s"/>
+        <x:v>22</x:v>
+      </x:c>
+      <x:c r="C612" s="15" t="n">
+        <x:v>38231</x:v>
+      </x:c>
       <x:c r="D612" s="15" t="s"/>
-      <x:c r="E612" s="14" t="s"/>
+      <x:c r="E612" s="14" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="F612" s="14" t="s"/>
       <x:c r="G612" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H612" s="14" t="s"/>
       <x:c r="I612" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="J612" s="14" t="s"/>
+      <x:c r="J612" s="14" t="s">
+        <x:v>26</x:v>
+      </x:c>
       <x:c r="K612" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="L612" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="M612" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="N612" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O612" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P612" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q612" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R612" s="14" t="s">
-        <x:v>448</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S612" s="14" t="n">
-        <x:v>587712</x:v>
+        <x:v>504789</x:v>
       </x:c>
       <x:c r="T612" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U612" s="16" t="s">
-        <x:v>269</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="613" spans="1:21">
       <x:c r="A613" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B613" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C613" s="3" t="n">
-        <x:v>37528</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D613" s="3" t="s"/>
       <x:c r="E613" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G613" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="I613" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J613" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K613" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L613" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M613" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="N613" s="3" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O613" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P613" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q613" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R613" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S613" s="0" t="n">
-        <x:v>504766</x:v>
+        <x:v>504816</x:v>
       </x:c>
       <x:c r="T613" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U613" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="614" spans="1:21">
       <x:c r="A614" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="B614" s="14" t="s">
-        <x:v>22</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="C614" s="15" t="s"/>
       <x:c r="D614" s="15" t="s"/>
-      <x:c r="E614" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="E614" s="14" t="s"/>
       <x:c r="F614" s="14" t="s"/>
       <x:c r="G614" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H614" s="14" t="s"/>
       <x:c r="I614" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="J614" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="J614" s="14" t="s"/>
       <x:c r="K614" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="L614" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="M614" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="N614" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O614" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P614" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q614" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R614" s="14" t="s">
-        <x:v>372</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="S614" s="14" t="n">
-        <x:v>504789</x:v>
+        <x:v>587712</x:v>
       </x:c>
       <x:c r="T614" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="U614" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="615" spans="1:21">
       <x:c r="A615" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B615" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C615" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>37528</x:v>
       </x:c>
       <x:c r="D615" s="3" t="s"/>
       <x:c r="E615" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G615" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="I615" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J615" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K615" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L615" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M615" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N615" s="3" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O615" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P615" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q615" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R615" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S615" s="0" t="n">
-        <x:v>504816</x:v>
+        <x:v>504766</x:v>
       </x:c>
       <x:c r="T615" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U615" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="616" spans="1:21">
       <x:c r="A616" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B616" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C616" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D616" s="15" t="s"/>
       <x:c r="E616" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F616" s="14" t="s"/>
       <x:c r="G616" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H616" s="14" t="s"/>
       <x:c r="I616" s="16" t="s">
@@ -37497,216 +37495,216 @@
       </x:c>
       <x:c r="P618" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q618" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R618" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S618" s="14" t="n">
         <x:v>586505</x:v>
       </x:c>
       <x:c r="T618" s="16" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="U618" s="16" t="s">
         <x:v>450</x:v>
       </x:c>
     </x:row>
     <x:row r="619" spans="1:21">
       <x:c r="A619" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B619" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C619" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D619" s="3" t="s"/>
       <x:c r="E619" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G619" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="I619" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J619" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K619" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L619" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M619" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N619" s="3" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O619" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P619" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q619" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R619" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S619" s="0" t="n">
-        <x:v>549180</x:v>
+        <x:v>606042</x:v>
       </x:c>
       <x:c r="T619" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U619" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="620" spans="1:21">
       <x:c r="A620" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B620" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C620" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D620" s="15" t="s"/>
       <x:c r="E620" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F620" s="14" t="s"/>
       <x:c r="G620" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H620" s="14" t="s"/>
       <x:c r="I620" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J620" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K620" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L620" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M620" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="N620" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O620" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P620" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q620" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R620" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S620" s="14" t="n">
-        <x:v>549187</x:v>
+        <x:v>549180</x:v>
       </x:c>
       <x:c r="T620" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U620" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="621" spans="1:21">
       <x:c r="A621" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B621" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C621" s="3" t="n">
-        <x:v>38232</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D621" s="3" t="s"/>
       <x:c r="E621" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G621" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="I621" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J621" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K621" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L621" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M621" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="N621" s="3" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O621" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P621" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q621" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R621" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S621" s="0" t="n">
-        <x:v>606042</x:v>
+        <x:v>549187</x:v>
       </x:c>
       <x:c r="T621" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U621" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="622" spans="1:21">
       <x:c r="A622" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B622" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C622" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D622" s="15" t="s"/>
       <x:c r="E622" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F622" s="14" t="s"/>
       <x:c r="G622" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H622" s="14" t="s"/>
       <x:c r="I622" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J622" s="14" t="s">
@@ -37894,51 +37892,51 @@
       <x:c r="L625" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M625" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N625" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O625" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P625" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="Q625" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="R625" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="S625" s="0" t="n">
         <x:v>504815</x:v>
       </x:c>
       <x:c r="T625" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U625" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="626" spans="1:21">
       <x:c r="A626" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B626" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C626" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D626" s="15" t="s"/>
       <x:c r="E626" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F626" s="14" t="s"/>
       <x:c r="G626" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H626" s="14" t="s"/>
       <x:c r="I626" s="16" t="s">
@@ -38010,51 +38008,51 @@
       <x:c r="L627" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M627" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N627" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O627" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P627" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q627" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R627" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S627" s="0" t="n">
         <x:v>504777</x:v>
       </x:c>
       <x:c r="T627" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U627" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="628" spans="1:21">
       <x:c r="A628" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B628" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C628" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D628" s="15" t="s"/>
       <x:c r="E628" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F628" s="14" t="s"/>
       <x:c r="G628" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H628" s="14" t="s"/>
       <x:c r="I628" s="16" t="s">
@@ -38164,307 +38162,307 @@
       <x:c r="C630" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D630" s="15" t="s"/>
       <x:c r="E630" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F630" s="14" t="s"/>
       <x:c r="G630" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H630" s="14" t="s"/>
       <x:c r="I630" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J630" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K630" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L630" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M630" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N630" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O630" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P630" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q630" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R630" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S630" s="14" t="n">
-        <x:v>606032</x:v>
+        <x:v>549183</x:v>
       </x:c>
       <x:c r="T630" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U630" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="631" spans="1:21">
       <x:c r="A631" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B631" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C631" s="3" t="n">
-        <x:v>37528</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D631" s="3" t="s"/>
       <x:c r="E631" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G631" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="I631" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J631" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K631" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L631" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M631" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N631" s="3" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O631" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P631" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q631" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R631" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S631" s="0" t="n">
-        <x:v>504763</x:v>
+        <x:v>549155</x:v>
       </x:c>
       <x:c r="T631" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U631" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="632" spans="1:21">
       <x:c r="A632" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B632" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C632" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>37528</x:v>
       </x:c>
       <x:c r="D632" s="15" t="s"/>
       <x:c r="E632" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F632" s="14" t="s"/>
       <x:c r="G632" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H632" s="14" t="s"/>
       <x:c r="I632" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J632" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K632" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L632" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M632" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N632" s="15" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O632" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P632" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q632" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R632" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S632" s="14" t="n">
-        <x:v>549183</x:v>
+        <x:v>504763</x:v>
       </x:c>
       <x:c r="T632" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U632" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="633" spans="1:21">
       <x:c r="A633" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B633" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C633" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D633" s="3" t="s"/>
       <x:c r="E633" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G633" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="I633" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J633" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K633" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L633" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M633" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="N633" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O633" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P633" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q633" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R633" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S633" s="0" t="n">
-        <x:v>549155</x:v>
+        <x:v>606007</x:v>
       </x:c>
       <x:c r="T633" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U633" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>33</x:v>
       </x:c>
     </x:row>
     <x:row r="634" spans="1:21">
       <x:c r="A634" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B634" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C634" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D634" s="15" t="s"/>
       <x:c r="E634" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F634" s="14" t="s"/>
       <x:c r="G634" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H634" s="14" t="s"/>
       <x:c r="I634" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J634" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K634" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L634" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M634" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="N634" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O634" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P634" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q634" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R634" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S634" s="14" t="n">
-        <x:v>606007</x:v>
+        <x:v>606032</x:v>
       </x:c>
       <x:c r="T634" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U634" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="635" spans="1:21">
       <x:c r="A635" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B635" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C635" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D635" s="3" t="s"/>
       <x:c r="E635" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G635" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="I635" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J635" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -38533,51 +38531,51 @@
       <x:c r="L636" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M636" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="N636" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O636" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P636" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q636" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R636" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S636" s="14" t="n">
         <x:v>504782</x:v>
       </x:c>
       <x:c r="T636" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U636" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="637" spans="1:21">
       <x:c r="A637" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B637" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C637" s="3" t="n">
         <x:v>38232</x:v>
       </x:c>
       <x:c r="D637" s="3" t="s"/>
       <x:c r="E637" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G637" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="I637" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
@@ -38601,620 +38599,620 @@
       </x:c>
       <x:c r="P637" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q637" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R637" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S637" s="0" t="n">
         <x:v>606043</x:v>
       </x:c>
       <x:c r="T637" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U637" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="638" spans="1:21">
       <x:c r="A638" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B638" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C638" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D638" s="15" t="s"/>
       <x:c r="E638" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F638" s="14" t="s"/>
       <x:c r="G638" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H638" s="14" t="s"/>
       <x:c r="I638" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J638" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K638" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L638" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M638" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="N638" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O638" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P638" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q638" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R638" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S638" s="14" t="n">
-        <x:v>549157</x:v>
+        <x:v>549181</x:v>
       </x:c>
       <x:c r="T638" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U638" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="639" spans="1:21">
       <x:c r="A639" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B639" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C639" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D639" s="3" t="s"/>
       <x:c r="E639" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G639" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="I639" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J639" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K639" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L639" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M639" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="N639" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O639" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P639" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q639" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R639" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S639" s="0" t="n">
-        <x:v>549184</x:v>
+        <x:v>549157</x:v>
       </x:c>
       <x:c r="T639" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U639" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="640" spans="1:21">
       <x:c r="A640" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B640" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C640" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D640" s="15" t="s"/>
       <x:c r="E640" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F640" s="14" t="s"/>
       <x:c r="G640" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H640" s="14" t="s"/>
       <x:c r="I640" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J640" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K640" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L640" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M640" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="N640" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O640" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P640" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q640" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R640" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S640" s="14" t="n">
-        <x:v>504821</x:v>
+        <x:v>504781</x:v>
       </x:c>
       <x:c r="T640" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U640" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="641" spans="1:21">
       <x:c r="A641" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B641" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C641" s="3" t="n">
-        <x:v>37528</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D641" s="3" t="s"/>
       <x:c r="E641" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G641" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="I641" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J641" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K641" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L641" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M641" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="N641" s="3" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O641" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P641" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q641" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R641" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S641" s="0" t="n">
-        <x:v>549152</x:v>
+        <x:v>504817</x:v>
       </x:c>
       <x:c r="T641" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U641" s="4" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="642" spans="1:21">
       <x:c r="A642" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B642" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C642" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D642" s="15" t="s"/>
       <x:c r="E642" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F642" s="14" t="s"/>
       <x:c r="G642" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H642" s="14" t="s"/>
       <x:c r="I642" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J642" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K642" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L642" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M642" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N642" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O642" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P642" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q642" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R642" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S642" s="14" t="n">
-        <x:v>549158</x:v>
+        <x:v>504821</x:v>
       </x:c>
       <x:c r="T642" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U642" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="643" spans="1:21">
       <x:c r="A643" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B643" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C643" s="3" t="n">
-        <x:v>38232</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D643" s="3" t="s"/>
       <x:c r="E643" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G643" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="I643" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J643" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K643" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L643" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M643" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="N643" s="3" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O643" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P643" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q643" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R643" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S643" s="0" t="n">
-        <x:v>549189</x:v>
+        <x:v>549184</x:v>
       </x:c>
       <x:c r="T643" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U643" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="644" spans="1:21">
       <x:c r="A644" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B644" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C644" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>37528</x:v>
       </x:c>
       <x:c r="D644" s="15" t="s"/>
       <x:c r="E644" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F644" s="14" t="s"/>
       <x:c r="G644" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H644" s="14" t="s"/>
       <x:c r="I644" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J644" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K644" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L644" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M644" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N644" s="15" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O644" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P644" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q644" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R644" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S644" s="14" t="n">
-        <x:v>504822</x:v>
+        <x:v>549152</x:v>
       </x:c>
       <x:c r="T644" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U644" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="645" spans="1:21">
       <x:c r="A645" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B645" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C645" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D645" s="3" t="s"/>
       <x:c r="E645" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G645" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="I645" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J645" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K645" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L645" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M645" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="N645" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O645" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P645" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q645" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R645" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S645" s="0" t="n">
-        <x:v>549181</x:v>
+        <x:v>549158</x:v>
       </x:c>
       <x:c r="T645" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U645" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="646" spans="1:21">
       <x:c r="A646" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B646" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C646" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D646" s="15" t="s"/>
       <x:c r="E646" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F646" s="14" t="s"/>
       <x:c r="G646" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H646" s="14" t="s"/>
       <x:c r="I646" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J646" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K646" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L646" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M646" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N646" s="15" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O646" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P646" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q646" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R646" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S646" s="14" t="n">
-        <x:v>504781</x:v>
+        <x:v>549189</x:v>
       </x:c>
       <x:c r="T646" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U646" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="647" spans="1:21">
       <x:c r="A647" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B647" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C647" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D647" s="3" t="s"/>
       <x:c r="E647" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G647" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="I647" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J647" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K647" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L647" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M647" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="N647" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O647" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P647" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="Q647" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R647" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="S647" s="0" t="n">
-        <x:v>504817</x:v>
+        <x:v>504822</x:v>
       </x:c>
       <x:c r="T647" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U647" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="648" spans="1:21">
       <x:c r="A648" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B648" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C648" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D648" s="15" t="s"/>
       <x:c r="E648" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F648" s="14" t="s"/>
       <x:c r="G648" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H648" s="14" t="s"/>
       <x:c r="I648" s="16" t="s">
@@ -39356,210 +39354,210 @@
       </x:c>
       <x:c r="P650" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q650" s="16" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="R650" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S650" s="14" t="n">
         <x:v>606013</x:v>
       </x:c>
       <x:c r="T650" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U650" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="651" spans="1:21">
       <x:c r="A651" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B651" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C651" s="3" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D651" s="3" t="s"/>
       <x:c r="E651" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G651" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="I651" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J651" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K651" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L651" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M651" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N651" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O651" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P651" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q651" s="4" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="R651" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S651" s="0" t="n">
-        <x:v>606015</x:v>
+        <x:v>606036</x:v>
       </x:c>
       <x:c r="T651" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U651" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="652" spans="1:21">
       <x:c r="A652" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B652" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C652" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D652" s="15" t="s"/>
       <x:c r="E652" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F652" s="14" t="s"/>
       <x:c r="G652" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H652" s="14" t="s"/>
       <x:c r="I652" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J652" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K652" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L652" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M652" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="N652" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O652" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P652" s="14" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q652" s="16" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="R652" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S652" s="14" t="n">
-        <x:v>606036</x:v>
+        <x:v>606038</x:v>
       </x:c>
       <x:c r="T652" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U652" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="653" spans="1:21">
       <x:c r="A653" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B653" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C653" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D653" s="3" t="s"/>
       <x:c r="E653" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G653" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="I653" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J653" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K653" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L653" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M653" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="N653" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O653" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P653" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="Q653" s="4" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="R653" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S653" s="0" t="n">
-        <x:v>606038</x:v>
+        <x:v>606015</x:v>
       </x:c>
       <x:c r="T653" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="U653" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="654" spans="1:21">
       <x:c r="A654" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B654" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C654" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D654" s="15" t="s"/>
       <x:c r="E654" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F654" s="14" t="s"/>
       <x:c r="G654" s="14" t="s">
         <x:v>445</x:v>
@@ -39925,51 +39923,51 @@
       <x:c r="L660" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M660" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N660" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O660" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P660" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q660" s="16" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="R660" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S660" s="14" t="n">
         <x:v>504823</x:v>
       </x:c>
       <x:c r="T660" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U660" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="661" spans="1:21">
       <x:c r="A661" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B661" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C661" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D661" s="3" t="s"/>
       <x:c r="E661" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G661" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="I661" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
@@ -39982,51 +39980,51 @@
       <x:c r="L661" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M661" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N661" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O661" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P661" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q661" s="4" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="R661" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S661" s="0" t="n">
         <x:v>504778</x:v>
       </x:c>
       <x:c r="T661" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U661" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="662" spans="1:21">
       <x:c r="A662" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B662" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C662" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D662" s="15" t="s"/>
       <x:c r="E662" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F662" s="14" t="s"/>
       <x:c r="G662" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H662" s="14" t="s"/>
       <x:c r="I662" s="16" t="s">
@@ -40041,51 +40039,51 @@
       <x:c r="L662" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M662" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="N662" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O662" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P662" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q662" s="16" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="R662" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S662" s="14" t="n">
         <x:v>504784</x:v>
       </x:c>
       <x:c r="T662" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U662" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="663" spans="1:21">
       <x:c r="A663" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B663" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C663" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D663" s="3" t="s"/>
       <x:c r="E663" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G663" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="I663" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
@@ -40098,167 +40096,167 @@
       <x:c r="L663" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M663" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="N663" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O663" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P663" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q663" s="4" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="R663" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S663" s="0" t="n">
         <x:v>504785</x:v>
       </x:c>
       <x:c r="T663" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U663" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="664" spans="1:21">
       <x:c r="A664" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B664" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C664" s="15" t="n">
-        <x:v>38232</x:v>
+        <x:v>37528</x:v>
       </x:c>
       <x:c r="D664" s="15" t="s"/>
       <x:c r="E664" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F664" s="14" t="s"/>
       <x:c r="G664" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H664" s="14" t="s"/>
       <x:c r="I664" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J664" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="K664" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L664" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M664" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N664" s="15" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O664" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P664" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q664" s="16" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="R664" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S664" s="14" t="n">
-        <x:v>572442</x:v>
+        <x:v>504767</x:v>
       </x:c>
       <x:c r="T664" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U664" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="665" spans="1:21">
       <x:c r="A665" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B665" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C665" s="3" t="n">
-        <x:v>37528</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D665" s="3" t="s"/>
       <x:c r="E665" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G665" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="I665" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J665" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K665" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L665" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M665" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N665" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O665" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P665" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q665" s="4" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="R665" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S665" s="0" t="n">
-        <x:v>504767</x:v>
+        <x:v>572442</x:v>
       </x:c>
       <x:c r="T665" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U665" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="666" spans="1:21">
       <x:c r="A666" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B666" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C666" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D666" s="15" t="s"/>
       <x:c r="E666" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F666" s="14" t="s"/>
       <x:c r="G666" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H666" s="14" t="s"/>
       <x:c r="I666" s="16" t="s">
@@ -40446,51 +40444,51 @@
       <x:c r="L669" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M669" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="N669" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O669" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P669" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q669" s="4" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="R669" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S669" s="0" t="n">
         <x:v>504818</x:v>
       </x:c>
       <x:c r="T669" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U669" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="670" spans="1:21">
       <x:c r="A670" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B670" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C670" s="15" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D670" s="15" t="s"/>
       <x:c r="E670" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F670" s="14" t="s"/>
       <x:c r="G670" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H670" s="14" t="s"/>
       <x:c r="I670" s="16" t="s">
@@ -40505,51 +40503,51 @@
       <x:c r="L670" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M670" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="N670" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O670" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P670" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="Q670" s="16" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="R670" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="S670" s="14" t="n">
         <x:v>504824</x:v>
       </x:c>
       <x:c r="T670" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U670" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="671" spans="1:21">
       <x:c r="A671" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B671" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C671" s="3" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D671" s="3" t="s"/>
       <x:c r="E671" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G671" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="I671" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
@@ -40562,51 +40560,51 @@
       <x:c r="L671" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M671" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N671" s="3" t="n">
         <x:v>42061</x:v>
       </x:c>
       <x:c r="O671" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P671" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q671" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="R671" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="S671" s="0" t="n">
         <x:v>504764</x:v>
       </x:c>
       <x:c r="T671" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U671" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="672" spans="1:21">
       <x:c r="A672" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B672" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C672" s="15" t="n">
         <x:v>37528</x:v>
       </x:c>
       <x:c r="D672" s="15" t="s"/>
       <x:c r="E672" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F672" s="14" t="s"/>
       <x:c r="G672" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H672" s="14" t="s"/>
       <x:c r="I672" s="16" t="s">
@@ -40737,51 +40735,51 @@
       <x:c r="L674" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M674" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N674" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O674" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P674" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q674" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="R674" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="S674" s="14" t="n">
         <x:v>504779</x:v>
       </x:c>
       <x:c r="T674" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U674" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="675" spans="1:21">
       <x:c r="A675" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B675" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C675" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D675" s="3" t="s"/>
       <x:c r="E675" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G675" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="I675" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
@@ -41317,402 +41315,402 @@
       <x:c r="L684" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M684" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="N684" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O684" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P684" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q684" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="R684" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="S684" s="14" t="n">
         <x:v>504826</x:v>
       </x:c>
       <x:c r="T684" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U684" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="685" spans="1:21">
       <x:c r="A685" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B685" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C685" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D685" s="3" t="s"/>
       <x:c r="E685" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G685" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="I685" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J685" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K685" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L685" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M685" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="N685" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O685" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P685" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q685" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="R685" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="S685" s="0" t="n">
-        <x:v>504819</x:v>
+        <x:v>606041</x:v>
       </x:c>
       <x:c r="T685" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U685" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="686" spans="1:21">
       <x:c r="A686" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B686" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C686" s="15" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D686" s="15" t="s"/>
       <x:c r="E686" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F686" s="14" t="s"/>
       <x:c r="G686" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H686" s="14" t="s"/>
       <x:c r="I686" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J686" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K686" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L686" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M686" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="N686" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O686" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P686" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q686" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="R686" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="S686" s="14" t="n">
-        <x:v>504825</x:v>
+        <x:v>606010</x:v>
       </x:c>
       <x:c r="T686" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U686" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="687" spans="1:21">
       <x:c r="A687" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B687" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C687" s="3" t="n">
-        <x:v>38232</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D687" s="3" t="s"/>
       <x:c r="E687" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G687" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="I687" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J687" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="K687" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L687" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M687" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="N687" s="3" t="n">
-        <x:v>42061</x:v>
+        <x:v>42050</x:v>
       </x:c>
       <x:c r="O687" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="P687" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q687" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="R687" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="S687" s="0" t="n">
-        <x:v>549190</x:v>
+        <x:v>504819</x:v>
       </x:c>
       <x:c r="T687" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U687" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="688" spans="1:21">
       <x:c r="A688" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B688" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="C688" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>39266</x:v>
       </x:c>
       <x:c r="D688" s="15" t="s"/>
       <x:c r="E688" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F688" s="14" t="s"/>
       <x:c r="G688" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H688" s="14" t="s"/>
       <x:c r="I688" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J688" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K688" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L688" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M688" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N688" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O688" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P688" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q688" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="R688" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="S688" s="14" t="n">
-        <x:v>549160</x:v>
+        <x:v>504825</x:v>
       </x:c>
       <x:c r="T688" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U688" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="689" spans="1:21">
       <x:c r="A689" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B689" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C689" s="3" t="n">
-        <x:v>39266</x:v>
+        <x:v>38231</x:v>
       </x:c>
       <x:c r="D689" s="3" t="s"/>
       <x:c r="E689" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G689" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="I689" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J689" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="K689" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L689" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M689" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="N689" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O689" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P689" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q689" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="R689" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="S689" s="0" t="n">
-        <x:v>606041</x:v>
+        <x:v>549160</x:v>
       </x:c>
       <x:c r="T689" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U689" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="690" spans="1:21">
       <x:c r="A690" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B690" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="C690" s="15" t="n">
-        <x:v>38231</x:v>
+        <x:v>38232</x:v>
       </x:c>
       <x:c r="D690" s="15" t="s"/>
       <x:c r="E690" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F690" s="14" t="s"/>
       <x:c r="G690" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H690" s="14" t="s"/>
       <x:c r="I690" s="16" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J690" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="K690" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L690" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M690" s="14" t="s">
-        <x:v>179</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N690" s="15" t="n">
-        <x:v>42050</x:v>
+        <x:v>42061</x:v>
       </x:c>
       <x:c r="O690" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="P690" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q690" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="R690" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="S690" s="14" t="n">
-        <x:v>606010</x:v>
+        <x:v>549190</x:v>
       </x:c>
       <x:c r="T690" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U690" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="691" spans="1:21">
       <x:c r="A691" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B691" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C691" s="3" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D691" s="3" t="s"/>
       <x:c r="E691" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G691" s="0" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="I691" s="4" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="J691" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -41722,51 +41720,51 @@
       <x:c r="L691" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M691" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="N691" s="3" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O691" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P691" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q691" s="4" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="R691" s="0" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="S691" s="0" t="n">
         <x:v>504787</x:v>
       </x:c>
       <x:c r="T691" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U691" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="692" spans="1:21">
       <x:c r="A692" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B692" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C692" s="15" t="n">
         <x:v>38231</x:v>
       </x:c>
       <x:c r="D692" s="15" t="s"/>
       <x:c r="E692" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F692" s="14" t="s"/>
       <x:c r="G692" s="14" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="H692" s="14" t="s"/>
       <x:c r="I692" s="16" t="s">
@@ -41781,51 +41779,51 @@
       <x:c r="L692" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="M692" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="N692" s="15" t="n">
         <x:v>42050</x:v>
       </x:c>
       <x:c r="O692" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P692" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="Q692" s="16" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="R692" s="14" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="S692" s="14" t="n">
         <x:v>504788</x:v>
       </x:c>
       <x:c r="T692" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="U692" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="693" spans="1:21">
       <x:c r="A693" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B693" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="C693" s="3" t="n">
         <x:v>39266</x:v>
       </x:c>
       <x:c r="D693" s="3" t="s"/>
       <x:c r="E693" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G693" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="I693" s="4" t="s">
         <x:v>462</x:v>
       </x:c>