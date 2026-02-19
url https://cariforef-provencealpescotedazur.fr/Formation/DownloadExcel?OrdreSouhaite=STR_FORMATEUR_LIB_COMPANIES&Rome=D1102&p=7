--- v0 (2026-02-19)
+++ v1 (2026-02-19)
@@ -374,65 +374,65 @@
   <x:si>
     <x:t>Cma Formation Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Avignon</x:t>
   </x:si>
   <x:si>
     <x:t>84009</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Digne les Bains</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Gap</x:t>
   </x:si>
   <x:si>
+    <x:t>CTM vendeur en boulangerie-pâtisserie (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pâtisserie</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cma Formation Le Beausset</x:t>
   </x:si>
   <x:si>
     <x:t>83330</x:t>
   </x:si>
   <x:si>
     <x:t>LE BEAUSSET</x:t>
   </x:si>
   <x:si>
-    <x:t>CTM vendeur en boulangerie-pâtisserie (Apprentissage)</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Vendeur en boulangerie-pâtisserie (CTM)</x:t>
   </x:si>
   <x:si>
     <x:t>10/13/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Les Arcs</x:t>
   </x:si>
   <x:si>
     <x:t>83460</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Saint Laurent du Var</x:t>
   </x:si>
   <x:si>
     <x:t>06700</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-LAURENT-DU-VAR</x:t>
   </x:si>
   <x:si>
     <x:t>Cma Formation Saint Maximin</x:t>
@@ -614,50 +614,56 @@
   <x:si>
     <x:t>PORT-DE-BOUC</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
+    <x:t>LP J Moulin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13110</x:t>
+  </x:si>
+  <x:si>
     <x:t>CAP boulanger preparation et realisations culinaires</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>IME La Durance</x:t>
   </x:si>
   <x:si>
     <x:t>04160</x:t>
@@ -693,56 +699,50 @@
     <x:t>LP A Escoffier</x:t>
   </x:si>
   <x:si>
     <x:t>06801</x:t>
   </x:si>
   <x:si>
     <x:t>CAGNES SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LP ACAF - MSA</x:t>
   </x:si>
   <x:si>
     <x:t>84110</x:t>
   </x:si>
   <x:si>
     <x:t>VAISON LA ROMAINE</x:t>
   </x:si>
   <x:si>
     <x:t>LP F Revoul</x:t>
   </x:si>
   <x:si>
     <x:t>84601</x:t>
   </x:si>
   <x:si>
     <x:t>VALREAS CEDEX</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>13110</x:t>
   </x:si>
   <x:si>
     <x:t>LPA les Magnanarelles</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Anne-Sophie Pic</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>83098</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée d'Enseignement Général et Technologique Agricole Aix Valabre</x:t>
   </x:si>
   <x:si>
     <x:t>13120</x:t>
   </x:si>
   <x:si>
     <x:t>AURIOL</x:t>
   </x:si>
@@ -2280,164 +2280,164 @@
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
         <x:v>605625</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
-        <x:v>37313</x:v>
+        <x:v>37491</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
-        <x:v>21539</x:v>
+        <x:v>21538</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>605624</x:v>
+        <x:v>504506</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
-        <x:v>37537</x:v>
+        <x:v>37313</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
-        <x:v>21538</x:v>
+        <x:v>21539</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>504532</x:v>
+        <x:v>605624</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>63</x:v>
@@ -2448,57 +2448,57 @@
       <x:c r="K18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>605621</x:v>
+        <x:v>504532</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -2508,239 +2508,239 @@
       <x:c r="K19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>547254</x:v>
+        <x:v>605621</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>71</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
-        <x:v>37313</x:v>
+        <x:v>37537</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
-        <x:v>21539</x:v>
+        <x:v>21538</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>564148</x:v>
+        <x:v>547254</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
-        <x:v>38762</x:v>
+        <x:v>37313</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="E21" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G21" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H21" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
-        <x:v>21508</x:v>
+        <x:v>21539</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>605626</x:v>
+        <x:v>564148</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="U21" s="4" t="s">
         <x:v>48</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
-        <x:v>37491</x:v>
+        <x:v>38762</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
-        <x:v>21538</x:v>
+        <x:v>21508</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>547247</x:v>
+        <x:v>605626</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>37491</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G23" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H23" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -2750,57 +2750,57 @@
       <x:c r="K23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>504506</x:v>
+        <x:v>547247</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>73</x:v>
@@ -2871,57 +2871,57 @@
       <x:c r="K25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>498202</x:v>
+        <x:v>548592</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>73</x:v>
@@ -2932,57 +2932,57 @@
       <x:c r="K26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>548592</x:v>
+        <x:v>498202</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -4082,158 +4082,158 @@
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>607524</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
-        <x:v>37537</x:v>
+        <x:v>38762</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I46" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
-        <x:v>21538</x:v>
+        <x:v>21508</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>501933</x:v>
+        <x:v>607575</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
-        <x:v>38762</x:v>
+        <x:v>37537</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="E47" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G47" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
-        <x:v>21508</x:v>
+        <x:v>21538</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>607575</x:v>
+        <x:v>607579</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>80</x:v>
@@ -4250,57 +4250,57 @@
       <x:c r="K48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>607579</x:v>
+        <x:v>501933</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G49" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -4613,117 +4613,117 @@
       <x:c r="K54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>552850</x:v>
+        <x:v>502035</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
-        <x:v>38762</x:v>
+        <x:v>37537</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="E55" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G55" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
-        <x:v>21508</x:v>
+        <x:v>21538</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>552900</x:v>
+        <x:v>604260</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>82</x:v>
@@ -4734,117 +4734,117 @@
       <x:c r="K56" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L56" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
-        <x:v>502035</x:v>
+        <x:v>552850</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
-        <x:v>37313</x:v>
+        <x:v>38762</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H57" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K57" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L57" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M57" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N57" s="3" t="n">
-        <x:v>21539</x:v>
+        <x:v>21508</x:v>
       </x:c>
       <x:c r="O57" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P57" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q57" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R57" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S57" s="0" t="n">
-        <x:v>604250</x:v>
+        <x:v>552900</x:v>
       </x:c>
       <x:c r="T57" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U57" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:21">
       <x:c r="A58" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B58" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C58" s="15" t="n">
         <x:v>37313</x:v>
       </x:c>
       <x:c r="D58" s="15" t="s"/>
       <x:c r="E58" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F58" s="14" t="s"/>
       <x:c r="G58" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H58" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I58" s="16" t="s">
         <x:v>82</x:v>
@@ -4855,178 +4855,178 @@
       <x:c r="K58" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L58" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M58" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N58" s="15" t="n">
         <x:v>21539</x:v>
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
-        <x:v>552898</x:v>
+        <x:v>604250</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
-        <x:v>38762</x:v>
+        <x:v>37313</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="E59" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G59" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H59" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
-        <x:v>21508</x:v>
+        <x:v>21539</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>604253</x:v>
+        <x:v>552898</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
-        <x:v>37537</x:v>
+        <x:v>38762</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I60" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
-        <x:v>21538</x:v>
+        <x:v>21508</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>604259</x:v>
+        <x:v>604253</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="E61" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G61" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -5036,408 +5036,408 @@
       <x:c r="K61" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q61" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
-        <x:v>604260</x:v>
+        <x:v>604259</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
-        <x:v>37491</x:v>
+        <x:v>39257</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I62" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
-        <x:v>21538</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>553320</x:v>
+        <x:v>604114</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
-        <x:v>39257</x:v>
+        <x:v>37491</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H63" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
-        <x:v>21528</x:v>
+        <x:v>21538</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="P63" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="Q63" s="4" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="R63" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="P63" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>604114</x:v>
+        <x:v>604124</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>37491</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I64" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>604124</x:v>
+        <x:v>553320</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
-        <x:v>37491</x:v>
+        <x:v>37537</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H65" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>501773</x:v>
+        <x:v>604141</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
-        <x:v>37537</x:v>
+        <x:v>37491</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>604141</x:v>
+        <x:v>501773</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>39257</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H67" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="P67" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="Q67" s="4" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="R67" s="0" t="s">
         <x:v>105</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>588406</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -5448,57 +5448,57 @@
       <x:c r="H68" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I68" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>501798</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -5508,302 +5508,302 @@
       <x:c r="H69" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>604146</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
-        <x:v>37537</x:v>
+        <x:v>39257</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I70" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
-        <x:v>21538</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>553331</x:v>
+        <x:v>553350</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H71" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>553332</x:v>
+        <x:v>553331</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
-        <x:v>38762</x:v>
+        <x:v>37537</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
-        <x:v>21508</x:v>
+        <x:v>21538</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>553354</x:v>
+        <x:v>553332</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
-        <x:v>39257</x:v>
+        <x:v>38762</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
-        <x:v>21528</x:v>
+        <x:v>21508</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
+        <x:v>67</x:v>
+      </x:c>
+      <x:c r="P73" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="Q73" s="4" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="R73" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="P73" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>553350</x:v>
+        <x:v>553354</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>38762</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>80</x:v>
@@ -5811,57 +5811,57 @@
       <x:c r="H74" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K74" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>21508</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
-        <x:v>103</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>604112</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>37491</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -6439,285 +6439,285 @@
       </x:c>
       <x:c r="P84" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="Q84" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R84" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S84" s="14" t="n">
         <x:v>604797</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>39257</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="E85" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G85" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H85" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
         <x:v>553308</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:21">
       <x:c r="A86" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B86" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C86" s="15" t="n">
-        <x:v>37491</x:v>
+        <x:v>37537</x:v>
       </x:c>
       <x:c r="D86" s="15" t="s"/>
       <x:c r="E86" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F86" s="14" t="s"/>
       <x:c r="G86" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H86" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I86" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J86" s="14" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K86" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L86" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M86" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N86" s="15" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O86" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P86" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q86" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R86" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S86" s="14" t="n">
-        <x:v>553678</x:v>
+        <x:v>501535</x:v>
       </x:c>
       <x:c r="T86" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U86" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:21">
       <x:c r="A87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C87" s="3" t="n">
-        <x:v>37313</x:v>
+        <x:v>37491</x:v>
       </x:c>
       <x:c r="D87" s="3" t="s"/>
       <x:c r="E87" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G87" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H87" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I87" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J87" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K87" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L87" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M87" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N87" s="3" t="n">
-        <x:v>21539</x:v>
+        <x:v>21538</x:v>
       </x:c>
       <x:c r="O87" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P87" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q87" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R87" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S87" s="0" t="n">
-        <x:v>553703</x:v>
+        <x:v>553678</x:v>
       </x:c>
       <x:c r="T87" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U87" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:21">
       <x:c r="A88" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B88" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C88" s="15" t="n">
-        <x:v>37537</x:v>
+        <x:v>37313</x:v>
       </x:c>
       <x:c r="D88" s="15" t="s"/>
       <x:c r="E88" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F88" s="14" t="s"/>
       <x:c r="G88" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H88" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I88" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J88" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K88" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L88" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M88" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N88" s="15" t="n">
-        <x:v>21538</x:v>
+        <x:v>21539</x:v>
       </x:c>
       <x:c r="O88" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="P88" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q88" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R88" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
-        <x:v>604872</x:v>
+        <x:v>553703</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>38762</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="E89" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G89" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H89" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -6770,75 +6770,75 @@
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>501535</x:v>
+        <x:v>604872</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>37313</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -7044,224 +7044,224 @@
       </x:c>
       <x:c r="P94" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q94" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R94" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>553706</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
-        <x:v>37537</x:v>
+        <x:v>37491</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="E95" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G95" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>553686</x:v>
+        <x:v>501522</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>553687</x:v>
+        <x:v>553686</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
-        <x:v>37491</x:v>
+        <x:v>37537</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>501522</x:v>
+        <x:v>553687</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
         <x:v>119</x:v>
@@ -7407,285 +7407,285 @@
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>570576</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
-        <x:v>37908</x:v>
+        <x:v>38762</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
-        <x:v>21528</x:v>
+        <x:v>21508</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
-        <x:v>570567</x:v>
+        <x:v>599322</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>37908</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I102" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>500417</x:v>
+        <x:v>570567</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
-        <x:v>37537</x:v>
+        <x:v>37908</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H103" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
-        <x:v>21538</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>599315</x:v>
+        <x:v>500417</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
-        <x:v>38762</x:v>
+        <x:v>37537</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I104" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K104" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
-        <x:v>21508</x:v>
+        <x:v>21538</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
-        <x:v>67</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>599322</x:v>
+        <x:v>599315</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -8360,54 +8360,54 @@
       <x:c r="K117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>546095</x:v>
+        <x:v>600653</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s"/>
       <x:c r="I118" s="16" t="s">
@@ -8419,54 +8419,54 @@
       <x:c r="K118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>600653</x:v>
+        <x:v>546095</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="E119" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G119" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
@@ -9275,158 +9275,158 @@
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>454911</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
-        <x:v>37537</x:v>
+        <x:v>38390</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="E133" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G133" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
-        <x:v>21538</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>548759</x:v>
+        <x:v>548675</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
-        <x:v>38390</x:v>
+        <x:v>37537</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
-        <x:v>34525</x:v>
+        <x:v>21538</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>548675</x:v>
+        <x:v>548759</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="E135" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G135" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
@@ -10525,808 +10525,805 @@
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>575997</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
-        <x:v>177</x:v>
-[...2 lines deleted...]
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
-        <x:v>617830</x:v>
+        <x:v>593742</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
-      <x:c r="E156" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E156" s="14" t="s"/>
+      <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="H156" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
-        <x:v>184</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
-        <x:v>583831</x:v>
+        <x:v>617830</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
-        <x:v>185</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
-        <x:v>38762</x:v>
+        <x:v>37537</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
+      <x:c r="E157" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="F157" s="0" t="s">
+        <x:v>185</x:v>
+      </x:c>
       <x:c r="G157" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="H157" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
-        <x:v>87</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
-        <x:v>21508</x:v>
+        <x:v>21538</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="S157" s="0" t="n">
+        <x:v>583831</x:v>
+      </x:c>
+      <x:c r="T157" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="S157" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U157" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>38762</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s"/>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>21508</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
-        <x:v>557442</x:v>
+        <x:v>606289</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
-        <x:v>38390</x:v>
+        <x:v>38762</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
-      <x:c r="E159" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="G159" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="H159" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
-        <x:v>34525</x:v>
+        <x:v>21508</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="R159" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="R159" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>548677</x:v>
+        <x:v>557442</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
-        <x:v>38</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
-        <x:v>22</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
-        <x:v>37537</x:v>
+        <x:v>38390</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
-        <x:v>21538</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>454921</x:v>
+        <x:v>548677</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
-        <x:v>38390</x:v>
+        <x:v>37537</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H161" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
-        <x:v>34525</x:v>
+        <x:v>21538</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>498389</x:v>
+        <x:v>454921</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>454913</x:v>
+        <x:v>498389</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
-        <x:v>37537</x:v>
+        <x:v>38390</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
-        <x:v>21538</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>498464</x:v>
+        <x:v>454913</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>548761</x:v>
+        <x:v>498464</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>38</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
-        <x:v>191</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H165" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
-        <x:v>192</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
-        <x:v>193</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="Q165" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="Q165" s="4" t="s">
+      <x:c r="R165" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="R165" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>564604</x:v>
+        <x:v>548761</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>38</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
-        <x:v>38390</x:v>
+        <x:v>37537</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>50</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
-        <x:v>34525</x:v>
+        <x:v>21538</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="Q166" s="16" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="R166" s="14" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="S166" s="14" t="n">
+        <x:v>564604</x:v>
+      </x:c>
+      <x:c r="T166" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="Q166" s="16" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>549895</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
@@ -11343,282 +11340,288 @@
       <x:c r="H168" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="I168" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>605883</x:v>
+        <x:v>496575</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
-        <x:v>37908</x:v>
+        <x:v>38390</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
+      <x:c r="E169" s="0" t="s">
+        <x:v>23</x:v>
+      </x:c>
       <x:c r="G169" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>50</x:v>
+      </x:c>
+      <x:c r="H169" s="0" t="s">
+        <x:v>51</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
-        <x:v>21528</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>200</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>594989</x:v>
+        <x:v>605883</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
-        <x:v>38390</x:v>
+        <x:v>37908</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s"/>
       <x:c r="I170" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
-        <x:v>34525</x:v>
+        <x:v>21528</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="Q170" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="Q170" s="16" t="s">
+      <x:c r="R170" s="14" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="R170" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>591924</x:v>
+        <x:v>594989</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
-        <x:v>37537</x:v>
+        <x:v>38390</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="I171" s="4" t="s">
         <x:v>205</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>206</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
-        <x:v>21538</x:v>
+        <x:v>34525</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>31</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="Q171" s="4" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="Q171" s="4" t="s">
+      <x:c r="R171" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="R171" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>593744</x:v>
+        <x:v>591924</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>208</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="Q172" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="Q172" s="16" t="s">
+      <x:c r="R172" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="R172" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>593742</x:v>
+        <x:v>593744</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
@@ -11686,96 +11689,96 @@
       <x:c r="J174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>21508</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>607822</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>37908</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>594991</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
@@ -11801,51 +11804,51 @@
       <x:c r="J176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>21508</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>556500</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -12154,51 +12157,51 @@
       <x:c r="I182" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>494892</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
@@ -12211,51 +12214,51 @@
       <x:c r="I183" s="4" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
-        <x:v>209</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>604349</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>37537</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
@@ -12270,51 +12273,51 @@
       <x:c r="I184" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>21538</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
-        <x:v>209</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>559101</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>38762</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
@@ -12465,82 +12468,82 @@
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>593743</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>37908</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>21528</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>594990</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
@@ -13462,51 +13465,51 @@
       <x:c r="M204" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>34525</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
         <x:v>549030</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>38390</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="G205" s="0" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>46</x:v>
       </x:c>