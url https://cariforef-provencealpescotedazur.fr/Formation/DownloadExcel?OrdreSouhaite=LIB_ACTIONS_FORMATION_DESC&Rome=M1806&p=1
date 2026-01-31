--- v0 (2026-01-31)
+++ v1 (2026-01-31)
@@ -20361,619 +20361,619 @@
         <x:v>519</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s"/>
       <x:c r="K326" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
-        <x:v>240</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>603807</x:v>
+        <x:v>603723</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C327" s="3" t="s"/>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
-        <x:v>547</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>603790</x:v>
+        <x:v>613091</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
-        <x:v>522</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C328" s="15" t="s"/>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s"/>
       <x:c r="K328" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
-        <x:v>527</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
-        <x:v>603723</x:v>
+        <x:v>613092</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
-        <x:v>522</x:v>
+        <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C329" s="3" t="s"/>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
-        <x:v>533</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
-        <x:v>613091</x:v>
+        <x:v>613095</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C330" s="15" t="s"/>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s"/>
       <x:c r="K330" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
-        <x:v>613092</x:v>
+        <x:v>613096</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C331" s="3" t="s"/>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
-        <x:v>188</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>613095</x:v>
+        <x:v>613097</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C332" s="15" t="s"/>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s"/>
       <x:c r="K332" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
-        <x:v>536</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>613096</x:v>
+        <x:v>613098</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C333" s="3" t="s"/>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
-        <x:v>541</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>613097</x:v>
+        <x:v>613104</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C334" s="15" t="s"/>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s"/>
       <x:c r="K334" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
-        <x:v>540</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>613098</x:v>
+        <x:v>613109</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C335" s="3" t="s"/>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
-        <x:v>528</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>613104</x:v>
+        <x:v>613113</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>523</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C336" s="15" t="s"/>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s"/>
       <x:c r="K336" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
-        <x:v>547</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
-        <x:v>613109</x:v>
+        <x:v>603807</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
-        <x:v>523</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
-        <x:v>524</x:v>
+        <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="C337" s="3" t="s"/>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>520</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
-        <x:v>539</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>613113</x:v>
+        <x:v>603790</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
-        <x:v>523</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
-        <x:v>524</x:v>
+        <x:v>522</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="C338" s="15" t="s"/>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s"/>
       <x:c r="K338" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">