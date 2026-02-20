--- v0 (2026-02-19)
+++ v1 (2026-02-20)
@@ -212,164 +212,164 @@
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences et technologie de l'agriculture, de l'alimentation et de l'environnement parcours  qualité et sécurité en agroalimentaires</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>master mention sciences et technologie de l'agriculture, de l'alimentation et de l'environnement</x:t>
   </x:si>
   <x:si>
+    <x:t>Avignon Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public de la formation initiale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON UNIVERSITE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84916</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX 09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
-    <x:t>Public de la formation initiale</x:t>
+    <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
+    <x:t>13288</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 09</x:t>
+  </x:si>
+  <x:si>
     <x:t>13397</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 20</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2026 00:00:00</x:t>
-[...28 lines deleted...]
-  <x:si>
     <x:t>Master mention sciences et techniques des activités physiques et sportives : ingénierie et ergonomie de l'activité physique parcours ingénierie et ergonomie du mouvement humain</x:t>
   </x:si>
   <x:si>
     <x:t>Activité physique et sportive</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Faculté des Sciences du Sport</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences et techniques des activités physiques et sportives : ingénierie et ergonomie de l'activité physique parcours facteurs humains des interactions avec l'environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences et techniques des activités physiques et sportives : ingénierie et ergonomie de l'activité physique parcours bio-ingénierie des tissus et des implants</x:t>
   </x:si>
   <x:si>
     <x:t>master mention sciences et techniques des activités physiques et sportives : ingénierie et ergonomie de l'activité physique</x:t>
   </x:si>
   <x:si>
     <x:t>Centrale Méditerranée - campus de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13451</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences et techniques des activités physiques et sportives : entraînement et optimisation de la performance sportive</x:t>
   </x:si>
   <x:si>
     <x:t>Physiologie</x:t>
   </x:si>
   <x:si>
     <x:t>master mention sciences et techniques des activités physiques et sportives : entraînement et optimisation de la performance sportive</x:t>
   </x:si>
   <x:si>
+    <x:t>Université Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
-    <x:t>Université Côte d'Azur</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Master mention sciences du vivant</x:t>
   </x:si>
   <x:si>
     <x:t>UCA</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>Bio-informatique</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>master mention sciences du vivant</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences de la mer parcours océanographie physique et biogéochimique</x:t>
   </x:si>
   <x:si>
     <x:t>Biologie marine</x:t>
@@ -965,68 +965,68 @@
   <x:si>
     <x:t>83056</x:t>
   </x:si>
   <x:si>
     <x:t>Électricité</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée P Cézanne</x:t>
   </x:si>
   <x:si>
     <x:t>13100</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Masséna</x:t>
   </x:si>
   <x:si>
     <x:t>06050</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Stanislas</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée J Perrin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 10</x:t>
+  </x:si>
+  <x:si>
     <x:t>EMP</x:t>
   </x:si>
   <x:si>
     <x:t>13617</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 01</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée J Perrin</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Lycée Thiers</x:t>
   </x:si>
   <x:si>
     <x:t>13232</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée de l'Empéri</x:t>
   </x:si>
   <x:si>
     <x:t>13657</x:t>
   </x:si>
   <x:si>
     <x:t>SALON DE PROVENCE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Les Eucalyptus</x:t>
   </x:si>
   <x:si>
     <x:t>06206</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
@@ -1271,59 +1271,164 @@
   <x:si>
     <x:t>Lycée P G de Gennes</x:t>
   </x:si>
   <x:si>
     <x:t>04990</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS CEDEX 9</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Calmette</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée de Vaison-la-Romaine</x:t>
   </x:si>
   <x:si>
     <x:t>84110</x:t>
   </x:si>
   <x:si>
     <x:t>VAISON LA ROMAINE</x:t>
   </x:si>
   <x:si>
     <x:t>classe de 1re générale</x:t>
   </x:si>
   <x:si>
+    <x:t>École A (Lycée France Maths)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Philosophie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole A (Lycée France Maths)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée A Renoir</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06802</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAGNES SUR MER CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée H d'Estienne d'Orves</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Saint-Jean le Baptiste</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VALREAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Bristol</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée St-Joseph de la Madeleine</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13248</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Jean Monnet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VITROLLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Jean Lurçat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13693</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06008</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Notre-Dame de France</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Vert d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06602</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTIBES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Alphonse Benoît</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84803</x:t>
+  </x:si>
+  <x:si>
+    <x:t>L ISLE SUR LA SORGUE CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée A Camus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FREJUS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée St-Louis</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORANGE</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée P de Girard</x:t>
   </x:si>
   <x:si>
     <x:t>84082</x:t>
   </x:si>
   <x:si>
-    <x:t>Philosophie</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>AVIGNON CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Yavné</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>06046</x:t>
   </x:si>
   <x:si>
     <x:t>LP Don Bosco</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>LA L Giraud</x:t>
   </x:si>
   <x:si>
     <x:t>84208</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS</x:t>
@@ -1361,155 +1466,50 @@
   <x:si>
     <x:t>Lycée S Veil</x:t>
   </x:si>
   <x:si>
     <x:t>06560</x:t>
   </x:si>
   <x:si>
     <x:t>SOPHIA ANTIPOLIS</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée La Nativité</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Beaussier</x:t>
   </x:si>
   <x:si>
     <x:t>83512</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LPO Ch Péguy</x:t>
   </x:si>
   <x:si>
-    <x:t>École A (Lycée France Maths)</x:t>
-[...103 lines deleted...]
-  <x:si>
     <x:t>Campus Provence Verte</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Provence Verte</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M Pagnol</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée du Mont St-Jean</x:t>
   </x:si>
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Cours Bastide</x:t>
   </x:si>
   <x:si>
     <x:t>ICOP</x:t>
   </x:si>
   <x:si>
     <x:t>École internationale de Manosque</x:t>
@@ -1886,50 +1886,53 @@
   <x:si>
     <x:t>MENTON</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée l'Olivier - R Coffy</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée D Villars</x:t>
   </x:si>
   <x:si>
     <x:t>05010</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Rimbaud</x:t>
   </x:si>
   <x:si>
     <x:t>13808</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée St-Charles Camas</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée F Joliot Curie</x:t>
+  </x:si>
+  <x:si>
     <x:t>LPO H Leroy</x:t>
   </x:si>
   <x:si>
     <x:t>13230</x:t>
   </x:si>
   <x:si>
     <x:t>PORT-SAINT-LOUIS-DU-RHONE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Ste-Catherine de Sienne</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Marie Pila</x:t>
   </x:si>
   <x:si>
     <x:t>84200</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée du Parc Impérial</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Ste J d'Arc</x:t>
   </x:si>
   <x:si>
     <x:t>83170</x:t>
@@ -2049,53 +2052,50 @@
     <x:t>Collège Sainte-Marie</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Sévigné</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée St-J de Garguier</x:t>
   </x:si>
   <x:si>
     <x:t>13420</x:t>
   </x:si>
   <x:si>
     <x:t>GEMENOS</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Chevreul - Blancarde</x:t>
   </x:si>
   <x:si>
     <x:t>13004</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 4e</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Lycée F Joliot Curie</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée de Bollène</x:t>
   </x:si>
   <x:si>
     <x:t>84500</x:t>
   </x:si>
   <x:si>
     <x:t>BOLLENE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée St-Exupéry</x:t>
   </x:si>
   <x:si>
     <x:t>13326</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 15</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Maintenon</x:t>
   </x:si>
   <x:si>
     <x:t>83409</x:t>
   </x:si>
@@ -3079,162 +3079,162 @@
       <x:c r="K5" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>592072</x:v>
+        <x:v>592073</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>39195</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
         <x:v>592071</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>39195</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>12598</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>592073</x:v>
+        <x:v>592072</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>38699</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
@@ -3442,82 +3442,82 @@
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>591870</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>38699</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>15454</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>591871</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>38698</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -3581,282 +3581,282 @@
         <x:v>77</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>12087</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="Q14" s="16" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="R14" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="Q14" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>591869</x:v>
+        <x:v>591867</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>38698</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>12087</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>591867</x:v>
+        <x:v>591869</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>38698</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s"/>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s"/>
       <x:c r="I16" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>12087</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>591868</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>38672</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="G17" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>12008</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>590163</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>38672</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>12008</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
         <x:v>597540</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>38563</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -3952,249 +3952,249 @@
       <x:c r="R20" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>577558</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>38563</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>595492</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>38563</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>595494</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>38563</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>78</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>595493</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>38563</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
         <x:v>595495</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>39311</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -4522,75 +4522,75 @@
       <x:c r="R30" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>576232</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>39311</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>11001</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>592092</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
@@ -4751,75 +4751,75 @@
       <x:c r="R34" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>576228</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>39890</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>14284</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>592199</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
@@ -5096,465 +5096,465 @@
       <x:c r="R40" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>581571</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>52</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>591969</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>58</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>615852</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>591965</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>591966</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>591967</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>591968</x:v>
+        <x:v>591964</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>591964</x:v>
+        <x:v>591968</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>40720</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>595491</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
@@ -5772,186 +5772,186 @@
       <x:c r="R52" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>574985</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38972</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>12051</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>591998</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38972</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>12051</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>591999</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>38972</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>12051</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>592000</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
@@ -6136,114 +6136,114 @@
       <x:c r="G59" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>11406</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>591861</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>38691</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>11406</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
         <x:v>591862</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>38691</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
@@ -6279,82 +6279,82 @@
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>591860</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>38691</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
       <x:c r="E62" s="14" t="s"/>
       <x:c r="F62" s="14" t="s"/>
       <x:c r="G62" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>11406</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>591859</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>38969</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -6509,82 +6509,82 @@
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>581568</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>38969</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>21543</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>591997</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>39508</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -6680,81 +6680,81 @@
       <x:c r="R68" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>581561</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>39508</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>12058</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>595490</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -6901,75 +6901,75 @@
         <x:v>102</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>576204</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J73" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>595452</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
@@ -7130,75 +7130,75 @@
       <x:c r="R76" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>581560</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>38984</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J77" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>591962</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
@@ -7211,111 +7211,111 @@
         <x:v>70</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s"/>
       <x:c r="I78" s="16" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
         <x:v>591963</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>38984</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="G79" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
         <x:v>591961</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>40617</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s"/>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
@@ -7354,75 +7354,75 @@
       <x:c r="R80" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
         <x:v>581325</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>40617</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>14229</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>592571</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
@@ -7815,75 +7815,75 @@
       <x:c r="R88" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S88" s="14" t="n">
         <x:v>575961</x:v>
       </x:c>
       <x:c r="T88" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U88" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:21">
       <x:c r="A89" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C89" s="3" t="n">
         <x:v>38970</x:v>
       </x:c>
       <x:c r="D89" s="3" t="s"/>
       <x:c r="G89" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I89" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>12036</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>591935</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C90" s="15" t="s"/>
@@ -8036,81 +8036,81 @@
         <x:v>40</x:v>
       </x:c>
       <x:c r="R92" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S92" s="14" t="n">
         <x:v>576145</x:v>
       </x:c>
       <x:c r="T92" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U92" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:21">
       <x:c r="A93" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B93" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C93" s="3" t="s"/>
       <x:c r="D93" s="3" t="s"/>
       <x:c r="G93" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I93" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>595485</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C94" s="15" t="s"/>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
@@ -8318,82 +8318,82 @@
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>576140</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>38965</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>12003</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>592001</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>38963</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -8489,186 +8489,186 @@
       <x:c r="R100" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>581556</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>38963</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>595484</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>38963</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s"/>
       <x:c r="F102" s="14" t="s"/>
       <x:c r="G102" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H102" s="14" t="s"/>
       <x:c r="I102" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J102" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K102" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
         <x:v>595482</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>38963</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="G103" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
         <x:v>595483</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
@@ -8945,252 +8945,252 @@
       <x:c r="R108" s="14" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>577545</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>39185</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>592066</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>39185</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
         <x:v>592067</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>39185</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>592065</x:v>
+        <x:v>592064</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>39185</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
-        <x:v>52</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>592064</x:v>
+        <x:v>592065</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>35973</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
@@ -9226,82 +9226,82 @@
       </x:c>
       <x:c r="S113" s="0" t="n">
         <x:v>576259</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>35973</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>15436</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>595444</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>24</x:v>
@@ -9606,135 +9606,135 @@
       <x:c r="R120" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
         <x:v>575047</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>37933</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>12046</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
         <x:v>595624</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
         <x:v>37929</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s"/>
       <x:c r="I122" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>11031</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>597136</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
         <x:v>37907</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
@@ -9747,51 +9747,51 @@
       <x:c r="J123" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
         <x:v>593740</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
         <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>37907</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
@@ -9856,259 +9856,259 @@
       <x:c r="I125" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>12051</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
         <x:v>581622</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>40525</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="I126" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>32062</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
         <x:v>610981</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="U126" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>40525</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H127" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>32062</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>588082</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="C128" s="15" t="s"/>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s"/>
       <x:c r="K128" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>11483</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>577819</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>12087</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>589598</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
@@ -10440,51 +10440,51 @@
         <x:v>97</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s"/>
       <x:c r="K136" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>11592</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
         <x:v>612320</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
         <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>234</x:v>
@@ -10492,51 +10492,51 @@
       <x:c r="I137" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>11592</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
         <x:v>612319</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
         <x:v>273</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>275</x:v>
       </x:c>
@@ -11005,51 +11005,51 @@
       <x:c r="K147" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L147" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M147" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N147" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
-        <x:v>592906</x:v>
+        <x:v>592902</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B148" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C148" s="15" t="s"/>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
         <x:v>302</x:v>
@@ -11058,51 +11058,51 @@
       <x:c r="K148" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>592902</x:v>
+        <x:v>592906</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s"/>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>49</x:v>
@@ -11230,185 +11230,185 @@
       <x:c r="R151" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>592903</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C152" s="15" t="s"/>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H152" s="14" t="s"/>
       <x:c r="I152" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="J152" s="14" t="s"/>
       <x:c r="K152" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L152" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M152" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N152" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O152" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P152" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q152" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="R152" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="S152" s="14" t="n">
-        <x:v>592905</x:v>
+        <x:v>592896</x:v>
       </x:c>
       <x:c r="T152" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U152" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:21">
       <x:c r="A153" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B153" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C153" s="3" t="s"/>
       <x:c r="D153" s="3" t="s"/>
       <x:c r="G153" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="I153" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="K153" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L153" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M153" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N153" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O153" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P153" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="Q153" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R153" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S153" s="0" t="n">
-        <x:v>592896</x:v>
+        <x:v>592899</x:v>
       </x:c>
       <x:c r="T153" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U153" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:21">
       <x:c r="A154" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B154" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C154" s="15" t="s"/>
       <x:c r="D154" s="15" t="s"/>
       <x:c r="E154" s="14" t="s"/>
       <x:c r="F154" s="14" t="s"/>
       <x:c r="G154" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H154" s="14" t="s"/>
       <x:c r="I154" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s"/>
       <x:c r="K154" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>316</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
-        <x:v>592899</x:v>
+        <x:v>592905</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s"/>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>49</x:v>
@@ -11638,80 +11638,80 @@
       <x:c r="R159" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>592954</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C160" s="15" t="s"/>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s"/>
       <x:c r="K160" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>592956</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>249</x:v>
@@ -11740,185 +11740,185 @@
       <x:c r="R161" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>592959</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s"/>
       <x:c r="K162" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>308</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>592961</x:v>
+        <x:v>592955</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>592955</x:v>
+        <x:v>592958</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C164" s="15" t="s"/>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s"/>
       <x:c r="K164" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>313</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>592958</x:v>
+        <x:v>592961</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>49</x:v>
@@ -12046,80 +12046,80 @@
       <x:c r="R167" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>592908</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s"/>
       <x:c r="K168" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>592911</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>311</x:v>
@@ -12199,78 +12199,78 @@
         <x:v>293</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>592910</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>592582</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>321</x:v>
       </x:c>
@@ -12454,80 +12454,80 @@
       <x:c r="R175" s="0" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>592951</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s"/>
       <x:c r="K176" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>592953</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>311</x:v>
@@ -12556,185 +12556,185 @@
       <x:c r="R177" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>592952</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s"/>
       <x:c r="K178" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>594658</x:v>
+        <x:v>594655</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>314</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>594655</x:v>
+        <x:v>594656</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s"/>
       <x:c r="K180" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>305</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>306</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>594656</x:v>
+        <x:v>594658</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>49</x:v>
@@ -12760,80 +12760,80 @@
       <x:c r="R181" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
         <x:v>594657</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s"/>
       <x:c r="K182" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
         <x:v>594205</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>249</x:v>
@@ -12913,183 +12913,183 @@
         <x:v>295</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>594207</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
-        <x:v>311</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>594208</x:v>
+        <x:v>594203</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s"/>
       <x:c r="K186" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
-        <x:v>594203</x:v>
+        <x:v>594206</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>594206</x:v>
+        <x:v>594208</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C188" s="15" t="s"/>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
         <x:v>295</x:v>
@@ -13627,78 +13627,78 @@
         <x:v>329</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>592968</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C199" s="3" t="s"/>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>592972</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C200" s="15" t="s"/>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>313</x:v>
       </x:c>
@@ -14392,80 +14392,80 @@
       <x:c r="R213" s="0" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
         <x:v>592890</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C214" s="15" t="s"/>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s"/>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="H214" s="14" t="s"/>
       <x:c r="I214" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s"/>
       <x:c r="K214" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>11054</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
         <x:v>592891</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C215" s="3" t="s"/>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="G215" s="0" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>329</x:v>
@@ -14902,80 +14902,80 @@
       <x:c r="R223" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
         <x:v>591913</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C224" s="15" t="s"/>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s"/>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s"/>
       <x:c r="K224" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>12067</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>298</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
-        <x:v>299</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
         <x:v>591914</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="C225" s="3" t="s"/>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="G225" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>345</x:v>
@@ -15951,51 +15951,51 @@
         <x:v>385</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s"/>
       <x:c r="K244" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>591953</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C245" s="3" t="s"/>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>388</x:v>
@@ -16279,78 +16279,78 @@
         <x:v>282</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
         <x:v>591941</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C251" s="3" t="s"/>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="G251" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
-        <x:v>302</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
         <x:v>591952</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C252" s="15" t="s"/>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
         <x:v>277</x:v>
       </x:c>
@@ -16402,366 +16402,366 @@
       </x:c>
       <x:c r="C253" s="3" t="s"/>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>593758</x:v>
+        <x:v>593880</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C254" s="15" t="s"/>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s"/>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="H254" s="14" t="s"/>
       <x:c r="I254" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s"/>
       <x:c r="K254" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>593760</x:v>
+        <x:v>593883</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C255" s="3" t="s"/>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="G255" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
-        <x:v>406</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>593761</x:v>
+        <x:v>593886</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C256" s="15" t="s"/>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s"/>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s"/>
       <x:c r="K256" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
-        <x:v>275</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>593769</x:v>
+        <x:v>593894</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C257" s="3" t="s"/>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="G257" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
-        <x:v>410</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
-        <x:v>410</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>593772</x:v>
+        <x:v>593898</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C258" s="15" t="s"/>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
-        <x:v>387</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
-        <x:v>388</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s"/>
       <x:c r="K258" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
-        <x:v>387</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
-        <x:v>388</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>389</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>593783</x:v>
+        <x:v>593899</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C259" s="3" t="s"/>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>593793</x:v>
+        <x:v>593919</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C260" s="15" t="s"/>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s"/>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
         <x:v>413</x:v>
@@ -16770,1683 +16770,1683 @@
       <x:c r="K260" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>593797</x:v>
+        <x:v>593754</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C261" s="3" t="s"/>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="G261" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>593800</x:v>
+        <x:v>593773</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C262" s="15" t="s"/>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s"/>
       <x:c r="K262" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>593809</x:v>
+        <x:v>593786</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s"/>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
-        <x:v>363</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>593812</x:v>
+        <x:v>593790</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C264" s="15" t="s"/>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
-        <x:v>421</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s"/>
       <x:c r="K264" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
-        <x:v>421</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>593819</x:v>
+        <x:v>593845</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C265" s="3" t="s"/>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
-        <x:v>299</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>593821</x:v>
+        <x:v>593846</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C266" s="15" t="s"/>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
-        <x:v>390</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
-        <x:v>391</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s"/>
       <x:c r="K266" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
-        <x:v>390</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
-        <x:v>391</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>593824</x:v>
+        <x:v>593856</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C267" s="3" t="s"/>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>593834</x:v>
+        <x:v>593859</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C268" s="15" t="s"/>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s"/>
       <x:c r="K268" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>593839</x:v>
+        <x:v>593863</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C269" s="3" t="s"/>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>593840</x:v>
+        <x:v>593869</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C270" s="15" t="s"/>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s"/>
       <x:c r="K270" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>593851</x:v>
+        <x:v>593878</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C271" s="3" t="s"/>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
-        <x:v>377</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>593854</x:v>
+        <x:v>593908</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C272" s="15" t="s"/>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
-        <x:v>430</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
-        <x:v>431</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s"/>
       <x:c r="K272" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
-        <x:v>431</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>593880</x:v>
+        <x:v>593909</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C273" s="3" t="s"/>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
         <x:v>434</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>593883</x:v>
+        <x:v>593910</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C274" s="15" t="s"/>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s"/>
       <x:c r="K274" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>593886</x:v>
+        <x:v>593758</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C275" s="3" t="s"/>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
-        <x:v>438</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>593894</x:v>
+        <x:v>593760</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C276" s="15" t="s"/>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s"/>
       <x:c r="K276" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
-        <x:v>440</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
-        <x:v>282</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>593898</x:v>
+        <x:v>593761</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
-        <x:v>305</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>593899</x:v>
+        <x:v>593769</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C278" s="15" t="s"/>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s"/>
       <x:c r="K278" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
-        <x:v>349</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>593919</x:v>
+        <x:v>593772</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>442</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>443</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>593754</x:v>
+        <x:v>593783</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
-        <x:v>444</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s"/>
       <x:c r="K280" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
-        <x:v>444</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
-        <x:v>445</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>593773</x:v>
+        <x:v>593793</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C281" s="3" t="s"/>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>593786</x:v>
+        <x:v>593797</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C282" s="15" t="s"/>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s"/>
       <x:c r="K282" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
-        <x:v>447</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
-        <x:v>448</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>361</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>593790</x:v>
+        <x:v>593800</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C283" s="3" t="s"/>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>593845</x:v>
+        <x:v>593809</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C284" s="15" t="s"/>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
-        <x:v>450</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s"/>
       <x:c r="K284" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
-        <x:v>450</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
-        <x:v>451</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>452</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>593846</x:v>
+        <x:v>593812</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C285" s="3" t="s"/>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>593856</x:v>
+        <x:v>593819</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C286" s="15" t="s"/>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
-        <x:v>457</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s"/>
       <x:c r="K286" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
-        <x:v>457</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>458</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>593859</x:v>
+        <x:v>593821</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C287" s="3" t="s"/>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>593863</x:v>
+        <x:v>593824</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C288" s="15" t="s"/>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
-        <x:v>356</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
-        <x:v>357</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s"/>
       <x:c r="K288" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
-        <x:v>356</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
-        <x:v>357</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
-        <x:v>358</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>593869</x:v>
+        <x:v>593834</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C289" s="3" t="s"/>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>593878</x:v>
+        <x:v>593839</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C290" s="15" t="s"/>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s"/>
       <x:c r="K290" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
-        <x:v>354</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>593908</x:v>
+        <x:v>593840</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C291" s="3" t="s"/>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
-        <x:v>308</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>593909</x:v>
+        <x:v>593851</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C292" s="15" t="s"/>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
-        <x:v>463</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s"/>
       <x:c r="K292" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
-        <x:v>463</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>464</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>593910</x:v>
+        <x:v>593854</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C293" s="3" t="s"/>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
         <x:v>377</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>49</x:v>
@@ -18476,76 +18476,76 @@
         <x:v>593746</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C294" s="15" t="s"/>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s"/>
       <x:c r="K294" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>593752</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C295" s="3" t="s"/>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>469</x:v>
@@ -18676,80 +18676,80 @@
       <x:c r="R297" s="0" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
         <x:v>593759</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C298" s="15" t="s"/>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s"/>
       <x:c r="K298" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
-        <x:v>301</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
         <x:v>593775</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C299" s="3" t="s"/>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>293</x:v>
@@ -18986,73 +18986,73 @@
         <x:v>593799</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C304" s="15" t="s"/>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s"/>
       <x:c r="K304" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
         <x:v>593808</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C305" s="3" t="s"/>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>490</x:v>
@@ -19521,51 +19521,51 @@
         <x:v>510</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s"/>
       <x:c r="K314" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
-        <x:v>452</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>593912</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C315" s="3" t="s"/>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>366</x:v>
@@ -19725,51 +19725,51 @@
         <x:v>87</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s"/>
       <x:c r="K318" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
         <x:v>593750</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C319" s="3" t="s"/>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
         <x:v>517</x:v>
@@ -20031,51 +20031,51 @@
         <x:v>529</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s"/>
       <x:c r="K324" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
-        <x:v>455</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
         <x:v>593782</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C325" s="3" t="s"/>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>314</x:v>
@@ -20414,73 +20414,73 @@
         <x:v>593811</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C332" s="15" t="s"/>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s"/>
       <x:c r="K332" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
         <x:v>593814</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C333" s="3" t="s"/>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
         <x:v>544</x:v>
@@ -20998,51 +20998,51 @@
       <x:c r="I343" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
         <x:v>593862</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C344" s="15" t="s"/>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
@@ -21051,51 +21051,51 @@
         <x:v>570</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s"/>
       <x:c r="K344" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>593864</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C345" s="3" t="s"/>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>572</x:v>
@@ -21202,51 +21202,51 @@
       <x:c r="I347" s="4" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
         <x:v>593876</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C348" s="15" t="s"/>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
@@ -21255,51 +21255,51 @@
         <x:v>580</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s"/>
       <x:c r="K348" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
-        <x:v>300</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
         <x:v>593884</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C349" s="3" t="s"/>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
         <x:v>374</x:v>
@@ -21944,1862 +21944,1862 @@
         <x:v>593920</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C362" s="15" t="s"/>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
-        <x:v>606</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s"/>
       <x:c r="K362" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
-        <x:v>606</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
-        <x:v>607</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
-        <x:v>593748</x:v>
+        <x:v>593875</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C363" s="3" t="s"/>
       <x:c r="D363" s="3" t="s"/>
       <x:c r="G363" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="I363" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="K363" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L363" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M363" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N363" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O363" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P363" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>606</x:v>
       </x:c>
       <x:c r="Q363" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="R363" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="S363" s="0" t="n">
-        <x:v>593751</x:v>
+        <x:v>593748</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C364" s="15" t="s"/>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
-        <x:v>608</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s"/>
       <x:c r="K364" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
-        <x:v>608</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
-        <x:v>593755</x:v>
+        <x:v>593751</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C365" s="3" t="s"/>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="I365" s="4" t="s">
-        <x:v>610</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
-        <x:v>610</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
-        <x:v>593776</x:v>
+        <x:v>593755</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C366" s="15" t="s"/>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
-        <x:v>611</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="H366" s="14" t="s"/>
       <x:c r="I366" s="16" t="s">
-        <x:v>431</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s"/>
       <x:c r="K366" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
+        <x:v>610</x:v>
+      </x:c>
+      <x:c r="Q366" s="16" t="s">
         <x:v>611</x:v>
       </x:c>
-      <x:c r="Q366" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R366" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
-        <x:v>593779</x:v>
+        <x:v>593776</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C367" s="3" t="s"/>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="G367" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="I367" s="4" t="s">
-        <x:v>613</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
-        <x:v>613</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
-        <x:v>614</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>593791</x:v>
+        <x:v>593779</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C368" s="15" t="s"/>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s"/>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s"/>
       <x:c r="I368" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="J368" s="14" t="s"/>
       <x:c r="K368" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L368" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M368" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N368" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O368" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P368" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="Q368" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="R368" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
-        <x:v>593794</x:v>
+        <x:v>593791</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C369" s="3" t="s"/>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
-        <x:v>374</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
-        <x:v>374</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
-        <x:v>593817</x:v>
+        <x:v>593794</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C370" s="15" t="s"/>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s"/>
       <x:c r="K370" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
-        <x:v>294</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
-        <x:v>593818</x:v>
+        <x:v>593817</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C371" s="3" t="s"/>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
-        <x:v>616</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
-        <x:v>617</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
-        <x:v>616</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
-        <x:v>618</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
-        <x:v>593832</x:v>
+        <x:v>593818</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C372" s="15" t="s"/>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
-        <x:v>619</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
-        <x:v>620</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s"/>
       <x:c r="K372" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="Q372" s="16" t="s">
+        <x:v>617</x:v>
+      </x:c>
+      <x:c r="R372" s="14" t="s">
         <x:v>619</x:v>
       </x:c>
-      <x:c r="Q372" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S372" s="14" t="n">
-        <x:v>593837</x:v>
+        <x:v>593832</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C373" s="3" t="s"/>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
-        <x:v>622</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
-        <x:v>623</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
-        <x:v>624</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
-        <x:v>593855</x:v>
+        <x:v>593837</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C374" s="15" t="s"/>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
-        <x:v>625</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
-        <x:v>626</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s"/>
       <x:c r="K374" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="Q374" s="16" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="R374" s="14" t="s">
         <x:v>625</x:v>
       </x:c>
-      <x:c r="Q374" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S374" s="14" t="n">
-        <x:v>593882</x:v>
+        <x:v>593855</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C375" s="3" t="s"/>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="G375" s="0" t="s">
-        <x:v>628</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
+        <x:v>626</x:v>
+      </x:c>
+      <x:c r="Q375" s="4" t="s">
+        <x:v>627</x:v>
+      </x:c>
+      <x:c r="R375" s="0" t="s">
         <x:v>628</x:v>
       </x:c>
-      <x:c r="Q375" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S375" s="0" t="n">
-        <x:v>593906</x:v>
+        <x:v>593882</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C376" s="15" t="s"/>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s"/>
       <x:c r="K376" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
         <x:v>629</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
-        <x:v>593911</x:v>
+        <x:v>593906</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C377" s="3" t="s"/>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="G377" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
-        <x:v>631</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
         <x:v>630</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
-        <x:v>631</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
-        <x:v>593914</x:v>
+        <x:v>593911</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C378" s="15" t="s"/>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s"/>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s"/>
       <x:c r="I378" s="16" t="s">
-        <x:v>393</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s"/>
       <x:c r="K378" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
-        <x:v>393</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
-        <x:v>593749</x:v>
+        <x:v>593914</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C379" s="3" t="s"/>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="G379" s="0" t="s">
-        <x:v>632</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
-        <x:v>633</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
-        <x:v>632</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
-        <x:v>633</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
-        <x:v>634</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
-        <x:v>593763</x:v>
+        <x:v>593749</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C380" s="15" t="s"/>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s"/>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s"/>
       <x:c r="I380" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s"/>
       <x:c r="K380" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N380" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O380" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P380" s="14" t="s">
-        <x:v>368</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
-        <x:v>593770</x:v>
+        <x:v>593763</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C381" s="3" t="s"/>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
-        <x:v>635</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O381" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P381" s="0" t="s">
-        <x:v>635</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
-        <x:v>593781</x:v>
+        <x:v>593770</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C382" s="15" t="s"/>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
-        <x:v>637</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s"/>
       <x:c r="K382" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>636</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
-        <x:v>637</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
-        <x:v>593784</x:v>
+        <x:v>593781</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C383" s="3" t="s"/>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="I383" s="4" t="s">
         <x:v>638</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>431</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="Q383" s="4" t="s">
         <x:v>638</x:v>
       </x:c>
-      <x:c r="Q383" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R383" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
-        <x:v>593803</x:v>
+        <x:v>593784</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C384" s="15" t="s"/>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
-        <x:v>600</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s"/>
       <x:c r="K384" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
-        <x:v>600</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
-        <x:v>367</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
-        <x:v>593806</x:v>
+        <x:v>593803</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C385" s="3" t="s"/>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O385" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P385" s="0" t="s">
-        <x:v>639</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
-        <x:v>593810</x:v>
+        <x:v>593806</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C386" s="15" t="s"/>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s"/>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
-        <x:v>641</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s"/>
       <x:c r="K386" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M386" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N386" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O386" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
-        <x:v>641</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
-        <x:v>642</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
-        <x:v>593822</x:v>
+        <x:v>593810</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C387" s="3" t="s"/>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="G387" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
-        <x:v>593828</x:v>
+        <x:v>593822</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C388" s="15" t="s"/>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s"/>
       <x:c r="I388" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s"/>
       <x:c r="K388" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M388" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N388" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O388" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P388" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
-        <x:v>593831</x:v>
+        <x:v>593828</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C389" s="3" t="s"/>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="G389" s="0" t="s">
-        <x:v>643</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
-        <x:v>644</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
-        <x:v>593838</x:v>
+        <x:v>593831</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C390" s="15" t="s"/>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s"/>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
-        <x:v>645</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s"/>
       <x:c r="I390" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s"/>
       <x:c r="K390" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
-        <x:v>646</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
-        <x:v>593843</x:v>
+        <x:v>593838</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C391" s="3" t="s"/>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="G391" s="0" t="s">
-        <x:v>647</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
-        <x:v>648</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
-        <x:v>648</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
-        <x:v>593858</x:v>
+        <x:v>593843</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C392" s="15" t="s"/>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
-        <x:v>649</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
-        <x:v>650</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s"/>
       <x:c r="K392" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
-        <x:v>651</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
-        <x:v>650</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
-        <x:v>652</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
-        <x:v>593861</x:v>
+        <x:v>593858</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C393" s="3" t="s"/>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
-        <x:v>653</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
+        <x:v>652</x:v>
+      </x:c>
+      <x:c r="Q393" s="4" t="s">
+        <x:v>651</x:v>
+      </x:c>
+      <x:c r="R393" s="0" t="s">
         <x:v>653</x:v>
       </x:c>
-      <x:c r="Q393" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S393" s="0" t="n">
-        <x:v>593865</x:v>
+        <x:v>593861</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C394" s="15" t="s"/>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s"/>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
-        <x:v>655</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s"/>
       <x:c r="K394" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
         <x:v>654</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
-        <x:v>655</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
-        <x:v>656</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
-        <x:v>593868</x:v>
+        <x:v>593865</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C395" s="3" t="s"/>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="G395" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="Q395" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="R395" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
-        <x:v>593871</x:v>
+        <x:v>593868</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C396" s="15" t="s"/>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s"/>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
-        <x:v>657</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s"/>
       <x:c r="I396" s="16" t="s">
-        <x:v>658</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s"/>
       <x:c r="K396" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
-        <x:v>657</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
-        <x:v>658</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
-        <x:v>659</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
-        <x:v>593872</x:v>
+        <x:v>593871</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C397" s="3" t="s"/>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="G397" s="0" t="s">
-        <x:v>660</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
-        <x:v>512</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
+        <x:v>658</x:v>
+      </x:c>
+      <x:c r="Q397" s="4" t="s">
+        <x:v>659</x:v>
+      </x:c>
+      <x:c r="R397" s="0" t="s">
         <x:v>660</x:v>
       </x:c>
-      <x:c r="Q397" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S397" s="0" t="n">
-        <x:v>593875</x:v>
+        <x:v>593872</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C398" s="15" t="s"/>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
         <x:v>286</x:v>
@@ -24723,51 +24723,51 @@
         <x:v>385</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s"/>
       <x:c r="K416" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
         <x:v>693</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
         <x:v>593765</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C417" s="3" t="s"/>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="G417" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
         <x:v>249</x:v>
@@ -24902,73 +24902,73 @@
         <x:v>593780</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C420" s="15" t="s"/>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s"/>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s"/>
       <x:c r="I420" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="J420" s="14" t="s"/>
       <x:c r="K420" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L420" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M420" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N420" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O420" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P420" s="14" t="s">
         <x:v>700</x:v>
       </x:c>
       <x:c r="Q420" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="R420" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="S420" s="14" t="n">
         <x:v>593788</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C421" s="3" t="s"/>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="G421" s="0" t="s">
         <x:v>384</x:v>
@@ -24976,51 +24976,51 @@
       <x:c r="I421" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
         <x:v>593798</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C422" s="15" t="s"/>
       <x:c r="D422" s="15" t="s"/>
       <x:c r="E422" s="14" t="s"/>
       <x:c r="F422" s="14" t="s"/>
       <x:c r="G422" s="14" t="s">
         <x:v>701</x:v>
       </x:c>