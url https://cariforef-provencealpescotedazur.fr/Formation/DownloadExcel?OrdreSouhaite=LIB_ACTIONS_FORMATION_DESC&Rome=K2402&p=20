--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -1184,89 +1184,89 @@
   <x:si>
     <x:t>84011</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M Janetti</x:t>
   </x:si>
   <x:si>
     <x:t>83470</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Mélinée et Missak Manouchian</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Thierry Maulnier</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée polyvalent Simone Veil</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée A de Tocqueville</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06131</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRASSE CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Pierre Mendès-France</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VITROLLES CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Jean Moulin</x:t>
   </x:si>
   <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Costebelle</x:t>
   </x:si>
   <x:si>
     <x:t>83408</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée polyvalent Simone Veil</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>Lycée A Briand</x:t>
   </x:si>
   <x:si>
     <x:t>05007</x:t>
   </x:si>
   <x:si>
     <x:t>GAP CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée de Vaison-la-Romaine</x:t>
   </x:si>
   <x:si>
     <x:t>84110</x:t>
   </x:si>
   <x:si>
     <x:t>VAISON LA ROMAINE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>13691</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES CEDEX</x:t>
@@ -1313,177 +1313,189 @@
   <x:si>
     <x:t>Lycée M Pagnol</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée St-Joseph de la Madeleine</x:t>
   </x:si>
   <x:si>
     <x:t>13248</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 04</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Agricampus</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Ste J d'Arc</x:t>
   </x:si>
   <x:si>
     <x:t>83170</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES</x:t>
   </x:si>
   <x:si>
+    <x:t>École secondaire Beth Myriam</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13009</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole secondaire B Myriam</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Adam de Craponne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13651</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée A Camus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FREJUS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Général Carnot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée P et M Curie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MENTON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Maintenon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83409</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée A Rimbaud</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13808</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISTRES CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>École internationale de Manosque</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MANOSQUE CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Yavné</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent d'altitude - Suzanne Joulié Roos</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05105</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent d'altitude</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BRIANCON CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée cité internationale Jacques Chirac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée J. Chirac</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 2e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée A Daudet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TARASCON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>École secondaire du Val St-André</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ecole secondaire du Val St-André</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Victor Hugo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARPENTRAS CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA Fontlongue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MIRAMAS CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée du Val d'Argens</x:t>
   </x:si>
   <x:si>
     <x:t>83490</x:t>
   </x:si>
   <x:si>
     <x:t>LE MUY</x:t>
   </x:si>
   <x:si>
-    <x:t>École secondaire Beth Myriam</x:t>
-[...116 lines deleted...]
-    <x:t>MIRAMAS CEDEX</x:t>
+    <x:t>Lycée Belsunce</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cours Mirabeau</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Pastré</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO Pastré</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Les Iscles</x:t>
   </x:si>
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée St Charles</x:t>
   </x:si>
   <x:si>
     <x:t>13310</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MARTIN-DE-CRAU</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A David Néel</x:t>
   </x:si>
   <x:si>
     <x:t>04004</x:t>
   </x:si>
@@ -1514,60 +1526,252 @@
   <x:si>
     <x:t>LPO St-Eloi</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Auguste et Louis Lumière</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée G Apollinaire</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Ste-Marie</x:t>
   </x:si>
   <x:si>
     <x:t>13400</x:t>
   </x:si>
   <x:si>
     <x:t>AUBAGNE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Aicard</x:t>
   </x:si>
   <x:si>
     <x:t>83412</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée Belsunce</x:t>
-[...8 lines deleted...]
-    <x:t>LPO Pastré</x:t>
+    <x:t>Lycée Cours Bastide</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ICOP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA L Giraud</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CARPENTRAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA d'Aix-Valabre</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13548</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Jean Lurçat</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13693</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée de la montagne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VALDEBLORE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>lycée Nelson Mandela</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée J Cocteau</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13141</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée P de Girard</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84082</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée La Providence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Jean Monnet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VITROLLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Bonaparte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83097</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée régional Jean D'Ormesson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13831</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CHATEAURENARD CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Charles de Gaulle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84405</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APT CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Amiral de Grasse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Lacordaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Collège Lacordaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée international G Duby</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13080</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LUYNES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée F Pétrarque</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84911</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée de Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Collège de Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée H Matisse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Saint-Jean le Baptiste</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VALREAS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée St-Exupéry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13326</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée général Ibn Khaldoun</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13015</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-15e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cours Cyrano</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Marie Pila</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée polyvalent Denis Diderot</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée L Pasquet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée du Coudon</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA GARDE CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée I Dauphin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CAVAILLON</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée La Nativité</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Beaussier</x:t>
   </x:si>
   <x:si>
     <x:t>83512</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>83514</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Sévigné</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Chevreul - Blancarde</x:t>
   </x:si>
@@ -1577,324 +1781,120 @@
   <x:si>
     <x:t>MARSEILLE- 4e</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée H d'Estienne d'Orves</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée de Bollène</x:t>
   </x:si>
   <x:si>
     <x:t>84500</x:t>
   </x:si>
   <x:si>
     <x:t>BOLLENE</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Bristol</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Marseilleveyre</x:t>
   </x:si>
   <x:si>
     <x:t>13285</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE CEDEX 08</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Lycée Fénelon</x:t>
   </x:si>
   <x:si>
-    <x:t>Lycée P de Girard</x:t>
-[...49 lines deleted...]
-  <x:si>
     <x:t>Lycée polyvalent Jean-Henri Fabre</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée du Sacré-Coeur</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Val de Durance - Henri Silvy</x:t>
   </x:si>
   <x:si>
     <x:t>84123</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Val de Durance</x:t>
   </x:si>
   <x:si>
     <x:t>PERTUIS CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée St-Joseph les Maristes</x:t>
   </x:si>
   <x:si>
     <x:t>ORT</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-10e</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Ami</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée F Joliot Curie</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Notre-Dame de la Viste</x:t>
   </x:si>
   <x:si>
     <x:t>13314</x:t>
   </x:si>
   <x:si>
-    <x:t>MARSEILLE CEDEX 15</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>École A (Lycée France Maths)</x:t>
   </x:si>
   <x:si>
-    <x:t>06000</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ecole A (Lycée France Maths)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée A Renoir</x:t>
   </x:si>
   <x:si>
     <x:t>06802</x:t>
   </x:si>
   <x:si>
     <x:t>CAGNES SUR MER CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée l'Olivier - R Coffy</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Audiberti</x:t>
   </x:si>
   <x:si>
     <x:t>06605</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES CEDEX</x:t>
-  </x:si>
-[...142 lines deleted...]
-    <x:t>Cours Cyrano</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Viala Lacoste</x:t>
   </x:si>
   <x:si>
     <x:t>13300</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>Cours Henri IV</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Léonard de Vinci</x:t>
   </x:si>
   <x:si>
     <x:t>06633</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée du Golfe de St-Tropez</x:t>
   </x:si>
   <x:si>
     <x:t>83580</x:t>
   </x:si>
@@ -5096,417 +5096,417 @@
       <x:c r="R40" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>581571</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>59</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>61</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>615852</x:v>
+        <x:v>591964</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>591964</x:v>
+        <x:v>615852</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>591965</x:v>
+        <x:v>591966</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>591966</x:v>
+        <x:v>591969</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>591969</x:v>
+        <x:v>591968</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>591968</x:v>
+        <x:v>591967</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>591967</x:v>
+        <x:v>591965</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>40720</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
@@ -11586,134 +11586,134 @@
         <x:v>313</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>592941</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C159" s="3" t="s"/>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
-        <x:v>592955</x:v>
+        <x:v>592956</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C160" s="15" t="s"/>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s"/>
       <x:c r="K160" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>289</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>290</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>292</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>592956</x:v>
+        <x:v>592955</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>49</x:v>
@@ -15717,336 +15717,336 @@
       <x:c r="R239" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
         <x:v>591953</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C240" s="15" t="s"/>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s"/>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s"/>
       <x:c r="K240" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>285</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>286</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>111</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>591942</x:v>
+        <x:v>591940</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C241" s="3" t="s"/>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="G241" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>372</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>373</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>591946</x:v>
+        <x:v>591944</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C242" s="15" t="s"/>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s"/>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
-        <x:v>281</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s"/>
       <x:c r="K242" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>281</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>591955</x:v>
+        <x:v>591947</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C243" s="3" t="s"/>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="G243" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
-        <x:v>375</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>591960</x:v>
+        <x:v>591942</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C244" s="15" t="s"/>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s"/>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s"/>
       <x:c r="K244" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>591940</x:v>
+        <x:v>591946</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C245" s="3" t="s"/>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
-        <x:v>378</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>591944</x:v>
+        <x:v>591955</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C246" s="15" t="s"/>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s"/>
       <x:c r="I246" s="16" t="s">
         <x:v>382</x:v>
@@ -16055,51 +16055,51 @@
       <x:c r="K246" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>12081</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>382</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>591947</x:v>
+        <x:v>591960</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C247" s="3" t="s"/>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>49</x:v>
@@ -16639,76 +16639,76 @@
         <x:v>593754</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C258" s="15" t="s"/>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s"/>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="H258" s="14" t="s"/>
       <x:c r="I258" s="16" t="s">
-        <x:v>375</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s"/>
       <x:c r="K258" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
-        <x:v>375</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>376</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
         <x:v>593767</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C259" s="3" t="s"/>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="G259" s="0" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
         <x:v>315</x:v>
@@ -16862,5058 +16862,5058 @@
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s"/>
       <x:c r="K262" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>593816</x:v>
+        <x:v>593838</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C263" s="3" t="s"/>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>593821</x:v>
+        <x:v>593860</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C264" s="15" t="s"/>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
-        <x:v>280</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
-        <x:v>281</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s"/>
       <x:c r="K264" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
-        <x:v>282</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
-        <x:v>281</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>593828</x:v>
+        <x:v>593863</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C265" s="3" t="s"/>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
-        <x:v>419</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>593838</x:v>
+        <x:v>593878</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C266" s="15" t="s"/>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s"/>
       <x:c r="I266" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s"/>
       <x:c r="K266" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
-        <x:v>421</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>304</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>593860</x:v>
+        <x:v>593895</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C267" s="3" t="s"/>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>424</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>593863</x:v>
+        <x:v>593900</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C268" s="15" t="s"/>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s"/>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s"/>
       <x:c r="K268" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>593878</x:v>
+        <x:v>593907</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C269" s="3" t="s"/>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
-        <x:v>278</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>593895</x:v>
+        <x:v>593918</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C270" s="15" t="s"/>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s"/>
       <x:c r="I270" s="16" t="s">
-        <x:v>427</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s"/>
       <x:c r="K270" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
-        <x:v>427</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>428</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>593900</x:v>
+        <x:v>593759</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C271" s="3" t="s"/>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>593907</x:v>
+        <x:v>593760</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C272" s="15" t="s"/>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s"/>
       <x:c r="K272" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
-        <x:v>431</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
-        <x:v>432</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>433</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>593918</x:v>
+        <x:v>593762</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C273" s="3" t="s"/>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
-        <x:v>435</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>436</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>593759</x:v>
+        <x:v>593766</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C274" s="15" t="s"/>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s"/>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
-        <x:v>437</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s"/>
       <x:c r="K274" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>437</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>593760</x:v>
+        <x:v>593777</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C275" s="3" t="s"/>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
-        <x:v>439</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>593762</x:v>
+        <x:v>593778</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C276" s="15" t="s"/>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s"/>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s"/>
       <x:c r="I276" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s"/>
       <x:c r="K276" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
-        <x:v>444</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>593766</x:v>
+        <x:v>593788</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C277" s="3" t="s"/>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="G277" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
-        <x:v>447</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
-        <x:v>446</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
-        <x:v>447</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>593777</x:v>
+        <x:v>593799</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C278" s="15" t="s"/>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s"/>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
-        <x:v>449</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="H278" s="14" t="s"/>
       <x:c r="I278" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s"/>
       <x:c r="K278" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
-        <x:v>450</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>593778</x:v>
+        <x:v>593816</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C279" s="3" t="s"/>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="G279" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
-        <x:v>451</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>593788</x:v>
+        <x:v>593821</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
-        <x:v>455</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s"/>
       <x:c r="K280" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
-        <x:v>455</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>593799</x:v>
+        <x:v>593828</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C281" s="3" t="s"/>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
-        <x:v>458</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
-        <x:v>458</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>593837</x:v>
+        <x:v>593833</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C282" s="15" t="s"/>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s"/>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
-        <x:v>460</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="H282" s="14" t="s"/>
       <x:c r="I282" s="16" t="s">
-        <x:v>461</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s"/>
       <x:c r="K282" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
-        <x:v>460</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
-        <x:v>461</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>593847</x:v>
+        <x:v>593818</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C283" s="3" t="s"/>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="G283" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
-        <x:v>464</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>465</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>593848</x:v>
+        <x:v>593823</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C284" s="15" t="s"/>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
-        <x:v>365</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s"/>
       <x:c r="I284" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s"/>
       <x:c r="K284" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
-        <x:v>365</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>367</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>593854</x:v>
+        <x:v>593830</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C285" s="3" t="s"/>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
-        <x:v>466</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
-        <x:v>265</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>593870</x:v>
+        <x:v>593837</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C286" s="15" t="s"/>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s"/>
       <x:c r="I286" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s"/>
       <x:c r="K286" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
-        <x:v>306</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>307</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
-        <x:v>593871</x:v>
+        <x:v>593847</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C287" s="3" t="s"/>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
-        <x:v>593873</x:v>
+        <x:v>593848</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C288" s="15" t="s"/>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
-        <x:v>342</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="H288" s="14" t="s"/>
       <x:c r="I288" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="J288" s="14" t="s"/>
       <x:c r="K288" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L288" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M288" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N288" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O288" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P288" s="14" t="s">
-        <x:v>342</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="Q288" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="R288" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="S288" s="14" t="n">
-        <x:v>593881</x:v>
+        <x:v>593854</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C289" s="3" t="s"/>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
-        <x:v>471</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
-        <x:v>473</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
-        <x:v>472</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
-        <x:v>593884</x:v>
+        <x:v>593870</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C290" s="15" t="s"/>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
-        <x:v>474</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H290" s="14" t="s"/>
       <x:c r="I290" s="16" t="s">
-        <x:v>397</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="J290" s="14" t="s"/>
       <x:c r="K290" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
-        <x:v>474</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
-        <x:v>397</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
-        <x:v>398</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
-        <x:v>593887</x:v>
+        <x:v>593871</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C291" s="3" t="s"/>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="I291" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="K291" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L291" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
-        <x:v>475</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
-        <x:v>593911</x:v>
+        <x:v>593873</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C292" s="15" t="s"/>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
-        <x:v>476</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s"/>
       <x:c r="I292" s="16" t="s">
-        <x:v>477</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s"/>
       <x:c r="K292" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
-        <x:v>476</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
-        <x:v>477</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>478</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
-        <x:v>593917</x:v>
+        <x:v>593881</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C293" s="3" t="s"/>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
-        <x:v>479</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>376</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>593921</x:v>
+        <x:v>593884</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C294" s="15" t="s"/>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
-        <x:v>481</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s"/>
       <x:c r="I294" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s"/>
       <x:c r="K294" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
-        <x:v>481</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
-        <x:v>443</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>445</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>593833</x:v>
+        <x:v>593887</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C295" s="3" t="s"/>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>593818</x:v>
+        <x:v>593911</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C296" s="15" t="s"/>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s"/>
       <x:c r="K296" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="Q296" s="16" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="R296" s="14" t="s">
         <x:v>482</x:v>
       </x:c>
-      <x:c r="Q296" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>593823</x:v>
+        <x:v>593917</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C297" s="3" t="s"/>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
-        <x:v>418</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="Q297" s="4" t="s">
         <x:v>484</x:v>
       </x:c>
-      <x:c r="Q297" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>593830</x:v>
+        <x:v>593921</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C298" s="15" t="s"/>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s"/>
       <x:c r="K298" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
-        <x:v>181</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>593839</x:v>
+        <x:v>593757</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C299" s="3" t="s"/>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
-        <x:v>486</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
-        <x:v>487</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>593840</x:v>
+        <x:v>593772</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C300" s="15" t="s"/>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
-        <x:v>489</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="H300" s="14" t="s"/>
       <x:c r="I300" s="16" t="s">
-        <x:v>490</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s"/>
       <x:c r="K300" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
-        <x:v>489</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
-        <x:v>490</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
-        <x:v>488</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>593862</x:v>
+        <x:v>593783</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C301" s="3" t="s"/>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
-        <x:v>491</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>593865</x:v>
+        <x:v>593784</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C302" s="15" t="s"/>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
-        <x:v>492</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
-        <x:v>493</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s"/>
       <x:c r="K302" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
+        <x:v>491</x:v>
+      </x:c>
+      <x:c r="Q302" s="16" t="s">
         <x:v>492</x:v>
       </x:c>
-      <x:c r="Q302" s="16" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>494</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>593872</x:v>
+        <x:v>593790</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C303" s="3" t="s"/>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
-        <x:v>495</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
-        <x:v>306</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>593886</x:v>
+        <x:v>593794</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C304" s="15" t="s"/>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s"/>
       <x:c r="K304" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
-        <x:v>312</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
-        <x:v>313</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
-        <x:v>256</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>593889</x:v>
+        <x:v>593797</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C305" s="3" t="s"/>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
-        <x:v>497</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>593892</x:v>
+        <x:v>593810</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C306" s="15" t="s"/>
       <x:c r="D306" s="15" t="s"/>
       <x:c r="E306" s="14" t="s"/>
       <x:c r="F306" s="14" t="s"/>
       <x:c r="G306" s="14" t="s">
-        <x:v>499</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s"/>
       <x:c r="K306" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
-        <x:v>499</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
-        <x:v>278</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
-        <x:v>279</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>593898</x:v>
+        <x:v>593813</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C307" s="3" t="s"/>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="I307" s="4" t="s">
         <x:v>500</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>501</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
+        <x:v>499</x:v>
+      </x:c>
+      <x:c r="Q307" s="4" t="s">
         <x:v>500</x:v>
       </x:c>
-      <x:c r="Q307" s="4" t="s">
+      <x:c r="R307" s="0" t="s">
         <x:v>501</x:v>
       </x:c>
-      <x:c r="R307" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>593901</x:v>
+        <x:v>593758</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C308" s="15" t="s"/>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
-        <x:v>503</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="H308" s="14" t="s"/>
       <x:c r="I308" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s"/>
       <x:c r="K308" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
-        <x:v>503</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
-        <x:v>263</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>593904</x:v>
+        <x:v>593765</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C309" s="3" t="s"/>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
-        <x:v>505</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
-        <x:v>504</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
-        <x:v>505</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
-        <x:v>506</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>593758</x:v>
+        <x:v>593768</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C310" s="15" t="s"/>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s"/>
       <x:c r="K310" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
-        <x:v>369</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>593765</x:v>
+        <x:v>593773</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C311" s="3" t="s"/>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
-        <x:v>310</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>593775</x:v>
+        <x:v>593785</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C312" s="15" t="s"/>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
-        <x:v>509</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s"/>
       <x:c r="K312" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
-        <x:v>509</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
-        <x:v>510</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>593776</x:v>
+        <x:v>593796</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C313" s="3" t="s"/>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
-        <x:v>354</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>593786</x:v>
+        <x:v>593802</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C314" s="15" t="s"/>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s"/>
       <x:c r="K314" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
-        <x:v>72</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>593804</x:v>
+        <x:v>593811</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C315" s="3" t="s"/>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
-        <x:v>514</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
-        <x:v>514</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>593805</x:v>
+        <x:v>593817</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C316" s="15" t="s"/>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
-        <x:v>516</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s"/>
       <x:c r="K316" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
-        <x:v>516</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
-        <x:v>517</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>593808</x:v>
+        <x:v>593829</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C317" s="3" t="s"/>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
-        <x:v>518</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
-        <x:v>519</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
-        <x:v>520</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>593809</x:v>
+        <x:v>593843</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C318" s="15" t="s"/>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
-        <x:v>521</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s"/>
       <x:c r="K318" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
-        <x:v>521</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
-        <x:v>452</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
-        <x:v>453</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>593814</x:v>
+        <x:v>593857</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C319" s="3" t="s"/>
       <x:c r="D319" s="3" t="s"/>
       <x:c r="G319" s="0" t="s">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c r="I319" s="4" t="s">
         <x:v>522</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>313</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c r="Q319" s="4" t="s">
         <x:v>522</x:v>
       </x:c>
-      <x:c r="Q319" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R319" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>593819</x:v>
+        <x:v>593864</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C320" s="15" t="s"/>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
-        <x:v>356</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s"/>
       <x:c r="I320" s="16" t="s">
-        <x:v>357</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s"/>
       <x:c r="K320" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L320" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M320" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N320" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O320" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P320" s="14" t="s">
-        <x:v>356</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="Q320" s="16" t="s">
-        <x:v>357</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="R320" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="S320" s="14" t="n">
-        <x:v>593824</x:v>
+        <x:v>593867</x:v>
       </x:c>
       <x:c r="T320" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U320" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:21">
       <x:c r="A321" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B321" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C321" s="3" t="s"/>
       <x:c r="D321" s="3" t="s"/>
       <x:c r="G321" s="0" t="s">
-        <x:v>523</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="I321" s="4" t="s">
-        <x:v>524</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="K321" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L321" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M321" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N321" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O321" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P321" s="0" t="s">
-        <x:v>525</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="Q321" s="4" t="s">
-        <x:v>524</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="R321" s="0" t="s">
-        <x:v>526</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="S321" s="0" t="n">
-        <x:v>593826</x:v>
+        <x:v>593891</x:v>
       </x:c>
       <x:c r="T321" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U321" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:21">
       <x:c r="A322" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B322" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C322" s="15" t="s"/>
       <x:c r="D322" s="15" t="s"/>
       <x:c r="E322" s="14" t="s"/>
       <x:c r="F322" s="14" t="s"/>
       <x:c r="G322" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="H322" s="14" t="s"/>
       <x:c r="I322" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s"/>
       <x:c r="K322" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
-        <x:v>296</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
-        <x:v>297</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>593831</x:v>
+        <x:v>593894</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C323" s="3" t="s"/>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="G323" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
-        <x:v>527</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>593836</x:v>
+        <x:v>593897</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C324" s="15" t="s"/>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s"/>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="H324" s="14" t="s"/>
       <x:c r="I324" s="16" t="s">
-        <x:v>529</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="J324" s="14" t="s"/>
       <x:c r="K324" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
-        <x:v>528</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
-        <x:v>529</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
-        <x:v>530</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>593842</x:v>
+        <x:v>593903</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C325" s="3" t="s"/>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="G325" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="K325" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
-        <x:v>531</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>593853</x:v>
+        <x:v>593906</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C326" s="15" t="s"/>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s"/>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
-        <x:v>390</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s"/>
       <x:c r="I326" s="16" t="s">
-        <x:v>391</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s"/>
       <x:c r="K326" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
-        <x:v>390</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
-        <x:v>391</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>593874</x:v>
+        <x:v>593915</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C327" s="3" t="s"/>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="G327" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
-        <x:v>532</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>593875</x:v>
+        <x:v>593775</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C328" s="15" t="s"/>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
-        <x:v>533</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s"/>
       <x:c r="I328" s="16" t="s">
-        <x:v>534</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s"/>
       <x:c r="K328" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L328" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M328" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N328" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O328" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P328" s="14" t="s">
-        <x:v>533</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="Q328" s="16" t="s">
-        <x:v>534</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="R328" s="14" t="s">
-        <x:v>535</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="S328" s="14" t="n">
-        <x:v>593877</x:v>
+        <x:v>593776</x:v>
       </x:c>
       <x:c r="T328" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U328" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:21">
       <x:c r="A329" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B329" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C329" s="3" t="s"/>
       <x:c r="D329" s="3" t="s"/>
       <x:c r="G329" s="0" t="s">
-        <x:v>536</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="I329" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="K329" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L329" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M329" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N329" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O329" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P329" s="0" t="s">
-        <x:v>538</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="Q329" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R329" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="S329" s="0" t="n">
-        <x:v>593880</x:v>
+        <x:v>593786</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C330" s="15" t="s"/>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
-        <x:v>539</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
-        <x:v>540</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s"/>
       <x:c r="K330" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
-        <x:v>539</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
-        <x:v>540</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
-        <x:v>541</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
-        <x:v>593883</x:v>
+        <x:v>593804</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C331" s="3" t="s"/>
       <x:c r="D331" s="3" t="s"/>
       <x:c r="G331" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
-        <x:v>313</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
-        <x:v>593902</x:v>
+        <x:v>593805</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C332" s="15" t="s"/>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
-        <x:v>542</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s"/>
       <x:c r="K332" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
-        <x:v>542</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
-        <x:v>346</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
-        <x:v>593913</x:v>
+        <x:v>593808</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C333" s="3" t="s"/>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
-        <x:v>543</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
-        <x:v>544</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
-        <x:v>593914</x:v>
+        <x:v>593809</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C334" s="15" t="s"/>
       <x:c r="D334" s="15" t="s"/>
       <x:c r="E334" s="14" t="s"/>
       <x:c r="F334" s="14" t="s"/>
       <x:c r="G334" s="14" t="s">
-        <x:v>546</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="H334" s="14" t="s"/>
       <x:c r="I334" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s"/>
       <x:c r="K334" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
-        <x:v>547</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
-        <x:v>330</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
-        <x:v>593757</x:v>
+        <x:v>593839</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C335" s="3" t="s"/>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="G335" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="I335" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="K335" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L335" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M335" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N335" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O335" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P335" s="0" t="s">
-        <x:v>548</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="Q335" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="R335" s="0" t="s">
-        <x:v>510</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="S335" s="0" t="n">
-        <x:v>593772</x:v>
+        <x:v>593840</x:v>
       </x:c>
       <x:c r="T335" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U335" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:21">
       <x:c r="A336" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B336" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C336" s="15" t="s"/>
       <x:c r="D336" s="15" t="s"/>
       <x:c r="E336" s="14" t="s"/>
       <x:c r="F336" s="14" t="s"/>
       <x:c r="G336" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="H336" s="14" t="s"/>
       <x:c r="I336" s="16" t="s">
-        <x:v>372</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="J336" s="14" t="s"/>
       <x:c r="K336" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
-        <x:v>372</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
-        <x:v>373</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
-        <x:v>593783</x:v>
+        <x:v>593862</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C337" s="3" t="s"/>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
-        <x:v>549</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="I337" s="4" t="s">
-        <x:v>550</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="K337" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L337" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M337" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N337" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O337" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P337" s="0" t="s">
-        <x:v>549</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="Q337" s="4" t="s">
-        <x:v>550</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R337" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S337" s="0" t="n">
-        <x:v>593784</x:v>
+        <x:v>593865</x:v>
       </x:c>
       <x:c r="T337" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U337" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:21">
       <x:c r="A338" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B338" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C338" s="15" t="s"/>
       <x:c r="D338" s="15" t="s"/>
       <x:c r="E338" s="14" t="s"/>
       <x:c r="F338" s="14" t="s"/>
       <x:c r="G338" s="14" t="s">
-        <x:v>551</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="H338" s="14" t="s"/>
       <x:c r="I338" s="16" t="s">
-        <x:v>552</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="J338" s="14" t="s"/>
       <x:c r="K338" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
-        <x:v>551</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
-        <x:v>552</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
-        <x:v>593790</x:v>
+        <x:v>593872</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C339" s="3" t="s"/>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
-        <x:v>593794</x:v>
+        <x:v>593886</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C340" s="15" t="s"/>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
-        <x:v>553</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
-        <x:v>554</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s"/>
       <x:c r="K340" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
-        <x:v>553</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
-        <x:v>554</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
-        <x:v>555</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
-        <x:v>593797</x:v>
+        <x:v>593889</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C341" s="3" t="s"/>
       <x:c r="D341" s="3" t="s"/>
       <x:c r="G341" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="I341" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="K341" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L341" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M341" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N341" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O341" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P341" s="0" t="s">
-        <x:v>556</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="Q341" s="4" t="s">
-        <x:v>345</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="R341" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="S341" s="0" t="n">
-        <x:v>593810</x:v>
+        <x:v>593892</x:v>
       </x:c>
       <x:c r="T341" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U341" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="342" spans="1:21">
       <x:c r="A342" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B342" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C342" s="15" t="s"/>
       <x:c r="D342" s="15" t="s"/>
       <x:c r="E342" s="14" t="s"/>
       <x:c r="F342" s="14" t="s"/>
       <x:c r="G342" s="14" t="s">
-        <x:v>557</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="H342" s="14" t="s"/>
       <x:c r="I342" s="16" t="s">
-        <x:v>558</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="J342" s="14" t="s"/>
       <x:c r="K342" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L342" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M342" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N342" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O342" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P342" s="14" t="s">
-        <x:v>557</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="Q342" s="16" t="s">
-        <x:v>558</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="R342" s="14" t="s">
-        <x:v>456</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="S342" s="14" t="n">
-        <x:v>593813</x:v>
+        <x:v>593898</x:v>
       </x:c>
       <x:c r="T342" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U342" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="343" spans="1:21">
       <x:c r="A343" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B343" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C343" s="3" t="s"/>
       <x:c r="D343" s="3" t="s"/>
       <x:c r="G343" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="I343" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="K343" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L343" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M343" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N343" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O343" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P343" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="Q343" s="4" t="s">
-        <x:v>249</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="R343" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="S343" s="0" t="n">
-        <x:v>593768</x:v>
+        <x:v>593901</x:v>
       </x:c>
       <x:c r="T343" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U343" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="344" spans="1:21">
       <x:c r="A344" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B344" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C344" s="15" t="s"/>
       <x:c r="D344" s="15" t="s"/>
       <x:c r="E344" s="14" t="s"/>
       <x:c r="F344" s="14" t="s"/>
       <x:c r="G344" s="14" t="s">
-        <x:v>559</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="H344" s="14" t="s"/>
       <x:c r="I344" s="16" t="s">
-        <x:v>560</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s"/>
       <x:c r="K344" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
-        <x:v>559</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
-        <x:v>560</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
-        <x:v>561</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
-        <x:v>593773</x:v>
+        <x:v>593904</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C345" s="3" t="s"/>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
-        <x:v>593785</x:v>
+        <x:v>593814</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C346" s="15" t="s"/>
       <x:c r="D346" s="15" t="s"/>
       <x:c r="E346" s="14" t="s"/>
       <x:c r="F346" s="14" t="s"/>
       <x:c r="G346" s="14" t="s">
-        <x:v>562</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="H346" s="14" t="s"/>
       <x:c r="I346" s="16" t="s">
-        <x:v>563</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="J346" s="14" t="s"/>
       <x:c r="K346" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L346" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M346" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N346" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O346" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P346" s="14" t="s">
-        <x:v>562</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="Q346" s="16" t="s">
-        <x:v>563</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="R346" s="14" t="s">
-        <x:v>283</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S346" s="14" t="n">
-        <x:v>593796</x:v>
+        <x:v>593819</x:v>
       </x:c>
       <x:c r="T346" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U346" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="347" spans="1:21">
       <x:c r="A347" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B347" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C347" s="3" t="s"/>
       <x:c r="D347" s="3" t="s"/>
       <x:c r="G347" s="0" t="s">
-        <x:v>564</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="I347" s="4" t="s">
-        <x:v>565</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="K347" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L347" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M347" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N347" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O347" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P347" s="0" t="s">
-        <x:v>564</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="Q347" s="4" t="s">
-        <x:v>565</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="R347" s="0" t="s">
-        <x:v>566</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S347" s="0" t="n">
-        <x:v>593802</x:v>
+        <x:v>593824</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C348" s="15" t="s"/>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
-        <x:v>567</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
-        <x:v>568</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s"/>
       <x:c r="K348" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
-        <x:v>567</x:v>
+        <x:v>575</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
-        <x:v>568</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
-        <x:v>569</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
-        <x:v>593811</x:v>
+        <x:v>593826</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="349" spans="1:21">
       <x:c r="A349" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B349" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C349" s="3" t="s"/>
       <x:c r="D349" s="3" t="s"/>
       <x:c r="G349" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="I349" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="K349" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L349" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M349" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N349" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O349" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P349" s="0" t="s">
-        <x:v>396</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="Q349" s="4" t="s">
-        <x:v>397</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="R349" s="0" t="s">
-        <x:v>398</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S349" s="0" t="n">
-        <x:v>593817</x:v>
+        <x:v>593831</x:v>
       </x:c>
       <x:c r="T349" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U349" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="350" spans="1:21">
       <x:c r="A350" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B350" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C350" s="15" t="s"/>
       <x:c r="D350" s="15" t="s"/>
       <x:c r="E350" s="14" t="s"/>
       <x:c r="F350" s="14" t="s"/>
       <x:c r="G350" s="14" t="s">
-        <x:v>570</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="H350" s="14" t="s"/>
       <x:c r="I350" s="16" t="s">
-        <x:v>571</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="J350" s="14" t="s"/>
       <x:c r="K350" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L350" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M350" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N350" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O350" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P350" s="14" t="s">
-        <x:v>570</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="Q350" s="16" t="s">
-        <x:v>571</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R350" s="14" t="s">
-        <x:v>260</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S350" s="14" t="n">
-        <x:v>593829</x:v>
+        <x:v>593836</x:v>
       </x:c>
       <x:c r="T350" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U350" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="351" spans="1:21">
       <x:c r="A351" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B351" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C351" s="3" t="s"/>
       <x:c r="D351" s="3" t="s"/>
       <x:c r="G351" s="0" t="s">
-        <x:v>572</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="I351" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="K351" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L351" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M351" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N351" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O351" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P351" s="0" t="s">
-        <x:v>573</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="Q351" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="R351" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="S351" s="0" t="n">
-        <x:v>593843</x:v>
+        <x:v>593842</x:v>
       </x:c>
       <x:c r="T351" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U351" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="352" spans="1:21">
       <x:c r="A352" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B352" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C352" s="15" t="s"/>
       <x:c r="D352" s="15" t="s"/>
       <x:c r="E352" s="14" t="s"/>
       <x:c r="F352" s="14" t="s"/>
       <x:c r="G352" s="14" t="s">
-        <x:v>574</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="H352" s="14" t="s"/>
       <x:c r="I352" s="16" t="s">
-        <x:v>575</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s"/>
       <x:c r="K352" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
-        <x:v>574</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
-        <x:v>575</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
-        <x:v>593857</x:v>
+        <x:v>593853</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C353" s="3" t="s"/>
       <x:c r="D353" s="3" t="s"/>
       <x:c r="G353" s="0" t="s">
-        <x:v>577</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="I353" s="4" t="s">
-        <x:v>578</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="K353" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L353" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M353" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N353" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O353" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P353" s="0" t="s">
-        <x:v>577</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="Q353" s="4" t="s">
-        <x:v>578</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="R353" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="S353" s="0" t="n">
-        <x:v>593864</x:v>
+        <x:v>593874</x:v>
       </x:c>
       <x:c r="T353" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U353" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="354" spans="1:21">
       <x:c r="A354" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B354" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C354" s="15" t="s"/>
       <x:c r="D354" s="15" t="s"/>
       <x:c r="E354" s="14" t="s"/>
       <x:c r="F354" s="14" t="s"/>
       <x:c r="G354" s="14" t="s">
-        <x:v>579</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="H354" s="14" t="s"/>
       <x:c r="I354" s="16" t="s">
-        <x:v>580</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="J354" s="14" t="s"/>
       <x:c r="K354" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L354" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M354" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N354" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O354" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P354" s="14" t="s">
-        <x:v>581</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="Q354" s="16" t="s">
-        <x:v>580</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="R354" s="14" t="s">
-        <x:v>502</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="S354" s="14" t="n">
-        <x:v>593867</x:v>
+        <x:v>593875</x:v>
       </x:c>
       <x:c r="T354" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U354" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="355" spans="1:21">
       <x:c r="A355" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B355" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C355" s="3" t="s"/>
       <x:c r="D355" s="3" t="s"/>
       <x:c r="G355" s="0" t="s">
-        <x:v>582</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="I355" s="4" t="s">
-        <x:v>583</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="K355" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L355" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M355" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N355" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O355" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P355" s="0" t="s">
-        <x:v>582</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="Q355" s="4" t="s">
-        <x:v>583</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="R355" s="0" t="s">
-        <x:v>584</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="S355" s="0" t="n">
-        <x:v>593891</x:v>
+        <x:v>593877</x:v>
       </x:c>
       <x:c r="T355" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U355" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="356" spans="1:21">
       <x:c r="A356" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B356" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C356" s="15" t="s"/>
       <x:c r="D356" s="15" t="s"/>
       <x:c r="E356" s="14" t="s"/>
       <x:c r="F356" s="14" t="s"/>
       <x:c r="G356" s="14" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="H356" s="14" t="s"/>
       <x:c r="I356" s="16" t="s">
-        <x:v>586</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="J356" s="14" t="s"/>
       <x:c r="K356" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L356" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M356" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N356" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O356" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P356" s="14" t="s">
-        <x:v>585</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="Q356" s="16" t="s">
-        <x:v>586</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="R356" s="14" t="s">
-        <x:v>587</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S356" s="14" t="n">
-        <x:v>593894</x:v>
+        <x:v>593880</x:v>
       </x:c>
       <x:c r="T356" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U356" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="357" spans="1:21">
       <x:c r="A357" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B357" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C357" s="3" t="s"/>
       <x:c r="D357" s="3" t="s"/>
       <x:c r="G357" s="0" t="s">
+        <x:v>587</x:v>
+      </x:c>
+      <x:c r="I357" s="4" t="s">
         <x:v>588</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>589</x:v>
       </x:c>
       <x:c r="K357" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L357" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M357" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N357" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O357" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P357" s="0" t="s">
+        <x:v>587</x:v>
+      </x:c>
+      <x:c r="Q357" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
-      <x:c r="Q357" s="4" t="s">
+      <x:c r="R357" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
-      <x:c r="R357" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S357" s="0" t="n">
-        <x:v>593897</x:v>
+        <x:v>593883</x:v>
       </x:c>
       <x:c r="T357" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U357" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="358" spans="1:21">
       <x:c r="A358" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B358" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C358" s="15" t="s"/>
       <x:c r="D358" s="15" t="s"/>
       <x:c r="E358" s="14" t="s"/>
       <x:c r="F358" s="14" t="s"/>
       <x:c r="G358" s="14" t="s">
-        <x:v>590</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="H358" s="14" t="s"/>
       <x:c r="I358" s="16" t="s">
-        <x:v>591</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="J358" s="14" t="s"/>
       <x:c r="K358" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L358" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M358" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N358" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O358" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P358" s="14" t="s">
-        <x:v>590</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="Q358" s="16" t="s">
-        <x:v>591</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="R358" s="14" t="s">
-        <x:v>592</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="S358" s="14" t="n">
-        <x:v>593903</x:v>
+        <x:v>593902</x:v>
       </x:c>
       <x:c r="T358" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U358" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="359" spans="1:21">
       <x:c r="A359" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B359" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C359" s="3" t="s"/>
       <x:c r="D359" s="3" t="s"/>
       <x:c r="G359" s="0" t="s">
-        <x:v>593</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="I359" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
-        <x:v>593</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
-        <x:v>593906</x:v>
+        <x:v>593913</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C360" s="15" t="s"/>
       <x:c r="D360" s="15" t="s"/>
       <x:c r="E360" s="14" t="s"/>
       <x:c r="F360" s="14" t="s"/>
       <x:c r="G360" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="H360" s="14" t="s"/>
       <x:c r="I360" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="J360" s="14" t="s"/>
       <x:c r="K360" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L360" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M360" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N360" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O360" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P360" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="Q360" s="16" t="s">
-        <x:v>385</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="R360" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="S360" s="14" t="n">
-        <x:v>593915</x:v>
+        <x:v>593914</x:v>
       </x:c>
       <x:c r="T360" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U360" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="361" spans="1:21">
       <x:c r="A361" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B361" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C361" s="3" t="s"/>
       <x:c r="D361" s="3" t="s"/>
       <x:c r="G361" s="0" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="I361" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="K361" s="0" t="s">
         <x:v>49</x:v>
@@ -21939,74 +21939,74 @@
       <x:c r="R361" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S361" s="0" t="n">
         <x:v>593769</x:v>
       </x:c>
       <x:c r="T361" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U361" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="362" spans="1:21">
       <x:c r="A362" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B362" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C362" s="15" t="s"/>
       <x:c r="D362" s="15" t="s"/>
       <x:c r="E362" s="14" t="s"/>
       <x:c r="F362" s="14" t="s"/>
       <x:c r="G362" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="H362" s="14" t="s"/>
       <x:c r="I362" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="J362" s="14" t="s"/>
       <x:c r="K362" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L362" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M362" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N362" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O362" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P362" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="Q362" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R362" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S362" s="14" t="n">
         <x:v>593770</x:v>
       </x:c>
       <x:c r="T362" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U362" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="363" spans="1:21">
       <x:c r="A363" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B363" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C363" s="3" t="s"/>
@@ -22045,73 +22045,73 @@
         <x:v>593771</x:v>
       </x:c>
       <x:c r="T363" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U363" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="364" spans="1:21">
       <x:c r="A364" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B364" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C364" s="15" t="s"/>
       <x:c r="D364" s="15" t="s"/>
       <x:c r="E364" s="14" t="s"/>
       <x:c r="F364" s="14" t="s"/>
       <x:c r="G364" s="14" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="H364" s="14" t="s"/>
       <x:c r="I364" s="16" t="s">
-        <x:v>537</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s"/>
       <x:c r="K364" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
-        <x:v>537</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
         <x:v>593781</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C365" s="3" t="s"/>
       <x:c r="D365" s="3" t="s"/>
       <x:c r="G365" s="0" t="s">
         <x:v>598</x:v>
@@ -22119,51 +22119,51 @@
       <x:c r="I365" s="4" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="K365" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L365" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M365" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N365" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O365" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P365" s="0" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="Q365" s="4" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="R365" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="S365" s="0" t="n">
         <x:v>593782</x:v>
       </x:c>
       <x:c r="T365" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U365" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="366" spans="1:21">
       <x:c r="A366" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B366" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C366" s="15" t="s"/>
       <x:c r="D366" s="15" t="s"/>
       <x:c r="E366" s="14" t="s"/>
       <x:c r="F366" s="14" t="s"/>
       <x:c r="G366" s="14" t="s">
         <x:v>600</x:v>
       </x:c>
@@ -22299,72 +22299,72 @@
         <x:v>608</x:v>
       </x:c>
       <x:c r="S368" s="14" t="n">
         <x:v>593801</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C369" s="3" t="s"/>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="G369" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
         <x:v>593803</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C370" s="15" t="s"/>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
@@ -22555,73 +22555,73 @@
         <x:v>593815</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C374" s="15" t="s"/>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
-        <x:v>418</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s"/>
       <x:c r="K374" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
-        <x:v>418</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
         <x:v>593820</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C375" s="3" t="s"/>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="G375" s="0" t="s">
         <x:v>618</x:v>
@@ -22682,51 +22682,51 @@
         <x:v>622</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s"/>
       <x:c r="K376" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
         <x:v>621</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
         <x:v>622</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
-        <x:v>502</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
         <x:v>593825</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C377" s="3" t="s"/>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="G377" s="0" t="s">
         <x:v>623</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
         <x:v>624</x:v>
@@ -23010,75 +23010,75 @@
         <x:v>639</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
         <x:v>593849</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C383" s="3" t="s"/>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
-        <x:v>571</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N383" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O383" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P383" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
-        <x:v>571</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
         <x:v>593850</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C384" s="15" t="s"/>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
@@ -23241,51 +23241,51 @@
       <x:c r="I387" s="4" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
         <x:v>647</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
         <x:v>648</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
         <x:v>593856</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C388" s="15" t="s"/>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s"/>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
         <x:v>649</x:v>
       </x:c>
@@ -23469,80 +23469,80 @@
       <x:c r="R391" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
         <x:v>593869</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C392" s="15" t="s"/>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s"/>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
-        <x:v>476</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s"/>
       <x:c r="K392" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M392" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N392" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O392" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P392" s="14" t="s">
-        <x:v>476</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
-        <x:v>488</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
         <x:v>593876</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C393" s="3" t="s"/>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="G393" s="0" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>299</x:v>
@@ -23775,80 +23775,80 @@
       <x:c r="R397" s="0" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
         <x:v>593896</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C398" s="15" t="s"/>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s"/>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s"/>
       <x:c r="I398" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="J398" s="14" t="s"/>
       <x:c r="K398" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
-        <x:v>383</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
         <x:v>593908</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C399" s="3" t="s"/>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="G399" s="0" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
         <x:v>303</x:v>
@@ -24081,80 +24081,80 @@
       <x:c r="R403" s="0" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
         <x:v>593835</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C404" s="15" t="s"/>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s"/>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
-        <x:v>375</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s"/>
       <x:c r="K404" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
-        <x:v>375</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
-        <x:v>376</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
         <x:v>593841</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C405" s="3" t="s"/>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="G405" s="0" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
         <x:v>675</x:v>
@@ -24416,51 +24416,51 @@
         <x:v>687</x:v>
       </x:c>
       <x:c r="J410" s="14" t="s"/>
       <x:c r="K410" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L410" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>593905</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C411" s="3" t="s"/>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="G411" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>689</x:v>
@@ -24489,80 +24489,80 @@
       <x:c r="R411" s="0" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>593916</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C412" s="15" t="s"/>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s"/>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s"/>
       <x:c r="I412" s="16" t="s">
-        <x:v>379</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s"/>
       <x:c r="K412" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
-        <x:v>378</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
-        <x:v>379</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
-        <x:v>380</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>593919</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C413" s="3" t="s"/>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="G413" s="0" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="I413" s="4" t="s">
         <x:v>394</x:v>
@@ -25053,72 +25053,72 @@
         <x:v>710</x:v>
       </x:c>
       <x:c r="S422" s="14" t="n">
         <x:v>593774</x:v>
       </x:c>
       <x:c r="T422" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U422" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="423" spans="1:21">
       <x:c r="A423" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B423" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C423" s="3" t="s"/>
       <x:c r="D423" s="3" t="s"/>
       <x:c r="G423" s="0" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="I423" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="K423" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L423" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M423" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N423" s="3" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O423" s="0" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P423" s="0" t="s">
         <x:v>711</x:v>
       </x:c>
       <x:c r="Q423" s="4" t="s">
-        <x:v>537</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="R423" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S423" s="0" t="n">
         <x:v>593779</x:v>
       </x:c>
       <x:c r="T423" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U423" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="424" spans="1:21">
       <x:c r="A424" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B424" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C424" s="15" t="s"/>
       <x:c r="D424" s="15" t="s"/>
       <x:c r="E424" s="14" t="s"/>
       <x:c r="F424" s="14" t="s"/>
@@ -25207,73 +25207,73 @@
         <x:v>593789</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C426" s="15" t="s"/>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s"/>
       <x:c r="F426" s="14" t="s"/>
       <x:c r="G426" s="14" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="H426" s="14" t="s"/>
       <x:c r="I426" s="16" t="s">
-        <x:v>418</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s"/>
       <x:c r="K426" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>14232</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>402</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
-        <x:v>418</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
         <x:v>593792</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="C427" s="3" t="s"/>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="G427" s="0" t="s">
         <x:v>328</x:v>