--- v0 (2026-02-19)
+++ v1 (2026-02-20)
@@ -164,68 +164,68 @@
   <x:si>
     <x:t>Centre National d'Enseignement à Distance</x:t>
   </x:si>
   <x:si>
     <x:t>CNED</x:t>
   </x:si>
   <x:si>
     <x:t>86360</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Préparation examen concours fonction publique</x:t>
   </x:si>
   <x:si>
     <x:t>CHASSENEUIL-DU-POITOU</x:t>
   </x:si>
   <x:si>
+    <x:t>01/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/01/2024 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Préparation aux concours gardien de la paix - Police Nationale - Douanes - Sous-officier gendarmerie</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Belmont - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
@@ -419,122 +419,122 @@
   <x:si>
     <x:t>Devenez coach en orientation scolaire auprès des jeunes de 15 à 25 ans</x:t>
   </x:si>
   <x:si>
     <x:t>Enoia</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
     <x:t>03/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Consultant en bilan de compétences</x:t>
   </x:si>
   <x:si>
+    <x:t>CD Competences</x:t>
+  </x:si>
+  <x:si>
+    <x:t>64600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/23/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Céla Solution RH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-12e</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Sabine Jourdois</x:t>
   </x:si>
   <x:si>
     <x:t>Femme , Profession libérale , Public sans emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Samantha Boettcher - Asb Compétences</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>CD Competences</x:t>
-[...43 lines deleted...]
-  <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Conseiller emploi et accompagnement professionnel (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Openclassrooms</x:t>
   </x:si>
   <x:si>
     <x:t>OC</x:t>
   </x:si>
   <x:si>
     <x:t>75001</x:t>
   </x:si>
   <x:si>
     <x:t>Accompagnement vers emploi</x:t>
   </x:si>
   <x:si>
     <x:t>PARIS</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2027 00:00:00</x:t>
@@ -590,57 +590,57 @@
   <x:si>
     <x:t>Psychologie</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>Attaché territorial – concours interne et 3e voie</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Agent de la fonction publique d'Etat , Demandeur d'emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>Année de césure / Accompagnement à l’orientation scolaire post bac / Construction du projet professionnel</x:t>
   </x:si>
   <x:si>
     <x:t>Evocae</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>Jeune 16-25 ans , Public de la formation initiale</x:t>
   </x:si>
   <x:si>
+    <x:t>01/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>11/06/2025 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>01/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de catégorie C des ministères économiques et financiers</x:t>
   </x:si>
   <x:si>
     <x:t>Adjoint administratif d'Etat principal 2ème classe (interne)</x:t>
   </x:si>
   <x:si>
     <x:t>Accompagnement à la (ré)orientation scolaire et professionnelle post bac</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/24/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
@@ -1229,51 +1229,51 @@
       <x:c r="K2" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L2" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M2" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N2" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O2" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
-        <x:v>615778</x:v>
+        <x:v>524458</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C3" s="3" t="s"/>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="G3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H3" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I3" s="4" t="s">
         <x:v>25</x:v>
@@ -1281,51 +1281,51 @@
       <x:c r="K3" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>562509</x:v>
+        <x:v>615778</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C4" s="15" t="s"/>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -1336,51 +1336,51 @@
       <x:c r="K4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>524458</x:v>
+        <x:v>562509</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C5" s="3" t="s"/>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>40</x:v>
@@ -1444,51 +1444,51 @@
       <x:c r="M6" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>42837</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
         <x:v>595528</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C7" s="3" t="s"/>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H7" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>59</x:v>
@@ -1719,51 +1719,51 @@
       <x:c r="M11" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>14461</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>591970</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>38991</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="I12" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
@@ -1832,51 +1832,51 @@
       <x:c r="M13" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>14403</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
         <x:v>591929</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C14" s="15" t="s"/>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s"/>
       <x:c r="K14" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
@@ -2059,385 +2059,385 @@
         <x:v>616935</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C18" s="15" t="s"/>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s"/>
       <x:c r="K18" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>44595</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>110</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>602494</x:v>
+        <x:v>612443</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C19" s="3" t="s"/>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>44595</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>615000</x:v>
+        <x:v>613599</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C20" s="15" t="s"/>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s"/>
       <x:c r="K20" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>44595</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>53</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>612445</x:v>
+        <x:v>602494</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="3" t="s"/>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>44595</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>612444</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s"/>
       <x:c r="K22" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>44595</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>612446</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>44595</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="Q23" s="4" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="R23" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="S23" s="0" t="n">
+        <x:v>612445</x:v>
+      </x:c>
+      <x:c r="T23" s="4" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="Q23" s="4" t="s">
+      <x:c r="U23" s="4" t="s">
         <x:v>134</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C24" s="15" t="s"/>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s"/>
       <x:c r="K24" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>44595</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>612443</x:v>
+        <x:v>615000</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>39391</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H25" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
@@ -2461,159 +2461,159 @@
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>578596</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
-        <x:v>140</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
-        <x:v>141</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>39391</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I26" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>15061</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>615682</x:v>
+        <x:v>578600</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>148</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>39391</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>15061</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>578595</x:v>
+        <x:v>615682</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>147</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>39391</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
@@ -2625,57 +2625,57 @@
       <x:c r="K28" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>15061</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>578600</x:v>
+        <x:v>578595</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>39391</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
@@ -2852,103 +2852,103 @@
       <x:c r="M32" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>14454</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
         <x:v>595857</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>615799</x:v>
+        <x:v>566815</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
         <x:v>168</x:v>
@@ -2956,205 +2956,205 @@
       <x:c r="L34" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>524501</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>566815</x:v>
+        <x:v>615799</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>44595</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="S36" s="14" t="n">
+        <x:v>613773</x:v>
+      </x:c>
+      <x:c r="T36" s="16" t="s">
         <x:v>173</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>174</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>44595</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>613771</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
@@ -3163,97 +3163,97 @@
       <x:c r="L38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>44595</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
         <x:v>613772</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>44595</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>613773</x:v>
+        <x:v>613766</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C40" s="15" t="s"/>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -3267,103 +3267,103 @@
       <x:c r="L40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
         <x:v>562475</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C41" s="3" t="s"/>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H41" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>615738</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C42" s="15" t="s"/>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -3371,109 +3371,109 @@
       <x:c r="K42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>615769</x:v>
+        <x:v>562498</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>13030</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q43" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
-        <x:v>562498</x:v>
+        <x:v>615769</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>63</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C44" s="15" t="s"/>
       <x:c r="D44" s="15" t="s"/>
       <x:c r="E44" s="14" t="s"/>
       <x:c r="F44" s="14" t="s"/>
       <x:c r="G44" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s"/>
       <x:c r="K44" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">