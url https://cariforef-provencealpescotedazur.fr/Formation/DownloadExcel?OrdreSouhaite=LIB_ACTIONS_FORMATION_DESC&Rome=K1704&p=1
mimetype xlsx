--- v0 (2025-12-02)
+++ v1 (2026-02-18)
@@ -242,63 +242,63 @@
   <x:si>
     <x:t>Master mention justice, procès et procédures parcours justices et droit du procès</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université|Aix Marseille Université - Faculté de Droit et Science Politique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention justice, procès et procédures parcours droit et pratique des contentieux publics</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention justice, procès et procédures parcours contentieux économique, médiation et arbitrage</x:t>
   </x:si>
   <x:si>
     <x:t>master mention justice, procès et procédures</x:t>
   </x:si>
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
+    <x:t>83300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DRAGUIGNAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>83056</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13628</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit pénal et sciences criminelles parcours théorie du droit</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit pénal et sciences criminelles parcours sécurité intérieure</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention droit pénal et sciences criminelles parcours matière pénale</x:t>
   </x:si>
@@ -1252,51 +1252,51 @@
       <x:c r="K8" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>597246</x:v>
+        <x:v>597247</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
@@ -1306,51 +1306,51 @@
       <x:c r="K9" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>13219</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>597247</x:v>
+        <x:v>597246</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>38198</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>