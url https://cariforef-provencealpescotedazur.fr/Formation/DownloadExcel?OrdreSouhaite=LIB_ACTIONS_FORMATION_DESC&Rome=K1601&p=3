--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -5121,252 +5121,252 @@
       <x:c r="R68" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>575779</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>39697</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>13054</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>592202</x:v>
+        <x:v>592201</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>39697</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>13054</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>45</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>59</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>592203</x:v>
+        <x:v>592200</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>39697</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>13054</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>592201</x:v>
+        <x:v>592202</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>39697</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="K72" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>13054</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>592200</x:v>
+        <x:v>592203</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>40740</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>34</x:v>
       </x:c>