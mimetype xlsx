--- v0 (2025-12-02)
+++ v1 (2025-12-17)
@@ -227,59 +227,59 @@
   <x:si>
     <x:t>12/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Praticien en thérapie de couple EFPP</x:t>
   </x:si>
   <x:si>
     <x:t>E-Faculté de Psychologie et de Psychanalyse</x:t>
   </x:si>
   <x:si>
     <x:t>EFPP</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>01/06/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/31/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/15/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Intervenant en médiation animale</x:t>
   </x:si>
   <x:si>
     <x:t>Zoopro</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>Animation personne âgée</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation au conseil conjugal et familial</x:t>
   </x:si>
   <x:si>
     <x:t>Mouvement Français pour le Planning Familial des Bouches du Rhône</x:t>
@@ -326,56 +326,56 @@
   <x:si>
     <x:t>IRTS</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 14</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'État de médiateur familial</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Régional du Travail Social Paca et Corse</x:t>
   </x:si>
   <x:si>
     <x:t>13267</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-14e</x:t>
   </x:si>
   <x:si>
+    <x:t>10/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/25/2024 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/30/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil conjugal et familial</x:t>
   </x:si>
   <x:si>
     <x:t>Mood'up Formation</x:t>
   </x:si>
   <x:si>
     <x:t>13430</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Demandeur d'emploi , Enseignant , Formateur , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>EYGUIERES</x:t>
   </x:si>
   <x:si>
     <x:t>06/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
@@ -383,63 +383,63 @@
   <x:si>
     <x:t>BUT spécialité carrières sociales parcours éducation spécialisée (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2023 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>MENTON</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité carrières sociales parcours éducation spécialisée</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
@@ -1291,112 +1291,112 @@
       <x:c r="K7" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>14469</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>563333</x:v>
+        <x:v>570542</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="C8" s="15" t="s"/>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s"/>
       <x:c r="K8" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>14469</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>570542</x:v>
+        <x:v>563333</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="U8" s="16" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s"/>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>28</x:v>
@@ -1565,114 +1565,114 @@
       <x:c r="K12" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>44007</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>515398</x:v>
+        <x:v>544264</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="U12" s="16" t="s">
         <x:v>85</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>2028</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H13" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>44007</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>542103</x:v>
+        <x:v>515398</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>86</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>2028</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
@@ -1681,57 +1681,57 @@
       <x:c r="K14" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>44007</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>544264</x:v>
+        <x:v>542103</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="C15" s="3" t="s"/>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="G15" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I15" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>28</x:v>
@@ -1791,117 +1791,117 @@
       <x:c r="K16" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>554853</x:v>
+        <x:v>453828</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>34</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>35514</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>603396</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>35514</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I18" s="16" t="s">
         <x:v>100</x:v>
@@ -1909,120 +1909,120 @@
       <x:c r="J18" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>453828</x:v>
+        <x:v>554852</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="U18" s="16" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>35514</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>603395</x:v>
+        <x:v>554853</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>35514</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I20" s="16" t="s">
         <x:v>100</x:v>
@@ -2033,102 +2033,102 @@
       <x:c r="K20" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>554852</x:v>
+        <x:v>603395</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>35514</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>44072</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>596688</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>