--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -1121,69 +1121,69 @@
   <x:si>
     <x:t>Croix Rouge Française - Croix Rouge Compétence - Antenne Provence Alpes Côte d'Azur Corse</x:t>
   </x:si>
   <x:si>
     <x:t>CRF PACA CORSE</x:t>
   </x:si>
   <x:si>
     <x:t>13420</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Public en emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>OLLIOULES</x:t>
   </x:si>
   <x:si>
     <x:t>02/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>04/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>01/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/20/2026 00:00:00</x:t>
-  </x:si>
-[...10 lines deleted...]
-    <x:t>11/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Public en emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>02/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2026 00:00:00</x:t>
   </x:si>
@@ -3186,294 +3186,294 @@
       <x:c r="K24" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>604647</x:v>
+        <x:v>584547</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>584547</x:v>
+        <x:v>590623</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
-      <x:c r="E26" s="14" t="s"/>
-      <x:c r="F26" s="14" t="s"/>
+      <x:c r="E26" s="14" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="F26" s="14" t="s">
+        <x:v>133</x:v>
+      </x:c>
       <x:c r="G26" s="14" t="s">
-        <x:v>129</x:v>
-[...1 lines deleted...]
-      <x:c r="H26" s="14" t="s"/>
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="H26" s="14" t="s">
+        <x:v>135</x:v>
+      </x:c>
       <x:c r="I26" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>590623</x:v>
+        <x:v>583662</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="F27" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>583662</x:v>
+        <x:v>580086</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>34</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>37872</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
-      <x:c r="E28" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E28" s="14" t="s"/>
+      <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>25</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
-        <x:v>27</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>580086</x:v>
+        <x:v>604647</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="C29" s="3" t="s"/>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>48</x:v>
@@ -7015,258 +7015,258 @@
         <x:v>342</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>614989</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
-      <x:c r="C97" s="3" t="s"/>
+      <x:c r="C97" s="3" t="n">
+        <x:v>36077</x:v>
+      </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="J97" s="0" t="s">
+        <x:v>28</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
-        <x:v>600699</x:v>
+        <x:v>606100</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>176</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
-      <x:c r="C98" s="15" t="s"/>
+      <x:c r="C98" s="15" t="n">
+        <x:v>36077</x:v>
+      </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s"/>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="I98" s="16" t="s">
-        <x:v>90</x:v>
-[...1 lines deleted...]
-      <x:c r="J98" s="14" t="s"/>
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="J98" s="14" t="s">
+        <x:v>28</x:v>
+      </x:c>
       <x:c r="K98" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
-        <x:v>600702</x:v>
+        <x:v>616977</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
-        <x:v>351</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
-        <x:v>352</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
-      <x:c r="C99" s="3" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C99" s="3" t="s"/>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="G99" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="H99" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>344</x:v>
-[...2 lines deleted...]
-        <x:v>28</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>344</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
-        <x:v>606100</x:v>
+        <x:v>600699</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
-        <x:v>354</x:v>
+        <x:v>176</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
-      <x:c r="C100" s="15" t="n">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C100" s="15" t="s"/>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>342</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I100" s="16" t="s">
-        <x:v>344</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="J100" s="14" t="s"/>
       <x:c r="K100" s="14" t="s">
-        <x:v>348</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>43413</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>342</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>344</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
-        <x:v>616977</x:v>
+        <x:v>600702</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>356</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>36077</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H101" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
@@ -8046,97 +8046,97 @@
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>617258</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>389</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
-        <x:v>35028</x:v>
+        <x:v>41365</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>547905</x:v>
+        <x:v>617247</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
@@ -8145,462 +8145,462 @@
       <x:c r="K116" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>532202</x:v>
+        <x:v>560347</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>173</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K117" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L117" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M117" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N117" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O117" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P117" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q117" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R117" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S117" s="0" t="n">
-        <x:v>532271</x:v>
+        <x:v>532272</x:v>
       </x:c>
       <x:c r="T117" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U117" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:21">
       <x:c r="A118" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B118" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C118" s="15" t="n">
-        <x:v>41365</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="D118" s="15" t="s"/>
       <x:c r="E118" s="14" t="s"/>
       <x:c r="F118" s="14" t="s"/>
       <x:c r="G118" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H118" s="14" t="s">
-        <x:v>154</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="I118" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J118" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K118" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L118" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M118" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N118" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O118" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P118" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q118" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R118" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S118" s="14" t="n">
-        <x:v>604435</x:v>
+        <x:v>560469</x:v>
       </x:c>
       <x:c r="T118" s="16" t="s">
-        <x:v>390</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="U118" s="16" t="s">
-        <x:v>391</x:v>
+        <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:21">
       <x:c r="A119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B119" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C119" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="D119" s="3" t="s"/>
       <x:c r="G119" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H119" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I119" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J119" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K119" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L119" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M119" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N119" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O119" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P119" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q119" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R119" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="S119" s="0" t="n">
-        <x:v>560347</x:v>
+        <x:v>547905</x:v>
       </x:c>
       <x:c r="T119" s="4" t="s">
-        <x:v>355</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U119" s="4" t="s">
-        <x:v>121</x:v>
+        <x:v>106</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:21">
       <x:c r="A120" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B120" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C120" s="15" t="n">
-        <x:v>41365</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="D120" s="15" t="s"/>
       <x:c r="E120" s="14" t="s"/>
       <x:c r="F120" s="14" t="s"/>
       <x:c r="G120" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H120" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I120" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J120" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K120" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L120" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M120" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N120" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O120" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P120" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q120" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R120" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S120" s="14" t="n">
-        <x:v>617247</x:v>
+        <x:v>532202</x:v>
       </x:c>
       <x:c r="T120" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="U120" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:21">
       <x:c r="A121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B121" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C121" s="3" t="n">
         <x:v>35028</x:v>
       </x:c>
       <x:c r="D121" s="3" t="s"/>
       <x:c r="G121" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H121" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I121" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J121" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K121" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L121" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M121" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N121" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O121" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P121" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q121" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R121" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S121" s="0" t="n">
-        <x:v>532272</x:v>
+        <x:v>532271</x:v>
       </x:c>
       <x:c r="T121" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="U121" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:21">
       <x:c r="A122" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B122" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C122" s="15" t="n">
-        <x:v>35028</x:v>
+        <x:v>41365</x:v>
       </x:c>
       <x:c r="D122" s="15" t="s"/>
       <x:c r="E122" s="14" t="s"/>
       <x:c r="F122" s="14" t="s"/>
       <x:c r="G122" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="H122" s="14" t="s">
-        <x:v>102</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="I122" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J122" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K122" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L122" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M122" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
-        <x:v>560469</x:v>
+        <x:v>604435</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>121</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C123" s="3" t="n">
-        <x:v>35028</x:v>
+        <x:v>41365</x:v>
       </x:c>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H123" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>575397</x:v>
+        <x:v>617245</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
-        <x:v>392</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>41365</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I124" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
@@ -8609,108 +8609,108 @@
       <x:c r="K124" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>617245</x:v>
+        <x:v>617248</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
-        <x:v>41365</x:v>
+        <x:v>35028</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H125" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>617248</x:v>
+        <x:v>575397</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="U125" s="4" t="s">
         <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>41365</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s">
@@ -9424,51 +9424,51 @@
       <x:c r="L138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>42069</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
         <x:v>617260</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C139" s="3" t="n">
         <x:v>41365</x:v>
       </x:c>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="H139" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>40</x:v>
       </x:c>