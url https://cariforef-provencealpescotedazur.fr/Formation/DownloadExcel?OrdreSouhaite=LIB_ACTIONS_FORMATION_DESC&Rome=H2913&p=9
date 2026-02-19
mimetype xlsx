--- v0 (2026-02-19)
+++ v1 (2026-02-19)
@@ -443,63 +443,63 @@
   <x:si>
     <x:t>03/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel soudeur assembleur industriel</x:t>
   </x:si>
   <x:si>
     <x:t>Les Clés de la Compétence</x:t>
   </x:si>
   <x:si>
     <x:t>13600</x:t>
   </x:si>
   <x:si>
     <x:t>LA CIOTAT</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Soudeur TIG électrode enrobée</x:t>
   </x:si>
   <x:si>
+    <x:t>09/22/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/22/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>03/04/2026 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>02/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/27/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/08/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>09/29/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Soudeur international multi procédés (FTJ)</x:t>
   </x:si>
@@ -3269,87 +3269,87 @@
       <x:c r="R30" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>610023</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H31" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I31" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J31" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K31" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L31" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M31" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
-        <x:v>571587</x:v>
+        <x:v>525861</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
@@ -3364,111 +3364,111 @@
       <x:c r="K32" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>553947</x:v>
+        <x:v>571587</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>525861</x:v>
+        <x:v>553947</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
@@ -3483,54 +3483,54 @@
       <x:c r="L34" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>553928</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -3888,54 +3888,54 @@
       <x:c r="L41" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
         <x:v>570903</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
@@ -3947,54 +3947,54 @@
       <x:c r="L42" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>525922</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="E43" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="F43" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="G43" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H43" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>96</x:v>
@@ -6983,152 +6983,152 @@
       <x:c r="R94" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="S94" s="14" t="n">
         <x:v>571680</x:v>
       </x:c>
       <x:c r="T94" s="16" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="U94" s="16" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:21">
       <x:c r="A95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B95" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C95" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D95" s="3" t="s"/>
       <x:c r="G95" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H95" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I95" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J95" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K95" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L95" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M95" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N95" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O95" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P95" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q95" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R95" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="S95" s="0" t="n">
-        <x:v>575440</x:v>
+        <x:v>610106</x:v>
       </x:c>
       <x:c r="T95" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U95" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:21">
       <x:c r="A96" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B96" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C96" s="15" t="n">
-        <x:v>34502</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D96" s="15" t="s"/>
       <x:c r="E96" s="14" t="s"/>
       <x:c r="F96" s="14" t="s"/>
       <x:c r="G96" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H96" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I96" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L96" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
-        <x:v>31</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
-        <x:v>571681</x:v>
+        <x:v>575440</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>180</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H97" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -7729,156 +7729,156 @@
       </x:c>
       <x:c r="P107" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>604424</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
-        <x:v>162</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I108" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>163</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
-        <x:v>566371</x:v>
+        <x:v>571681</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
-        <x:v>40037</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H109" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
-        <x:v>604488</x:v>
+        <x:v>566371</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s"/>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I110" s="16" t="s">
@@ -7890,346 +7890,346 @@
       <x:c r="K110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>610106</x:v>
+        <x:v>604488</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="G111" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H111" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>598071</x:v>
+        <x:v>598104</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s"/>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I112" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q112" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R112" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>598104</x:v>
+        <x:v>598066</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>183</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
-        <x:v>40037</x:v>
+        <x:v>34502</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="G113" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H113" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>598066</x:v>
+        <x:v>548061</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
-        <x:v>34502</x:v>
+        <x:v>40037</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I114" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>548061</x:v>
+        <x:v>598067</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H115" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q115" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R115" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>598067</x:v>
+        <x:v>598069</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
-        <x:v>150</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C116" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I116" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J116" s="14" t="s">
@@ -8238,57 +8238,57 @@
       <x:c r="K116" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L116" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M116" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N116" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O116" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P116" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q116" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R116" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S116" s="14" t="n">
-        <x:v>598069</x:v>
+        <x:v>598071</x:v>
       </x:c>
       <x:c r="T116" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U116" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:21">
       <x:c r="A117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B117" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C117" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D117" s="3" t="s"/>
       <x:c r="G117" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H117" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I117" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J117" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -9187,87 +9187,87 @@
       <x:c r="R132" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
         <x:v>576743</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>548066</x:v>
+        <x:v>547926</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
@@ -9282,114 +9282,114 @@
       <x:c r="K134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>548068</x:v>
+        <x:v>548066</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>193</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>191</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C135" s="3" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>23004</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>547926</x:v>
+        <x:v>548068</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>196</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>34738</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
@@ -10969,57 +10969,57 @@
       <x:c r="K163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>598098</x:v>
+        <x:v>598094</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
@@ -11028,114 +11028,114 @@
       <x:c r="K164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>598094</x:v>
+        <x:v>598097</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>150</x:v>
+        <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>598097</x:v>
+        <x:v>598098</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>183</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>40037</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
@@ -15712,51 +15712,51 @@
       <x:c r="L245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
         <x:v>604513</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s"/>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="I246" s="16" t="s">
@@ -15771,51 +15771,51 @@
       <x:c r="L246" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
         <x:v>604452</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="G247" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -16080,144 +16080,144 @@
       </x:c>
       <x:c r="S251" s="0" t="n">
         <x:v>532275</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s"/>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H252" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="I252" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>548059</x:v>
+        <x:v>547919</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="H253" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>23015</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>547919</x:v>
+        <x:v>548059</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>191</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 