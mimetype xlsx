--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -206,62 +206,62 @@
   <x:si>
     <x:t>Formation professionnelle continue</x:t>
   </x:si>
   <x:si>
     <x:t>Plâtre et chaux</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole d'Avignon - Centre de Formation à la Réhabilitation du Patrimoine Architectural</x:t>
   </x:si>
   <x:si>
     <x:t>CFRPA</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Chaux</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
+    <x:t>04/27/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/29/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/27/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Peinture à la chaux, parement et décor</x:t>
   </x:si>
   <x:si>
     <x:t>Peinture</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Peinture à la chaux</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Mettre sur le marché un produit cosmétique</x:t>
@@ -329,113 +329,113 @@
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>master mention génie des procédés et des bio-procédés</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>ST PAUL LES DURANCE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Centrale Méditerranée - campus de Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13451</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13397</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 20</x:t>
   </x:si>
   <x:si>
-    <x:t>Centrale Méditerranée - campus de Marseille</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Master mention chimie parcours synthèse organique - applications et procédés innovants</x:t>
   </x:si>
   <x:si>
     <x:t>Chimie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention chimie parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention chimie parcours chimie pour le vivant</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention chimie parcours analyse chimique et spectroscopie</x:t>
   </x:si>
   <x:si>
     <x:t>master mention chimie et sciences des matériaux</x:t>
   </x:si>
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>Génie procédés</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
+    <x:t>83041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON CEDEX 09</x:t>
+  </x:si>
+  <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
-    <x:t>83041</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>master mention chimie</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention industries pharmaceutiques, cosmétologiques et de santé : gestion, production et valorisation parcours produits de santé et cosmétiques</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Formulation mélange</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 5e</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention industries pharmaceutiques, cosmétologiques et de santé : gestion, production et valorisation parcours management des industries de la cosmétique et de la chimie fine</x:t>
   </x:si>
   <x:si>
     <x:t>licence pro mention industries pharmaceutiques, cosmétologiques et de santé : gestion, production et valorisation</x:t>
@@ -488,83 +488,83 @@
   <x:si>
     <x:t>Les matières premières utilisées en parfumerie</x:t>
   </x:si>
   <x:si>
     <x:t>Association pour la Formation Continue des Entreprises Grassoises</x:t>
   </x:si>
   <x:si>
     <x:t>ASFO GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>06131</x:t>
   </x:si>
   <x:si>
     <x:t>Parfum</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
     <x:t>03/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>International technical degree in fragrance creation and sensory evaluation</x:t>
   </x:si>
   <x:si>
+    <x:t>01/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/19/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Initiation à la parfumerie et au langage des odeurs</x:t>
   </x:si>
   <x:si>
     <x:t>Cinquième Sens</x:t>
   </x:si>
   <x:si>
     <x:t>60113</x:t>
   </x:si>
   <x:si>
     <x:t>Analyse sensorielle</x:t>
   </x:si>
   <x:si>
+    <x:t>03/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>07/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/30/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Fragrance School (1ère partie)</x:t>
   </x:si>
   <x:si>
     <x:t>06/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Fragrance School</x:t>
   </x:si>
   <x:si>
     <x:t>06/20/2026 00:00:00</x:t>
@@ -680,117 +680,117 @@
   <x:si>
     <x:t>bac pro production en industries pharmaceutiques, alimentaires et cosmétiques</x:t>
   </x:si>
   <x:si>
     <x:t>LP le Chatelier</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Biotechnologie</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro procédés de la chimie, de l'eau et des papiers-cartons (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/02/2024 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>bac pro procédés de la chimie, de l'eau et des papiers-cartons</x:t>
   </x:si>
   <x:si>
     <x:t>LP P Latécoère</x:t>
   </x:si>
   <x:si>
     <x:t>13800</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
     <x:t>B2 Elaborer une composition parfumante (de la matière première à l’application finale)</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Assistant technique des industries aromatiques et cosmétiques (Appentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ingrédient arôme alimentaire</x:t>
   </x:si>
   <x:si>
+    <x:t>03/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/01/2024 00:00:00</x:t>
-  </x:si>
-[...22 lines deleted...]
-    <x:t>10/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Analyser olfactivement un produit</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
@@ -1428,51 +1428,51 @@
       <x:c r="K3" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>22850</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>614884</x:v>
+        <x:v>614883</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="C4" s="15" t="s"/>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
@@ -1483,51 +1483,51 @@
       <x:c r="K4" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>22850</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>614883</x:v>
+        <x:v>614884</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="C5" s="3" t="s"/>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>41</x:v>
@@ -1888,145 +1888,145 @@
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>597242</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>38179</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>597244</x:v>
+        <x:v>597243</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>38179</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>597243</x:v>
+        <x:v>597244</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
         <x:v>38703</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I14" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
@@ -2265,270 +2265,270 @@
       <x:c r="K18" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>31608</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>591854</x:v>
+        <x:v>591853</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>85</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>38704</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>31608</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>591853</x:v>
+        <x:v>591854</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38703</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>591850</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>38703</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>591851</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>38703</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>11554</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>591852</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>40500</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
@@ -2648,123 +2648,123 @@
       <x:c r="G25" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>11511</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>592536</x:v>
+        <x:v>592535</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>40500</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>11511</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>592535</x:v>
+        <x:v>592536</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>40804</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="E27" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G27" s="0" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
@@ -2938,51 +2938,51 @@
         <x:v>80</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>592531</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
@@ -3007,51 +3007,51 @@
       <x:c r="M31" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N31" s="3" t="n">
         <x:v>11502</x:v>
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>592532</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C32" s="15" t="s"/>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H32" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I32" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s"/>
       <x:c r="K32" s="14" t="s">
         <x:v>42</x:v>
@@ -3084,284 +3084,284 @@
         <x:v>54</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C33" s="3" t="s"/>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H33" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>22895</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>609459</x:v>
+        <x:v>608598</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>140</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C34" s="15" t="s"/>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I34" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s"/>
       <x:c r="K34" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>22895</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>608598</x:v>
+        <x:v>614710</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>92</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C35" s="3" t="s"/>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H35" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>22895</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>614710</x:v>
+        <x:v>609459</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="U35" s="4" t="s">
         <x:v>141</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>11527</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>610143</x:v>
+        <x:v>615658</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C37" s="3" t="s"/>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>11527</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>615658</x:v>
+        <x:v>610143</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>144</x:v>
@@ -3577,51 +3577,51 @@
       <x:c r="L42" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>22895</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>610914</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="C43" s="3" t="s"/>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="I43" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>60</x:v>
@@ -4440,57 +4440,57 @@
       <x:c r="G59" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
         <x:v>596710</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>35372</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
@@ -4613,57 +4613,57 @@
         <x:v>80</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>596700</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>37699</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
@@ -4797,57 +4797,57 @@
       <x:c r="K65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>551817</x:v>
+        <x:v>497950</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>38499</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>26</x:v>
@@ -4858,162 +4858,162 @@
       <x:c r="K66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>497950</x:v>
+        <x:v>551817</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="U66" s="16" t="s">
         <x:v>205</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>38499</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
-        <x:v>595216</x:v>
+        <x:v>595215</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C68" s="15" t="n">
         <x:v>38499</x:v>
       </x:c>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>207</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>208</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>595215</x:v>
+        <x:v>595216</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H69" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>134</x:v>
@@ -5082,51 +5082,51 @@
       <x:c r="K70" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>21505</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>495253</x:v>
+        <x:v>599067</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
         <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>38127</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="E71" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G71" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
@@ -5142,57 +5142,57 @@
       <x:c r="K71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>21505</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>495252</x:v>
+        <x:v>599068</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>38127</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>134</x:v>
@@ -5203,57 +5203,57 @@
       <x:c r="K72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>21505</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>599067</x:v>
+        <x:v>544837</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>38127</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
@@ -5263,57 +5263,57 @@
       <x:c r="K73" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>21505</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
-        <x:v>599068</x:v>
+        <x:v>495253</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C74" s="15" t="n">
         <x:v>38127</x:v>
       </x:c>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I74" s="16" t="s">
         <x:v>134</x:v>
@@ -5327,54 +5327,54 @@
       <x:c r="L74" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>21505</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>544836</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38127</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
@@ -5384,57 +5384,57 @@
       <x:c r="K75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>21505</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>544837</x:v>
+        <x:v>495252</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>225</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">