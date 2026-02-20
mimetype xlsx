--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -515,62 +515,62 @@
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Initiation à la parfumerie et au langage des odeurs</x:t>
   </x:si>
   <x:si>
     <x:t>Cinquième Sens</x:t>
   </x:si>
   <x:si>
     <x:t>60113</x:t>
   </x:si>
   <x:si>
     <x:t>Analyse sensorielle</x:t>
   </x:si>
   <x:si>
     <x:t>07/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/03/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>11/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Fragrance School (1ère partie)</x:t>
   </x:si>
   <x:si>
     <x:t>06/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Fragrance School</x:t>
   </x:si>
   <x:si>
     <x:t>06/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formuler une composition olfactive</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
@@ -641,138 +641,138 @@
   <x:si>
     <x:t>De l'idée au produit : appréhender les étapes-clés</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Cosmétique globale</x:t>
   </x:si>
   <x:si>
     <x:t>Contrôle qualité parfum</x:t>
   </x:si>
   <x:si>
     <x:t>Contrôle qualité</x:t>
   </x:si>
   <x:si>
     <x:t>04/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie chimique-génie des procédés parcours contrôle, pilotage et optimisation des procédés</x:t>
   </x:si>
   <x:si>
+    <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13013</x:t>
+  </x:si>
+  <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
-    <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>BUT spécialité génie chimique-génie des procédés parcours conception des procédés et innovation technologique</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie chimique - génie des procédés parcours conception des procédés et innovation technologique</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro production en industries pharmaceutiques, alimentaires et cosmétiques</x:t>
   </x:si>
   <x:si>
     <x:t>LP le Chatelier</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Biotechnologie</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
     <x:t>Bac pro procédés de la chimie, de l'eau et des papiers-cartons (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/02/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/05/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/02/2024 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>bac pro procédés de la chimie, de l'eau et des papiers-cartons</x:t>
   </x:si>
   <x:si>
     <x:t>LP P Latécoère</x:t>
   </x:si>
   <x:si>
     <x:t>13800</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
     <x:t>B2 Elaborer une composition parfumante (de la matière première à l’application finale)</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Assistant technique des industries aromatiques et cosmétiques (Appentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ingrédient arôme alimentaire</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>03/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/01/2024 00:00:00</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>03/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Analyser olfactivement un produit</x:t>
   </x:si>
   <x:si>
     <x:t>04/23/2026 00:00:00</x:t>
   </x:si>
@@ -3317,51 +3317,51 @@
       <x:c r="K37" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>11527</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>615658</x:v>
+        <x:v>610144</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
         <x:v>144</x:v>
@@ -3370,51 +3370,51 @@
       <x:c r="K38" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>11527</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>610144</x:v>
+        <x:v>615658</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C39" s="3" t="s"/>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>42</x:v>
@@ -4406,204 +4406,205 @@
       </x:c>
       <x:c r="O58" s="14" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="P58" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="Q58" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="R58" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S58" s="14" t="n">
         <x:v>610913</x:v>
       </x:c>
       <x:c r="T58" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U58" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:21">
       <x:c r="A59" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C59" s="3" t="n">
         <x:v>35372</x:v>
       </x:c>
       <x:c r="D59" s="3" t="s"/>
       <x:c r="G59" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="H59" s="0" t="s">
+        <x:v>67</x:v>
       </x:c>
       <x:c r="I59" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="J59" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K59" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>596710</x:v>
+        <x:v>575545</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>35372</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
-        <x:v>66</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>80</x:v>
+      </x:c>
+      <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>575545</x:v>
+        <x:v>596710</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>75</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>35373</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="H61" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="L61" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M61" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N61" s="3" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O61" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P61" s="0" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="Q61" s="4" t="s">
         <x:v>191</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>192</x:v>
       </x:c>
       <x:c r="R61" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S61" s="0" t="n">
         <x:v>575544</x:v>
       </x:c>
       <x:c r="T61" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U61" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:21">
       <x:c r="A62" s="13" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B62" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C62" s="15" t="n">
         <x:v>35373</x:v>
       </x:c>
       <x:c r="D62" s="15" t="s"/>
@@ -4616,51 +4617,51 @@
       <x:c r="I62" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>596700</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>37699</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
@@ -4797,57 +4798,57 @@
       <x:c r="K65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>551817</x:v>
+        <x:v>497950</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>38499</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I66" s="16" t="s">
         <x:v>26</x:v>
@@ -4858,57 +4859,57 @@
       <x:c r="K66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>497950</x:v>
+        <x:v>551817</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="U66" s="16" t="s">
         <x:v>205</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C67" s="3" t="n">
         <x:v>38499</x:v>
       </x:c>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="J67" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
@@ -5142,57 +5143,57 @@
       <x:c r="K71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>21505</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>495252</x:v>
+        <x:v>599067</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>149</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>38127</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>134</x:v>
@@ -5203,57 +5204,57 @@
       <x:c r="K72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>21505</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>599067</x:v>
+        <x:v>495252</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>151</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>38127</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="E73" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G73" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>134</x:v>
       </x:c>