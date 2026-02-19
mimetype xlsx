--- v0 (2026-02-19)
+++ v1 (2026-02-19)
@@ -1433,136 +1433,136 @@
         <x:v>68</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C9" s="3" t="s"/>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
-        <x:v>37</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>22895</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>614710</x:v>
+        <x:v>609459</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>56</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C10" s="15" t="s"/>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I10" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s"/>
       <x:c r="K10" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>22895</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>609459</x:v>
+        <x:v>614710</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s"/>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>27</x:v>