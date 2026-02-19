--- v0 (2026-02-19)
+++ v1 (2026-02-19)
@@ -239,176 +239,176 @@
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Pertuis</x:t>
   </x:si>
   <x:si>
     <x:t>84120</x:t>
   </x:si>
   <x:si>
     <x:t>PERTUIS</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable qualité sécurité environnement (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Cesi Association</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cesi Association - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NICE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/29/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cesi Association - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13290</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX - LES MILLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/18/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ifria Sud Paca - CFA Ifria Sud Paca</x:t>
   </x:si>
   <x:si>
-    <x:t>Cesi Association - Antenne Aix en Provence</x:t>
-[...5 lines deleted...]
-    <x:t>AIX - LES MILLES</x:t>
+    <x:t>10/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/22/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Cesi Association</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>10/07/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/09/2025 00:00:00</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>Responsable management durable qualité sécurité environnement (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Formeo 83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>formation mixte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Environnement aménagement</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/22/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formaseq</x:t>
   </x:si>
   <x:si>
     <x:t>13008</x:t>
   </x:si>
   <x:si>
-    <x:t>formation mixte</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
-    <x:t>10/06/2025 00:00:00</x:t>
-[...11 lines deleted...]
-    <x:t>TOULON</x:t>
+    <x:t>09/26/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/13/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/26/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/26/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Responsable management durable qualité sécurité environnement</x:t>
   </x:si>
   <x:si>
+    <x:t>09/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/24/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/14/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>responsable management durable qualité sécurité environnement</x:t>
   </x:si>
   <x:si>
     <x:t>FORMEO-IEQT</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable de système QSE</x:t>
   </x:si>
   <x:si>
     <x:t>Philippe Roux</x:t>
   </x:si>
   <x:si>
     <x:t>83270</x:t>
   </x:si>
   <x:si>
     <x:t>Animation qualité</x:t>
   </x:si>
   <x:si>
     <x:t>Pratiquer la méthode HACCP et le PMS en restauration</x:t>
@@ -563,80 +563,80 @@
   <x:si>
     <x:t>Master mention instrumentation, mesure, métrologie parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention instrumentation, mesure, métrologie parcours commercialisation en instrumentation scientifique</x:t>
   </x:si>
   <x:si>
     <x:t>master mention instrumentation, mesure, métrologie</x:t>
   </x:si>
   <x:si>
     <x:t>ST PAUL LES DURANCE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention ingénierie de la santé parcours prévention des risques et nuisances technologiques</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 5e</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention ingénierie de la santé parcours médicaments et produits de santé</x:t>
   </x:si>
   <x:si>
     <x:t>master mention ingénierie de la santé</x:t>
   </x:si>
   <x:si>
+    <x:t>13385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE CEDEX 05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Master mention ingénierie de la santé</x:t>
+  </x:si>
+  <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
+    <x:t>UCA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
-    <x:t>Master mention ingénierie de la santé</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>09/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/03/2024 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Master mention immunologie parcours immunologie</x:t>
   </x:si>
   <x:si>
     <x:t>Biochimie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention immunologie parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>master mention immunologie</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention génie mécanique parcours Conception de systèmes mécaniques</x:t>
   </x:si>
   <x:si>
     <x:t>Génie civil</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention génie mécanique parcours conception de structures composites</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention génie mécanique parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>master mention génie mécanique</x:t>
@@ -794,101 +794,101 @@
   <x:si>
     <x:t>10/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager des risques QHSE (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ip Seq</x:t>
   </x:si>
   <x:si>
     <x:t>Ip Seq - Antenne Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/17/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>09/21/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/21/2028 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Manager des risques QHSE</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de système qualité sécurité environnement en partenariat avec Groupe Kedge Business School (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion qualité</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/27/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de la stratégie QSE/RSE (MS)</x:t>
   </x:si>
   <x:si>
+    <x:t>CESI école d'ingénieurs - campus d'Aix-en-Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CESI Ecole d'ingénieurs - campus d'Aix-en-Provence</x:t>
+  </x:si>
+  <x:si>
     <x:t>CESI école d'ingénieurs - campus de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>CESI Ecole d'ingénieurs - campus de Nice Sophia Antipolis</x:t>
   </x:si>
   <x:si>
     <x:t>06560</x:t>
   </x:si>
   <x:si>
-    <x:t>CESI école d'ingénieurs - campus d'Aix-en-Provence</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Maîtriser les mesures métrologiques</x:t>
   </x:si>
   <x:si>
     <x:t>Hsce</x:t>
   </x:si>
   <x:si>
     <x:t>06410</x:t>
   </x:si>
   <x:si>
     <x:t>Métrologie</x:t>
   </x:si>
   <x:si>
     <x:t>SANARY-SUR-MER</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maîtriser la métrologie en glossmétrie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence Professionnelle - Génie des procédés et bio procédés industriels</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
@@ -1073,74 +1073,74 @@
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>HACCP - Restauration</x:t>
   </x:si>
   <x:si>
     <x:t>Educ'Altitudes</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>GAP</x:t>
   </x:si>
   <x:si>
+    <x:t>Expert en sûreté nucléaire (MS)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Radioactivité</x:t>
+  </x:si>
+  <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>Expert en sûreté nucléaire (MS) (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Amtalents</x:t>
   </x:si>
   <x:si>
     <x:t>75013</x:t>
   </x:si>
   <x:si>
-    <x:t>Radioactivité</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>10/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Expert en sûreté nucléaire (MS)</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>DU agent d'hygiène, propreté et stérilisation</x:t>
   </x:si>
   <x:si>
     <x:t>Devenez auditeur interne</x:t>
   </x:si>
   <x:si>
     <x:t>Ecole Nationale Supérieure Maritime - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>ENSM</x:t>
   </x:si>
   <x:si>
     <x:t>13285</x:t>
   </x:si>
   <x:si>
     <x:t>DESU Plantes médicinales, phytothérapie, aromathérapie, conseil à l'officine</x:t>
   </x:si>
   <x:si>
     <x:t>créateur - manager en parfumerie et cosmétique</x:t>
   </x:si>
   <x:si>
     <x:t>École supérieure du parfum et de la cosmétique</x:t>
   </x:si>
   <x:si>
     <x:t>06130</x:t>
@@ -1217,72 +1217,72 @@
   <x:si>
     <x:t>BUT spécialité packaging, emballage et conditionnement parcours éco-conception et industrialisation</x:t>
   </x:si>
   <x:si>
     <x:t>Bureau des méthodes</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité mesures physiques parcours matériaux et contrôles physico-chimiques</x:t>
   </x:si>
   <x:si>
     <x:t>Physique</x:t>
   </x:si>
   <x:si>
     <x:t>13388</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie biologique parcours sciences de l'aliment et biotechnologie</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA qualité, alimentation, innovation et maîtrise sanitaire option aliments et processus technologiques (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Bac + 2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qualité sécurité agroalimentaire</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Général et Technologique François Pétrarque</x:t>
+  </x:si>
+  <x:si>
     <x:t>Akteap</x:t>
   </x:si>
   <x:si>
     <x:t>69300</x:t>
   </x:si>
   <x:si>
-    <x:t>Bac + 2</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Lycée Privé Provence Verte</x:t>
   </x:si>
   <x:si>
     <x:t>83470</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-MAXIMIN-LA-SAINTE-BAUME</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>Lycée Général et Technologique François Pétrarque</x:t>
   </x:si>
   <x:si>
     <x:t>BTSA qualité, alimentation, innovation et maîtrise sanitaire option aliments et processus technologiques</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée F Pétrarque</x:t>
   </x:si>
   <x:si>
     <x:t>Bachelor européen Qualité Sécurité Environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Institut National de l'Enseignement à Distance - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>INEAD-ESMAC</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>04/10/2024 00:00:00</x:t>
   </x:si>
@@ -2221,429 +2221,429 @@
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>35433</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>12587</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>550649</x:v>
+        <x:v>549302</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>35433</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="E9" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G9" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>12587</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="Q9" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="Q9" s="4" t="s">
+      <x:c r="R9" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="R9" s="0" t="s">
+      <x:c r="S9" s="0" t="n">
+        <x:v>509564</x:v>
+      </x:c>
+      <x:c r="T9" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
-      <x:c r="S9" s="0" t="n">
-[...2 lines deleted...]
-      <x:c r="T9" s="4" t="s">
+      <x:c r="U9" s="4" t="s">
         <x:v>67</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>35433</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>12587</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>549333</x:v>
+        <x:v>549301</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
-        <x:v>35433</x:v>
+        <x:v>41446</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="E11" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G11" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>12587</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="Q11" s="4" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="Q11" s="4" t="s">
+      <x:c r="R11" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="R11" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>549302</x:v>
+        <x:v>611018</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="U11" s="4" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>35433</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K12" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>12587</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="Q12" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="Q12" s="16" t="s">
+      <x:c r="R12" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="R12" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S12" s="14" t="n">
-        <x:v>549301</x:v>
+        <x:v>549333</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C13" s="3" t="n">
         <x:v>35433</x:v>
       </x:c>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="E13" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G13" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J13" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>12587</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>509564</x:v>
+        <x:v>550649</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C14" s="15" t="n">
-        <x:v>41446</x:v>
+        <x:v>35433</x:v>
       </x:c>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K14" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>12587</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>611018</x:v>
+        <x:v>509562</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>36916</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
@@ -2656,51 +2656,51 @@
       <x:c r="K15" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>12554</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>546768</x:v>
+        <x:v>569651</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>36916</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>86</x:v>
@@ -2715,114 +2715,114 @@
       <x:c r="K16" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>12554</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
-        <x:v>603086</x:v>
+        <x:v>546768</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>90</x:v>
+        <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>36916</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>12554</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>569651</x:v>
+        <x:v>605104</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
-        <x:v>85</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>36916</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
@@ -2831,213 +2831,213 @@
       <x:c r="K18" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>12554</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>605104</x:v>
+        <x:v>603086</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>36916</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>12554</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>598970</x:v>
+        <x:v>618063</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>36916</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>12554</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>618063</x:v>
+        <x:v>598970</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>36916</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>12554</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>596936</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C22" s="15" t="s"/>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
@@ -3046,51 +3046,51 @@
         <x:v>104</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s"/>
       <x:c r="K22" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>31475</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>605983</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C23" s="3" t="s"/>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>108</x:v>
@@ -4719,261 +4719,262 @@
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>575042</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>39433</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="Q52" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="Q52" s="16" t="s">
+      <x:c r="R52" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="R52" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>592094</x:v>
+        <x:v>592093</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>39433</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H53" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>591171</x:v>
+        <x:v>540578</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>39433</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>164</x:v>
-[...1 lines deleted...]
-      <x:c r="H54" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
+      <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>540578</x:v>
+        <x:v>592094</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>170</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>39433</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="H55" s="0" t="s">
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J55" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="S55" s="0" t="n">
+        <x:v>591171</x:v>
+      </x:c>
+      <x:c r="T55" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="S55" s="0" t="n">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>39508</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
@@ -5347,147 +5348,147 @@
       <x:c r="R62" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
         <x:v>591962</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>38984</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="G63" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>591961</x:v>
+        <x:v>591963</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>38984</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>22024</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>591963</x:v>
+        <x:v>591961</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>38690</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="G65" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
@@ -5655,177 +5656,177 @@
         <x:v>126</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K68" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
-        <x:v>597244</x:v>
+        <x:v>597242</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>38179</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J69" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
-        <x:v>597242</x:v>
+        <x:v>597243</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C70" s="15" t="n">
         <x:v>38179</x:v>
       </x:c>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K70" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
-        <x:v>597243</x:v>
+        <x:v>597244</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="C71" s="3" t="n">
         <x:v>38709</x:v>
       </x:c>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J71" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
@@ -6084,82 +6085,82 @@
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>574944</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38706</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K76" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>11541</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>591855</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>38704</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
@@ -6849,54 +6850,54 @@
       <x:c r="I89" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J89" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K89" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>12036</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
-        <x:v>172</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
         <x:v>591935</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>38914</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -7303,313 +7304,313 @@
       <x:c r="S96" s="14" t="n">
         <x:v>605727</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>37084</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="E97" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G97" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K97" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L97" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M97" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N97" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O97" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P97" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q97" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R97" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S97" s="0" t="n">
         <x:v>549297</x:v>
       </x:c>
       <x:c r="T97" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U97" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:21">
       <x:c r="A98" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B98" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C98" s="15" t="n">
         <x:v>37084</x:v>
       </x:c>
       <x:c r="D98" s="15" t="s"/>
       <x:c r="E98" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F98" s="14" t="s"/>
       <x:c r="G98" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H98" s="14" t="s"/>
       <x:c r="I98" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J98" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K98" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L98" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M98" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N98" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O98" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P98" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q98" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R98" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S98" s="14" t="n">
         <x:v>549328</x:v>
       </x:c>
       <x:c r="T98" s="16" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="U98" s="16" t="s">
         <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:21">
       <x:c r="A99" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B99" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C99" s="3" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D99" s="3" t="s"/>
       <x:c r="E99" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G99" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I99" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J99" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K99" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L99" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M99" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N99" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O99" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P99" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q99" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R99" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>569652</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>509533</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="E101" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G101" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I101" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J101" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K101" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L101" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M101" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N101" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O101" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P101" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q101" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R101" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S101" s="0" t="n">
         <x:v>546767</x:v>
       </x:c>
       <x:c r="T101" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U101" s="4" t="s">
         <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:21">
       <x:c r="A102" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B102" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C102" s="15" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D102" s="15" t="s"/>
       <x:c r="E102" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -7627,114 +7628,114 @@
       <x:c r="K102" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L102" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M102" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N102" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O102" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P102" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q102" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R102" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S102" s="14" t="n">
-        <x:v>509526</x:v>
+        <x:v>603085</x:v>
       </x:c>
       <x:c r="T102" s="16" t="s">
-        <x:v>67</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="U102" s="16" t="s">
-        <x:v>91</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:21">
       <x:c r="A103" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B103" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C103" s="3" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D103" s="3" t="s"/>
       <x:c r="E103" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G103" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I103" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J103" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K103" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L103" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M103" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N103" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O103" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P103" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q103" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R103" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S103" s="0" t="n">
-        <x:v>603084</x:v>
+        <x:v>509526</x:v>
       </x:c>
       <x:c r="T103" s="4" t="s">
-        <x:v>241</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U103" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:21">
       <x:c r="A104" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B104" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C104" s="15" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D104" s="15" t="s"/>
       <x:c r="E104" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F104" s="14" t="s"/>
       <x:c r="G104" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="H104" s="14" t="s"/>
       <x:c r="I104" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="J104" s="14" t="s">
@@ -7743,675 +7744,675 @@
       <x:c r="K104" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L104" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M104" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N104" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O104" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P104" s="14" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="Q104" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R104" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S104" s="14" t="n">
-        <x:v>546766</x:v>
+        <x:v>603084</x:v>
       </x:c>
       <x:c r="T104" s="16" t="s">
-        <x:v>235</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="U104" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:21">
       <x:c r="A105" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B105" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C105" s="3" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D105" s="3" t="s"/>
       <x:c r="E105" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G105" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I105" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J105" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K105" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L105" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M105" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N105" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O105" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P105" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="Q105" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R105" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S105" s="0" t="n">
-        <x:v>569653</x:v>
+        <x:v>546766</x:v>
       </x:c>
       <x:c r="T105" s="4" t="s">
-        <x:v>239</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="U105" s="4" t="s">
-        <x:v>240</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:21">
       <x:c r="A106" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B106" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C106" s="15" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D106" s="15" t="s"/>
       <x:c r="E106" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F106" s="14" t="s"/>
       <x:c r="G106" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H106" s="14" t="s"/>
       <x:c r="I106" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J106" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K106" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L106" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M106" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N106" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O106" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P106" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q106" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R106" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="S106" s="14" t="n">
-        <x:v>603085</x:v>
+        <x:v>569653</x:v>
       </x:c>
       <x:c r="T106" s="16" t="s">
-        <x:v>236</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U106" s="16" t="s">
-        <x:v>242</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:21">
       <x:c r="A107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B107" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C107" s="3" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D107" s="3" t="s"/>
       <x:c r="G107" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I107" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J107" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K107" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L107" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M107" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N107" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O107" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P107" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q107" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R107" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S107" s="0" t="n">
         <x:v>599036</x:v>
       </x:c>
       <x:c r="T107" s="4" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="U107" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:21">
       <x:c r="A108" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B108" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C108" s="15" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D108" s="15" t="s"/>
       <x:c r="E108" s="14" t="s"/>
       <x:c r="F108" s="14" t="s"/>
       <x:c r="G108" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="H108" s="14" t="s"/>
       <x:c r="I108" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J108" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K108" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L108" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M108" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N108" s="15" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O108" s="14" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P108" s="14" t="s">
-        <x:v>79</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q108" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R108" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S108" s="14" t="n">
         <x:v>609315</x:v>
       </x:c>
       <x:c r="T108" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U108" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:21">
       <x:c r="A109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B109" s="0" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C109" s="3" t="n">
         <x:v>35214</x:v>
       </x:c>
       <x:c r="D109" s="3" t="s"/>
       <x:c r="G109" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="I109" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="J109" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K109" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L109" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M109" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="N109" s="3" t="n">
         <x:v>31407</x:v>
       </x:c>
       <x:c r="O109" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="P109" s="0" t="s">
-        <x:v>79</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q109" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R109" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S109" s="0" t="n">
         <x:v>540596</x:v>
       </x:c>
       <x:c r="T109" s="4" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="U109" s="4" t="s">
         <x:v>85</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:21">
       <x:c r="A110" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B110" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C110" s="15" t="n">
         <x:v>35430</x:v>
       </x:c>
       <x:c r="D110" s="15" t="s"/>
       <x:c r="E110" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F110" s="14" t="s"/>
       <x:c r="G110" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H110" s="14" t="s"/>
       <x:c r="I110" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J110" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K110" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L110" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M110" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N110" s="15" t="n">
         <x:v>31454</x:v>
       </x:c>
       <x:c r="O110" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="P110" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q110" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R110" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S110" s="14" t="n">
-        <x:v>510417</x:v>
+        <x:v>600228</x:v>
       </x:c>
       <x:c r="T110" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U110" s="16" t="s">
-        <x:v>249</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:21">
       <x:c r="A111" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B111" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C111" s="3" t="n">
         <x:v>35430</x:v>
       </x:c>
       <x:c r="D111" s="3" t="s"/>
       <x:c r="E111" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G111" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I111" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J111" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K111" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L111" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M111" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N111" s="3" t="n">
         <x:v>31454</x:v>
       </x:c>
       <x:c r="O111" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="P111" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q111" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R111" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S111" s="0" t="n">
-        <x:v>549325</x:v>
+        <x:v>510417</x:v>
       </x:c>
       <x:c r="T111" s="4" t="s">
-        <x:v>250</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="U111" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:21">
       <x:c r="A112" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B112" s="14" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C112" s="15" t="n">
         <x:v>35430</x:v>
       </x:c>
       <x:c r="D112" s="15" t="s"/>
       <x:c r="E112" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F112" s="14" t="s"/>
       <x:c r="G112" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H112" s="14" t="s"/>
       <x:c r="I112" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J112" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K112" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L112" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M112" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N112" s="15" t="n">
         <x:v>31454</x:v>
       </x:c>
       <x:c r="O112" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="P112" s="14" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="Q112" s="16" t="s">
         <x:v>64</x:v>
       </x:c>
-      <x:c r="Q112" s="16" t="s">
+      <x:c r="R112" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
-      <x:c r="R112" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S112" s="14" t="n">
-        <x:v>510419</x:v>
+        <x:v>549325</x:v>
       </x:c>
       <x:c r="T112" s="16" t="s">
-        <x:v>251</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="U112" s="16" t="s">
-        <x:v>73</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:21">
       <x:c r="A113" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B113" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="C113" s="3" t="n">
         <x:v>35430</x:v>
       </x:c>
       <x:c r="D113" s="3" t="s"/>
       <x:c r="E113" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G113" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I113" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J113" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K113" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L113" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M113" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N113" s="3" t="n">
         <x:v>31454</x:v>
       </x:c>
       <x:c r="O113" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="P113" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q113" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R113" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S113" s="0" t="n">
-        <x:v>600228</x:v>
+        <x:v>510419</x:v>
       </x:c>
       <x:c r="T113" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="U113" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:21">
       <x:c r="A114" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B114" s="14" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C114" s="15" t="n">
         <x:v>41669</x:v>
       </x:c>
       <x:c r="D114" s="15" t="s"/>
       <x:c r="E114" s="14" t="s"/>
       <x:c r="F114" s="14" t="s"/>
       <x:c r="G114" s="14" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="H114" s="14" t="s"/>
       <x:c r="I114" s="16" t="s">
-        <x:v>65</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="J114" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K114" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="L114" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>31454</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
-        <x:v>255</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
-        <x:v>615944</x:v>
+        <x:v>615945</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="C115" s="3" t="n">
         <x:v>41669</x:v>
       </x:c>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M115" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N115" s="3" t="n">
         <x:v>31454</x:v>
       </x:c>
       <x:c r="O115" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="P115" s="0" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="Q115" s="4" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="Q115" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R115" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S115" s="0" t="n">
-        <x:v>615945</x:v>
+        <x:v>615944</x:v>
       </x:c>
       <x:c r="T115" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U115" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:21">
       <x:c r="A116" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B116" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="C116" s="15" t="s"/>
       <x:c r="D116" s="15" t="s"/>
       <x:c r="E116" s="14" t="s"/>
       <x:c r="F116" s="14" t="s"/>
       <x:c r="G116" s="14" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H116" s="14" t="s"/>
       <x:c r="I116" s="16" t="s">
         <x:v>260</x:v>
@@ -9056,293 +9057,293 @@
       <x:c r="M127" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>31380</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
         <x:v>611497</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>97</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>40815</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I128" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>31380</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>291</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>293</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>605778</x:v>
+        <x:v>605780</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
-        <x:v>30126</x:v>
+        <x:v>40815</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="E129" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G129" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H129" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
-        <x:v>31608</x:v>
+        <x:v>31380</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>550285</x:v>
+        <x:v>605778</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>295</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>30126</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I130" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>31608</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
-        <x:v>37</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>42</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>550286</x:v>
+        <x:v>550285</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>44</x:v>
+        <x:v>295</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
-        <x:v>40815</x:v>
+        <x:v>30126</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="E131" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G131" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
-        <x:v>31380</x:v>
+        <x:v>31608</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>605780</x:v>
+        <x:v>550286</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>44</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>40815</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
@@ -9515,57 +9516,57 @@
       <x:c r="G135" s="0" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>12576</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>254</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
         <x:v>606187</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C136" s="15" t="n">
         <x:v>38097</x:v>
       </x:c>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
@@ -9925,57 +9926,57 @@
       <x:c r="K142" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L142" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
-        <x:v>605714</x:v>
+        <x:v>543539</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
-        <x:v>310</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C143" s="3" t="n">
         <x:v>39169</x:v>
       </x:c>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="E143" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G143" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H143" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -9985,178 +9986,178 @@
       <x:c r="K143" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
-        <x:v>550302</x:v>
+        <x:v>605714</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C144" s="15" t="n">
-        <x:v>37939</x:v>
+        <x:v>39169</x:v>
       </x:c>
       <x:c r="D144" s="15" t="s"/>
       <x:c r="E144" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F144" s="14" t="s"/>
       <x:c r="G144" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H144" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I144" s="16" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J144" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K144" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L144" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M144" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N144" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O144" s="14" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="P144" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q144" s="16" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
-        <x:v>451266</x:v>
+        <x:v>550302</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="C145" s="3" t="n">
-        <x:v>39169</x:v>
+        <x:v>37939</x:v>
       </x:c>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="E145" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G145" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H145" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
-        <x:v>543539</x:v>
+        <x:v>451266</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
-        <x:v>228</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>324</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="C146" s="15" t="s"/>
       <x:c r="D146" s="15" t="s"/>
       <x:c r="E146" s="14" t="s"/>
       <x:c r="F146" s="14" t="s"/>
       <x:c r="G146" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="H146" s="14" t="s"/>
       <x:c r="I146" s="16" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="J146" s="14" t="s"/>
       <x:c r="K146" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L146" s="14" t="s">
@@ -10219,157 +10220,157 @@
       </x:c>
       <x:c r="O147" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="P147" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="Q147" s="4" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="R147" s="0" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="S147" s="0" t="n">
         <x:v>598273</x:v>
       </x:c>
       <x:c r="T147" s="4" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="U147" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:21">
       <x:c r="A148" s="13" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="B148" s="14" t="s">
         <x:v>334</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>335</x:v>
       </x:c>
       <x:c r="C148" s="15" t="n">
         <x:v>38458</x:v>
       </x:c>
       <x:c r="D148" s="15" t="s"/>
       <x:c r="E148" s="14" t="s"/>
       <x:c r="F148" s="14" t="s"/>
       <x:c r="G148" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H148" s="14" t="s"/>
       <x:c r="I148" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="J148" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K148" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="L148" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>24112</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
-        <x:v>338</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
-        <x:v>322</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
-        <x:v>572154</x:v>
+        <x:v>594231</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>339</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C149" s="3" t="n">
         <x:v>38458</x:v>
       </x:c>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
-        <x:v>184</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>24112</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="P149" s="0" t="s">
         <x:v>338</x:v>
       </x:c>
-      <x:c r="P149" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="Q149" s="4" t="s">
-        <x:v>185</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
-        <x:v>187</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
-        <x:v>594231</x:v>
+        <x:v>572154</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="C150" s="15" t="s"/>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s"/>
       <x:c r="K150" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="L150" s="14" t="s">
@@ -10421,51 +10422,51 @@
       <x:c r="I151" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="K151" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L151" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M151" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N151" s="3" t="n">
         <x:v>31475</x:v>
       </x:c>
       <x:c r="O151" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="P151" s="0" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="Q151" s="4" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="R151" s="0" t="s">
-        <x:v>83</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S151" s="0" t="n">
         <x:v>574869</x:v>
       </x:c>
       <x:c r="T151" s="4" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="U151" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:21">
       <x:c r="A152" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B152" s="14" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="C152" s="15" t="s"/>
       <x:c r="D152" s="15" t="s"/>
       <x:c r="E152" s="14" t="s"/>
       <x:c r="F152" s="14" t="s"/>
       <x:c r="G152" s="14" t="s">
         <x:v>114</x:v>
       </x:c>
@@ -10585,54 +10586,54 @@
       <x:c r="H154" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I154" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J154" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K154" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L154" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M154" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>453845</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C155" s="3" t="n">
         <x:v>35352</x:v>
       </x:c>
       <x:c r="D155" s="3" t="s"/>
@@ -10645,54 +10646,54 @@
       <x:c r="H155" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M155" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N155" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O155" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="P155" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q155" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R155" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>554901</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C156" s="15" t="n">
         <x:v>35352</x:v>
       </x:c>
       <x:c r="D156" s="15" t="s"/>
@@ -10706,54 +10707,54 @@
       <x:c r="H156" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>554902</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C157" s="3" t="n">
         <x:v>35352</x:v>
       </x:c>
       <x:c r="D157" s="3" t="s"/>
@@ -10766,54 +10767,54 @@
       <x:c r="H157" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>603419</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>35352</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
@@ -10827,170 +10828,170 @@
       <x:c r="H158" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I158" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J158" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K158" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L158" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M158" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N158" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O158" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="P158" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q158" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R158" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S158" s="14" t="n">
         <x:v>603421</x:v>
       </x:c>
       <x:c r="T158" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U158" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:21">
       <x:c r="A159" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B159" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="C159" s="3" t="n">
         <x:v>35352</x:v>
       </x:c>
       <x:c r="D159" s="3" t="s"/>
       <x:c r="G159" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="I159" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J159" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K159" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="L159" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M159" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N159" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O159" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="P159" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q159" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R159" s="0" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="S159" s="0" t="n">
         <x:v>596950</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>35352</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s"/>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H160" s="14" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I160" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>66</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
         <x:v>603933</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>35350</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -11000,54 +11001,54 @@
       <x:c r="H161" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>453844</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>35350</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
@@ -11061,292 +11062,292 @@
       <x:c r="H162" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I162" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>554899</x:v>
+        <x:v>603418</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>43</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>35350</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H163" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>603417</x:v>
+        <x:v>554900</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>364</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>35350</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I164" s="16" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>554900</x:v>
+        <x:v>554899</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>35350</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H165" s="0" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>603418</x:v>
+        <x:v>603417</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>365</x:v>
+        <x:v>364</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>35350</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s"/>
       <x:c r="I166" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>31654</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>596949</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>35360</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
@@ -11611,303 +11612,303 @@
         <x:v>596697</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
-        <x:v>383</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>385</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>387</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>388</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>611635</x:v>
+        <x:v>550310</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>49</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>550310</x:v>
+        <x:v>604287</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>43</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>56</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
-        <x:v>47</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
-        <x:v>385</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="Q174" s="16" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="R174" s="14" t="s">
         <x:v>389</x:v>
       </x:c>
-      <x:c r="Q174" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>604287</x:v>
+        <x:v>611635</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>381</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>501478</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>390</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>36937</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>21570</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
-        <x:v>385</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>391</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>373</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>596448</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
         <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
@@ -11952,145 +11953,145 @@
         <x:v>523171</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>397</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>36480</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
-        <x:v>63</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>12578</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>497981</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>74</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
         <x:v>400</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>398</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>36480</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>63</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>12578</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>399</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>65</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>497982</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">