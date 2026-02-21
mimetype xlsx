--- v0 (2026-02-20)
+++ v1 (2026-02-21)
@@ -173,68 +173,68 @@
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Kaizen</x:t>
   </x:si>
   <x:si>
     <x:t>Cesi Association - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13290</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
   </x:si>
   <x:si>
+    <x:t>09/09/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/03/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/08/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/09/2025 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Responsable amélioration continue en industrie (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Ifria Sud Paca - CFA Ifria Sud Paca</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>10/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/22/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Projeteur en ingénierie d'installation générale industrielle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Marseille Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>GMM</x:t>
   </x:si>
   <x:si>
     <x:t>13010</x:t>
@@ -278,56 +278,56 @@
   <x:si>
     <x:t>AMU</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 5 et plus</x:t>
   </x:si>
   <x:si>
     <x:t>Physique</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>formation entièrement à distance</x:t>
+  </x:si>
+  <x:si>
     <x:t>MARSEILLE- 3e</x:t>
   </x:si>
   <x:si>
-    <x:t>formation entièrement à distance</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Master mention physique fondamentale et applications parcours optics &amp; photonics (Europhotonics)</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention physique fondamentale et applications parcours compétences complémentaires en informatique</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>master mention physique fondamentale et applications</x:t>
   </x:si>
   <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON UNIVERSITE</x:t>
@@ -494,77 +494,77 @@
   <x:si>
     <x:t>Master mention chimie parcours analyse chimique et spectroscopie</x:t>
   </x:si>
   <x:si>
     <x:t>master mention chimie moléculaire</x:t>
   </x:si>
   <x:si>
     <x:t>Pharmacologie</x:t>
   </x:si>
   <x:si>
     <x:t>master mention chimie et sciences des matériaux</x:t>
   </x:si>
   <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>Génie procédés</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
+    <x:t>83041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TOULON CEDEX 09</x:t>
+  </x:si>
+  <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
-    <x:t>83041</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>master mention chimie</x:t>
   </x:si>
   <x:si>
     <x:t>Manager de l'amélioration continue (MS) (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>10/28/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>10/28/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/28/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Manager de l'amélioration continue (MS)</x:t>
   </x:si>
   <x:si>
     <x:t>CESI école d'ingénieurs - campus d'Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CESI Ecole d'ingénieurs - campus d'Aix-en-Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Licence Professionnelle - Génie des procédés et bio procédés industriels</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>13625</x:t>
   </x:si>
   <x:si>
     <x:t>ISTRES</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2026 00:00:00</x:t>
@@ -602,108 +602,108 @@
   <x:si>
     <x:t>06/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé du conservatoire national des arts et métiers spécialité génie industriel (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Conservatoire National des Arts et des Métiers Paca</x:t>
   </x:si>
   <x:si>
     <x:t>CNAM</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>Résolution problème</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON</x:t>
   </x:si>
   <x:si>
+    <x:t>08/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>08/31/2028 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Ingénieur diplômé du conservatoire national des arts et métiers spécialité génie industriel</x:t>
   </x:si>
   <x:si>
     <x:t>Jeune 16-25 ans , Public sans emploi</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé du CESI</x:t>
   </x:si>
   <x:si>
     <x:t>CESI école d'ingénieurs - campus de Paris Nanterre</x:t>
   </x:si>
   <x:si>
     <x:t>92000</x:t>
   </x:si>
   <x:si>
     <x:t>Éco-industrie</x:t>
   </x:si>
   <x:si>
     <x:t>CESI Ecole d'ingénieurs - campus de Nice Sophia Antipolis</x:t>
   </x:si>
   <x:si>
     <x:t>06560</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'institut supérieur de l'électronique et du numérique Yncréa Méditerranée spécialité électronique et informatique industrielle (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Institut Supérieur de l’Électronique et du Numérique - Marseille - Yncréa Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-11e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Institut Supérieur de l’Électronique et du Numérique - Toulon - Yncréa Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>83200</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>MARSEILLE-11e</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'institut supérieur de l'électronique et du numérique Yncréa Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>ISEN Yncréa Méditerranée - campus de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83000</x:t>
   </x:si>
   <x:si>
     <x:t>ISEN Yncréa Méditerranée - campus de Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de Marseille de l'université d'Aix-Marseille spécialité matériaux</x:t>
   </x:si>
   <x:si>
     <x:t>Ingénieur diplômé de l'école polytechnique universitaire de Marseille de l'université d'Aix-Marseille spécialité génie industriel et informatique</x:t>
   </x:si>
@@ -1380,51 +1380,51 @@
       <x:c r="K2" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L2" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M2" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N2" s="15" t="n">
         <x:v>31458</x:v>
       </x:c>
       <x:c r="O2" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P2" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q2" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
-        <x:v>600224</x:v>
+        <x:v>509558</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>35</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C3" s="3" t="n">
         <x:v>34943</x:v>
       </x:c>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="E3" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G3" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -1496,51 +1496,51 @@
       <x:c r="K4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>31458</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>509558</x:v>
+        <x:v>600224</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>41439</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="E5" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G5" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
@@ -1671,57 +1671,57 @@
       <x:c r="K7" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>615514</x:v>
+        <x:v>540869</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>39380</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="I8" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
@@ -1730,57 +1730,57 @@
       <x:c r="K8" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>31606</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>540869</x:v>
+        <x:v>615514</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H9" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -1828,126 +1828,126 @@
       <x:c r="C10" s="15" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I10" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>69</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>574991</x:v>
+        <x:v>574990</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>574990</x:v>
+        <x:v>574991</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s">
@@ -2241,168 +2241,168 @@
       <x:c r="K17" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
-        <x:v>591967</x:v>
+        <x:v>591966</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s"/>
       <x:c r="F18" s="14" t="s"/>
       <x:c r="G18" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H18" s="14" t="s"/>
       <x:c r="I18" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>591968</x:v>
+        <x:v>591967</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="G19" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="J19" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K19" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L19" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M19" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N19" s="3" t="n">
         <x:v>11454</x:v>
       </x:c>
       <x:c r="O19" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="P19" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="Q19" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
-        <x:v>591966</x:v>
+        <x:v>591968</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
         <x:v>38994</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -3766,60 +3766,60 @@
         <x:v>83</x:v>
       </x:c>
       <x:c r="H44" s="14" t="s"/>
       <x:c r="I44" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J44" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K44" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L44" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M44" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N44" s="15" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O44" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P44" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="Q44" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="R44" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
-        <x:v>597244</x:v>
+        <x:v>597242</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>38179</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
@@ -3877,60 +3877,60 @@
         <x:v>83</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K46" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L46" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M46" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N46" s="15" t="n">
         <x:v>11534</x:v>
       </x:c>
       <x:c r="O46" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="P46" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q46" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R46" s="14" t="s">
-        <x:v>112</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
-        <x:v>597242</x:v>
+        <x:v>597244</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>38687</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H47" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -4198,139 +4198,139 @@
       </x:c>
       <x:c r="S51" s="0" t="n">
         <x:v>574947</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>38687</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>83</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>24354</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>591877</x:v>
+        <x:v>591876</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>38687</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>24354</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>591876</x:v>
+        <x:v>591877</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>38703</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s">
@@ -4629,114 +4629,114 @@
       <x:c r="K59" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L59" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M59" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N59" s="3" t="n">
         <x:v>31608</x:v>
       </x:c>
       <x:c r="O59" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P59" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q59" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R59" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="S59" s="0" t="n">
-        <x:v>591854</x:v>
+        <x:v>591853</x:v>
       </x:c>
       <x:c r="T59" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U59" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:21">
       <x:c r="A60" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B60" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="C60" s="15" t="n">
         <x:v>38704</x:v>
       </x:c>
       <x:c r="D60" s="15" t="s"/>
       <x:c r="E60" s="14" t="s"/>
       <x:c r="F60" s="14" t="s"/>
       <x:c r="G60" s="14" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="H60" s="14" t="s"/>
       <x:c r="I60" s="16" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J60" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K60" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L60" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M60" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N60" s="15" t="n">
         <x:v>31608</x:v>
       </x:c>
       <x:c r="O60" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="P60" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q60" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="R60" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="S60" s="14" t="n">
-        <x:v>591853</x:v>
+        <x:v>591854</x:v>
       </x:c>
       <x:c r="T60" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U60" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:21">
       <x:c r="A61" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="C61" s="3" t="n">
         <x:v>38703</x:v>
       </x:c>
       <x:c r="D61" s="3" t="s"/>
       <x:c r="G61" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="I61" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="J61" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K61" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
@@ -4910,51 +4910,51 @@
       <x:c r="K64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>31458</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>600214</x:v>
+        <x:v>549320</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>39093</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -4967,57 +4967,57 @@
       <x:c r="K65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>31458</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>549320</x:v>
+        <x:v>600214</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="U65" s="4" t="s">
         <x:v>149</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>39093</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -5320,57 +5320,57 @@
       <x:c r="K71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
-        <x:v>558151</x:v>
+        <x:v>558153</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="U71" s="4" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C72" s="15" t="n">
         <x:v>39130</x:v>
       </x:c>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I72" s="16" t="s">
         <x:v>173</x:v>
@@ -5381,54 +5381,54 @@
       <x:c r="K72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M72" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
-        <x:v>558153</x:v>
+        <x:v>558151</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
         <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C73" s="3" t="n">
         <x:v>39130</x:v>
       </x:c>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="H73" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>173</x:v>
       </x:c>
@@ -5555,51 +5555,51 @@
       <x:c r="K75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
-        <x:v>550304</x:v>
+        <x:v>550303</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>38321</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>160</x:v>
@@ -5616,57 +5616,57 @@
       <x:c r="K76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M76" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
-        <x:v>501082</x:v>
+        <x:v>550304</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C77" s="3" t="n">
         <x:v>38321</x:v>
       </x:c>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="E77" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G77" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H77" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
@@ -5676,51 +5676,51 @@
       <x:c r="K77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
-        <x:v>451269</x:v>
+        <x:v>451268</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C78" s="15" t="n">
         <x:v>38321</x:v>
       </x:c>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>160</x:v>
@@ -5728,126 +5728,126 @@
       <x:c r="H78" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K78" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L78" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M78" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N78" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O78" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="P78" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="Q78" s="16" t="s">
-        <x:v>192</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="R78" s="14" t="s">
-        <x:v>193</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="S78" s="14" t="n">
-        <x:v>501083</x:v>
+        <x:v>451269</x:v>
       </x:c>
       <x:c r="T78" s="16" t="s">
-        <x:v>177</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U78" s="16" t="s">
-        <x:v>58</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:21">
       <x:c r="A79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C79" s="3" t="n">
         <x:v>38321</x:v>
       </x:c>
       <x:c r="D79" s="3" t="s"/>
       <x:c r="E79" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G79" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H79" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I79" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="J79" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K79" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L79" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M79" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N79" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O79" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="P79" s="0" t="s">
-        <x:v>194</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="Q79" s="4" t="s">
-        <x:v>195</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R79" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="S79" s="0" t="n">
-        <x:v>550303</x:v>
+        <x:v>501082</x:v>
       </x:c>
       <x:c r="T79" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U79" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:21">
       <x:c r="A80" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B80" s="14" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C80" s="15" t="n">
         <x:v>38321</x:v>
       </x:c>
       <x:c r="D80" s="15" t="s"/>
       <x:c r="E80" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F80" s="14" t="s"/>
       <x:c r="G80" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I80" s="16" t="s">
         <x:v>162</x:v>
@@ -5858,162 +5858,162 @@
       <x:c r="K80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>451268</x:v>
+        <x:v>501083</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>38412</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="G81" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K81" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L81" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M81" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N81" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O81" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="P81" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="Q81" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
-        <x:v>616027</x:v>
+        <x:v>616026</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
         <x:v>38412</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="H82" s="14" t="s"/>
       <x:c r="I82" s="16" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
-        <x:v>195</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>616026</x:v>
+        <x:v>616027</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>37582</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="H83" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -6375,57 +6375,57 @@
       <x:c r="K89" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L89" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M89" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N89" s="3" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O89" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P89" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q89" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R89" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S89" s="0" t="n">
-        <x:v>501081</x:v>
+        <x:v>550283</x:v>
       </x:c>
       <x:c r="T89" s="4" t="s">
-        <x:v>177</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U89" s="4" t="s">
-        <x:v>58</x:v>
+        <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:21">
       <x:c r="A90" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B90" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C90" s="15" t="n">
         <x:v>39303</x:v>
       </x:c>
       <x:c r="D90" s="15" t="s"/>
       <x:c r="E90" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F90" s="14" t="s"/>
       <x:c r="G90" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H90" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I90" s="16" t="s">
         <x:v>162</x:v>
@@ -6436,57 +6436,57 @@
       <x:c r="K90" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L90" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M90" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N90" s="15" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O90" s="14" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P90" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q90" s="16" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R90" s="14" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S90" s="14" t="n">
-        <x:v>550283</x:v>
+        <x:v>605716</x:v>
       </x:c>
       <x:c r="T90" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="U90" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:21">
       <x:c r="A91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B91" s="0" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C91" s="3" t="n">
         <x:v>39303</x:v>
       </x:c>
       <x:c r="D91" s="3" t="s"/>
       <x:c r="E91" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G91" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H91" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="I91" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
@@ -6496,57 +6496,57 @@
       <x:c r="K91" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="L91" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M91" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N91" s="3" t="n">
         <x:v>23554</x:v>
       </x:c>
       <x:c r="O91" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="P91" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q91" s="4" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="R91" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="S91" s="0" t="n">
-        <x:v>605716</x:v>
+        <x:v>501081</x:v>
       </x:c>
       <x:c r="T91" s="4" t="s">
-        <x:v>57</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U91" s="4" t="s">
-        <x:v>189</x:v>
+        <x:v>58</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:21">
       <x:c r="A92" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B92" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C92" s="15" t="n">
         <x:v>39305</x:v>
       </x:c>
       <x:c r="D92" s="15" t="s"/>
       <x:c r="E92" s="14" t="s"/>
       <x:c r="F92" s="14" t="s"/>
       <x:c r="G92" s="14" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="H92" s="14" t="s"/>
       <x:c r="I92" s="16" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="J92" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
@@ -6601,54 +6601,54 @@
       <x:c r="I93" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="J93" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="K93" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="L93" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M93" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N93" s="3" t="n">
         <x:v>15099</x:v>
       </x:c>
       <x:c r="O93" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="P93" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="Q93" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R93" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S93" s="0" t="n">
         <x:v>595527</x:v>
       </x:c>
       <x:c r="T93" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="U93" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:21">
       <x:c r="A94" s="13" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B94" s="14" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C94" s="15" t="n">
         <x:v>36225</x:v>
       </x:c>
       <x:c r="D94" s="15" t="s"/>
       <x:c r="E94" s="14" t="s"/>
       <x:c r="F94" s="14" t="s"/>
       <x:c r="G94" s="14" t="s">