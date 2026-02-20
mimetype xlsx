--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -296,122 +296,122 @@
   <x:si>
     <x:t>CNAM</x:t>
   </x:si>
   <x:si>
     <x:t>13015</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Léon Chiris</x:t>
   </x:si>
   <x:si>
     <x:t>06130</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence pro mention domotique (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire technologie et sciences industrielles (TSI), 2e année</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée J Ferry</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06414</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Automatisme informatique industrielle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CANNES CEDEX</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée A Artaud</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
-    <x:t>Automatisme informatique industrielle</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Lycée Rouvière Suzanne Lefort-Rouquette</x:t>
   </x:si>
   <x:si>
     <x:t>83070</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Rouvière</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire technologie et sciences industrielles (TSI), 1re année</x:t>
   </x:si>
   <x:si>
     <x:t>Télécommunication</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie électrique et informatique industrielle parcours automatisme et informatique industrielle (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Formasup Provence Alpes Côte d'Azur - CFA Régional Interuniversitaire Epure Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>CFA</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>Électricité</x:t>
   </x:si>
   <x:si>
+    <x:t>Aix Marseille Université - IUT Aix-Marseille (Site Saint Jérôme)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/31/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/30/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Université de Toulon - IUT La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
-    <x:t>08/31/2029 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>09/04/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité génie électrique et informatique industrielle parcours automatisme et informatique industrielle</x:t>
   </x:si>
   <x:si>
     <x:t>SALON-DE-PROVENCE</x:t>
@@ -452,153 +452,153 @@
   <x:si>
     <x:t>CFAI PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>13800</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 2</x:t>
   </x:si>
   <x:si>
     <x:t>Maintenance système automatisé</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Les Iscles</x:t>
   </x:si>
   <x:si>
     <x:t>04100</x:t>
   </x:si>
   <x:si>
     <x:t>MANOSQUE</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2028 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Api 84 - Cfai 84 - Nextech</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84918</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/26/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/28/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Greta-Cfa Alpes Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05000</x:t>
+  </x:si>
+  <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>CCIV</x:t>
   </x:si>
   <x:si>
     <x:t>84000</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Montfavet</x:t>
   </x:si>
   <x:si>
     <x:t>84140</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
-    <x:t>Greta-Cfa Alpes Provence</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>09/02/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Académie Vaucluse Provence Industries - Antenne Avignon</x:t>
   </x:si>
   <x:si>
-    <x:t>Api 84 - Cfai 84 - Nextech</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>BTS Conception et réalisation de systèmes automatiques</x:t>
   </x:si>
   <x:si>
     <x:t>BTS conception et réalisation de systèmes automatiques</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Les Iscles</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée régional César Baldaccini (anciennement lycée du Rempart)</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Rempart-Vinci</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 7e</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Paul Langevin</x:t>
   </x:si>
   <x:si>
     <x:t>13691</x:t>
   </x:si>
   <x:si>
     <x:t>MARTIGUES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée polyvalent Vauvenargues</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée T Edison</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LORGUES</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée polyvalent Jean-Henri Fabre</x:t>
   </x:si>
   <x:si>
     <x:t>84208</x:t>
   </x:si>
   <x:si>
     <x:t>CARPENTRAS CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée L Pasquet</x:t>
   </x:si>
   <x:si>
     <x:t>13200</x:t>
   </x:si>
   <x:si>
     <x:t>ARLES</x:t>
-  </x:si>
-[...7 lines deleted...]
-    <x:t>LORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>Automatiser ses worflows et créer des agents d'intelligence artificielle (IA)</x:t>
   </x:si>
   <x:si>
     <x:t>Travelearn</x:t>
   </x:si>
   <x:si>
     <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Intelligence artificielle</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/24/2026 00:00:00</x:t>
   </x:si>
@@ -1601,107 +1601,107 @@
       <x:c r="I9" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>594652</x:v>
+        <x:v>594654</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C10" s="15" t="s"/>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s"/>
       <x:c r="K10" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>24454</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
-        <x:v>80</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>594654</x:v>
+        <x:v>594652</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="C11" s="3" t="s"/>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>58</x:v>
@@ -1778,134 +1778,134 @@
         <x:v>82</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>592936</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N13" s="3" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O13" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P13" s="0" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="Q13" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R13" s="0" t="s">
-        <x:v>80</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S13" s="0" t="n">
-        <x:v>592938</x:v>
+        <x:v>592937</x:v>
       </x:c>
       <x:c r="T13" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U13" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:21">
       <x:c r="A14" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B14" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C14" s="15" t="s"/>
       <x:c r="D14" s="15" t="s"/>
       <x:c r="E14" s="14" t="s"/>
       <x:c r="F14" s="14" t="s"/>
       <x:c r="G14" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="H14" s="14" t="s"/>
       <x:c r="I14" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="J14" s="14" t="s"/>
       <x:c r="K14" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L14" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M14" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N14" s="15" t="n">
         <x:v>24254</x:v>
       </x:c>
       <x:c r="O14" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="P14" s="14" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="Q14" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="R14" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="S14" s="14" t="n">
-        <x:v>592937</x:v>
+        <x:v>592938</x:v>
       </x:c>
       <x:c r="T14" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U14" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:21">
       <x:c r="A15" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C15" s="3" t="n">
         <x:v>35408</x:v>
       </x:c>
       <x:c r="D15" s="3" t="s"/>
       <x:c r="E15" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G15" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
@@ -1915,175 +1915,175 @@
       <x:c r="I15" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J15" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K15" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L15" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M15" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N15" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O15" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P15" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q15" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R15" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S15" s="0" t="n">
-        <x:v>602531</x:v>
+        <x:v>603816</x:v>
       </x:c>
       <x:c r="T15" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U15" s="4" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:21">
       <x:c r="A16" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B16" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C16" s="15" t="n">
         <x:v>35408</x:v>
       </x:c>
       <x:c r="D16" s="15" t="s"/>
       <x:c r="E16" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F16" s="14" t="s"/>
       <x:c r="G16" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H16" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I16" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J16" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K16" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L16" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M16" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N16" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O16" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P16" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q16" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R16" s="14" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S16" s="14" t="n">
         <x:v>510479</x:v>
       </x:c>
       <x:c r="T16" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U16" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:21">
       <x:c r="A17" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C17" s="3" t="n">
         <x:v>35408</x:v>
       </x:c>
       <x:c r="D17" s="3" t="s"/>
       <x:c r="E17" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G17" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H17" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I17" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J17" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K17" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L17" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M17" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N17" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O17" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P17" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q17" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R17" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S17" s="0" t="n">
         <x:v>454247</x:v>
       </x:c>
       <x:c r="T17" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="U17" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:21">
       <x:c r="A18" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B18" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C18" s="15" t="n">
         <x:v>35408</x:v>
       </x:c>
       <x:c r="D18" s="15" t="s"/>
       <x:c r="E18" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
@@ -2097,63 +2097,63 @@
       <x:c r="I18" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J18" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K18" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L18" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M18" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N18" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O18" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P18" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="Q18" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R18" s="14" t="s">
-        <x:v>50</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S18" s="14" t="n">
-        <x:v>603816</x:v>
+        <x:v>602531</x:v>
       </x:c>
       <x:c r="T18" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U18" s="16" t="s">
-        <x:v>95</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:21">
       <x:c r="A19" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C19" s="3" t="n">
         <x:v>35408</x:v>
       </x:c>
       <x:c r="D19" s="3" t="s"/>
       <x:c r="E19" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G19" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H19" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I19" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
@@ -2336,57 +2336,57 @@
       <x:c r="H22" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I22" s="16" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>556126</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>35408</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="E23" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
@@ -2396,66 +2396,66 @@
       <x:c r="H23" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
         <x:v>510675</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>35408</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I24" s="16" t="s">
         <x:v>90</x:v>
@@ -2517,54 +2517,54 @@
       <x:c r="H25" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>554912</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>104</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>35408</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
@@ -2635,119 +2635,119 @@
       <x:c r="H27" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
-        <x:v>50</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>575547</x:v>
+        <x:v>575965</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>35408</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>575965</x:v>
+        <x:v>575547</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>35408</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>57</x:v>
       </x:c>
@@ -2808,54 +2808,54 @@
       <x:c r="I30" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K30" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L30" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M30" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N30" s="15" t="n">
         <x:v>24054</x:v>
       </x:c>
       <x:c r="O30" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="P30" s="14" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="Q30" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R30" s="14" t="s">
-        <x:v>94</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="S30" s="14" t="n">
         <x:v>596777</x:v>
       </x:c>
       <x:c r="T30" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U30" s="16" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:21">
       <x:c r="A31" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="C31" s="3" t="n">
         <x:v>35408</x:v>
       </x:c>
       <x:c r="D31" s="3" t="s"/>
       <x:c r="G31" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
@@ -3010,608 +3010,610 @@
         <x:v>605688</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>118</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>124</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>125</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>550241</x:v>
+        <x:v>514128</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>127</x:v>
-[...2 lines deleted...]
-        <x:v>128</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>129</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>130</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>602807</x:v>
+        <x:v>605939</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>133</x:v>
-[...1 lines deleted...]
-      <x:c r="H36" s="14" t="s"/>
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="H36" s="14" t="s">
+        <x:v>119</x:v>
+      </x:c>
       <x:c r="I36" s="16" t="s">
-        <x:v>134</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>494784</x:v>
+        <x:v>550241</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G37" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="H37" s="0" t="s">
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
-        <x:v>124</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>605939</x:v>
+        <x:v>602807</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>127</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>137</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>602805</x:v>
+        <x:v>494784</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>62</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="E39" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G39" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="H39" s="0" t="s">
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>134</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>547557</x:v>
+        <x:v>500987</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>42</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>118</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>500987</x:v>
+        <x:v>547557</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="E41" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="G41" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="H41" s="0" t="s">
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>139</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="Q41" s="4" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="Q41" s="4" t="s">
+      <x:c r="R41" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="R41" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>514128</x:v>
+        <x:v>558858</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>142</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
-        <x:v>127</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
-        <x:v>128</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
-        <x:v>129</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
-        <x:v>130</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>131</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
-        <x:v>558858</x:v>
+        <x:v>602805</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
-        <x:v>42</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
       <x:c r="G43" s="0" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="I43" s="4" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>134</x:v>
       </x:c>
       <x:c r="J43" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K43" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L43" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M43" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N43" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O43" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P43" s="0" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="Q43" s="4" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>134</x:v>
       </x:c>
       <x:c r="R43" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S43" s="0" t="n">
         <x:v>591160</x:v>
       </x:c>
       <x:c r="T43" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U43" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:21">
       <x:c r="A44" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B44" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C44" s="15" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D44" s="15" t="s"/>
@@ -3651,78 +3653,78 @@
       <x:c r="R44" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>594584</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="I45" s="4" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>134</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="Q45" s="4" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>134</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>543666</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
@@ -3873,141 +3875,141 @@
       <x:c r="R48" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>594585</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="I49" s="4" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>134</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="Q49" s="4" t="s">
         <x:v>133</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>134</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
         <x:v>493638</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>135</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>136</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>594580</x:v>
+        <x:v>594586</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
@@ -4017,51 +4019,51 @@
       <x:c r="K51" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>594583</x:v>
+        <x:v>594580</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>37115</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
@@ -4074,51 +4076,51 @@
       <x:c r="K52" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>24431</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>594586</x:v>
+        <x:v>594583</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>164</x:v>