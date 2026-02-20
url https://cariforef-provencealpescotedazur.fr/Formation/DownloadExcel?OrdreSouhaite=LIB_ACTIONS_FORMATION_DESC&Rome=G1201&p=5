--- v1 (2026-02-19)
+++ v2 (2026-02-20)
@@ -167,122 +167,122 @@
   <x:si>
     <x:t>83200</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Femme , Licencié pour motif économique , Particulier, individuel , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement à distance</x:t>
   </x:si>
   <x:si>
     <x:t>Tourisme</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Lt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83530</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Femme , Salarié , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AGAY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>11/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Lt</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>10/07/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>01/01/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel guide accompagnateur touristique spécialisation histoire et civilisation des mondes musulmans</x:t>
   </x:si>
   <x:si>
     <x:t>Afc Formation</x:t>
   </x:si>
   <x:si>
     <x:t>93200</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>dates fixes</x:t>
   </x:si>
   <x:si>
     <x:t>Guide accompagnateur</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
+    <x:t>03/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/05/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/11/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>02/13/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>03/16/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel guide accompagnateur touristique - Découverte de la Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>Agence Nationale pour la Formation Professionnelle des Adultes - Accès à l'Emploi</x:t>
@@ -434,104 +434,104 @@
   <x:si>
     <x:t>Université de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>UTLN</x:t>
   </x:si>
   <x:si>
     <x:t>83041</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>09/09/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales parcours allemand</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues, littératures et civilisations étrangères et régionales (préparation également possible par Bloc(s) de compétences) parcours bilangue : turc-arabe</x:t>
   </x:si>
   <x:si>
+    <x:t>Licence mention langues, littératures et civilisations étrangères et régionales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avignon Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>licence mention langues, littératures et civilisations étrangères et régionales</x:t>
   </x:si>
   <x:si>
+    <x:t>84029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX 01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Univ. de Toulon</x:t>
   </x:si>
   <x:si>
     <x:t>83957</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE DE TOULON</x:t>
   </x:si>
   <x:si>
     <x:t>83130</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2029 00:00:00</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 1</x:t>
   </x:si>
   <x:si>
-    <x:t>84000</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Accompagnateur en milieu montagnard et rural - Module 1</x:t>
   </x:si>
   <x:si>
     <x:t>Fédération Française du Milieu Montagnard</x:t>
   </x:si>
   <x:si>
     <x:t>FFMM</x:t>
   </x:si>
   <x:si>
     <x:t>69001</x:t>
   </x:si>
   <x:si>
     <x:t>Randonnée</x:t>
   </x:si>
   <x:si>
     <x:t>SAINT-LEGER-LES-MELEZES</x:t>
   </x:si>
   <x:si>
     <x:t>05/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues étrangères appliquées parcours anglais - turc</x:t>
@@ -542,56 +542,56 @@
   <x:si>
     <x:t>Licence mention langues étrangères appliquées parcours anglais - russe</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues étrangères appliquées parcours anglais - japonais</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues étrangères appliquées parcours anglais - italien</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues étrangères appliquées parcours anglais - espagnol</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues étrangères appliquées parcours anglais - coréen</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues étrangères appliquées parcours anglais - chinois</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues étrangères appliquées parcours anglais - arabe</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention langues étrangères appliquées parcours anglais - allemand</x:t>
   </x:si>
   <x:si>
+    <x:t>licence mention langues étrangères appliquées</x:t>
+  </x:si>
+  <x:si>
     <x:t>Licence mention langues étrangères appliquées</x:t>
   </x:si>
   <x:si>
-    <x:t>licence mention langues étrangères appliquées</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Espagnol - niveau 3</x:t>
   </x:si>
   <x:si>
     <x:t>Kh Europe Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83370</x:t>
   </x:si>
   <x:si>
     <x:t>Espagnol</x:t>
   </x:si>
   <x:si>
     <x:t>FREJUS</x:t>
   </x:si>
   <x:si>
     <x:t>09/21/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Espagnol - niveau 2</x:t>
   </x:si>
   <x:si>
     <x:t>Espagnol - niveau 1</x:t>
   </x:si>
   <x:si>
     <x:t>Diplôme d'Etat d'alpinisme - guide de haute montagne et activités assimilées (Probatoire)</x:t>
@@ -779,90 +779,90 @@
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>Sport équestre</x:t>
   </x:si>
   <x:si>
     <x:t>Cefter Paca</x:t>
   </x:si>
   <x:si>
     <x:t>05110</x:t>
   </x:si>
   <x:si>
     <x:t>BARCILLONNETTE</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Accompagnateur de tourisme équestre</x:t>
   </x:si>
   <x:si>
+    <x:t>Les Enganes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FONTVIEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/03/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/03/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Les Cavaliers de la Louvière</x:t>
   </x:si>
   <x:si>
     <x:t>CDL</x:t>
   </x:si>
   <x:si>
     <x:t>84410</x:t>
   </x:si>
   <x:si>
     <x:t>Autre public , Demandeur d'emploi , Demandeur d'emploi moins de 26 ans , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>BEDOIN</x:t>
   </x:si>
   <x:si>
-    <x:t>Les Enganes</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Les Sabots de Vénus</x:t>
   </x:si>
   <x:si>
     <x:t>05400</x:t>
   </x:si>
   <x:si>
     <x:t>LA ROCHE-DES-ARNAUDS</x:t>
   </x:si>
   <x:si>
     <x:t>12/31/2027 00:00:00</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>04/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Périmètre :</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="2">
     <x:numFmt numFmtId="164" formatCode="General"/>
     <x:numFmt numFmtId="165" formatCode="@"/>
   </x:numFmts>
   <x:fonts count="8">
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="FF333333"/>
       <x:name val="Aptos Narrow"/>
       <x:family val="2"/>
       <x:charset val="1"/>
     </x:font>
     <x:font>
       <x:sz val="10"/>
       <x:name val="Arial"/>
       <x:family val="0"/>
@@ -1453,183 +1453,183 @@
         <x:v>24</x:v>
       </x:c>
       <x:c r="R2" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S2" s="14" t="n">
         <x:v>537274</x:v>
       </x:c>
       <x:c r="T2" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U2" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:21">
       <x:c r="A3" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C3" s="3" t="s"/>
       <x:c r="D3" s="3" t="s"/>
       <x:c r="G3" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="I3" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="K3" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="L3" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M3" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N3" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O3" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P3" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="Q3" s="4" t="s">
-        <x:v>24</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R3" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="S3" s="0" t="n">
-        <x:v>598408</x:v>
+        <x:v>608565</x:v>
       </x:c>
       <x:c r="T3" s="4" t="s">
-        <x:v>32</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="U3" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:21">
       <x:c r="A4" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B4" s="14" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C4" s="15" t="s"/>
       <x:c r="D4" s="15" t="s"/>
       <x:c r="E4" s="14" t="s"/>
       <x:c r="F4" s="14" t="s"/>
       <x:c r="G4" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H4" s="14" t="s"/>
       <x:c r="I4" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J4" s="14" t="s"/>
       <x:c r="K4" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
-        <x:v>35</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
-        <x:v>37</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>538652</x:v>
+        <x:v>598408</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="C5" s="3" t="s"/>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="I5" s="4" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="K5" s="0" t="s">
         <x:v>34</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>36</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>42654</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="R5" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="R5" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>608565</x:v>
+        <x:v>538652</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>38548</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
@@ -1642,51 +1642,51 @@
       <x:c r="K6" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>42611</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>615226</x:v>
+        <x:v>615224</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>38548</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -1696,51 +1696,51 @@
       <x:c r="K7" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>42611</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
-        <x:v>615225</x:v>
+        <x:v>615226</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>38548</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
@@ -1753,51 +1753,51 @@
       <x:c r="K8" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>42611</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q8" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R8" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>615224</x:v>
+        <x:v>615225</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>38548</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="E9" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F9" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
@@ -1873,105 +1873,105 @@
       <x:c r="K10" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>42611</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>614977</x:v>
+        <x:v>614756</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>38548</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="I11" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="J11" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K11" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="L11" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>42611</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
-        <x:v>614756</x:v>
+        <x:v>614977</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C12" s="15" t="n">
         <x:v>38548</x:v>
       </x:c>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
@@ -1987,54 +1987,54 @@
       <x:c r="L12" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M12" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N12" s="15" t="n">
         <x:v>42611</x:v>
       </x:c>
       <x:c r="O12" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="P12" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q12" s="16" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="R12" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="S12" s="14" t="n">
         <x:v>614979</x:v>
       </x:c>
       <x:c r="T12" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="U12" s="16" t="s">
-        <x:v>51</x:v>
+        <x:v>53</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:21">
       <x:c r="A13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="C13" s="3" t="s"/>
       <x:c r="D13" s="3" t="s"/>
       <x:c r="G13" s="0" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="I13" s="4" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K13" s="0" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="L13" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M13" s="0" t="s">
         <x:v>63</x:v>
@@ -2825,191 +2825,191 @@
         <x:v>112</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H27" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>575716</x:v>
+        <x:v>575715</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s">
-        <x:v>114</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="I28" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
-        <x:v>63</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>611996</x:v>
+        <x:v>575716</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>117</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="G29" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H29" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K29" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L29" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M29" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
-        <x:v>575715</x:v>
+        <x:v>611996</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s"/>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="I30" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
@@ -3086,382 +3086,381 @@
       </x:c>
       <x:c r="O31" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P31" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q31" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R31" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S31" s="0" t="n">
         <x:v>598349</x:v>
       </x:c>
       <x:c r="T31" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U31" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:21">
       <x:c r="A32" s="13" t="s">
-        <x:v>79</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B32" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C32" s="15" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D32" s="15" t="s"/>
       <x:c r="E32" s="14" t="s"/>
       <x:c r="F32" s="14" t="s"/>
       <x:c r="G32" s="14" t="s">
-        <x:v>122</x:v>
-[...1 lines deleted...]
-      <x:c r="H32" s="14" t="s"/>
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="H32" s="14" t="s">
+        <x:v>114</x:v>
+      </x:c>
       <x:c r="I32" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J32" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K32" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L32" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M32" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N32" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O32" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P32" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q32" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R32" s="14" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="S32" s="14" t="n">
-        <x:v>592374</x:v>
+        <x:v>609278</x:v>
       </x:c>
       <x:c r="T32" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="G33" s="0" t="s">
-        <x:v>113</x:v>
-[...2 lines deleted...]
-        <x:v>114</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>115</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
-        <x:v>609278</x:v>
+        <x:v>581615</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s"/>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>129</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>130</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="Q34" s="16" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="R34" s="14" t="s">
         <x:v>129</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
         <x:v>592373</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="G35" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>82</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>592371</x:v>
+        <x:v>592374</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>132</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>133</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>135</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
-        <x:v>592372</x:v>
+        <x:v>592371</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>40120</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="G37" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="I37" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J37" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K37" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L37" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="M37" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="N37" s="3" t="n">
         <x:v>14201</x:v>
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
-        <x:v>581615</x:v>
+        <x:v>592372</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
-        <x:v>92</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C38" s="15" t="s"/>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I38" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s"/>
       <x:c r="K38" s="14" t="s">
         <x:v>46</x:v>
@@ -3998,376 +3997,376 @@
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
         <x:v>575781</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>39173</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>113</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>15254</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>115</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>588182</x:v>
+        <x:v>592052</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>138</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>39173</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>15254</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
-        <x:v>129</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
-        <x:v>130</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>592054</x:v>
+        <x:v>592053</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
-        <x:v>79</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>39173</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
-        <x:v>81</x:v>
-[...1 lines deleted...]
-      <x:c r="H50" s="14" t="s"/>
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="H50" s="14" t="s">
+        <x:v>114</x:v>
+      </x:c>
       <x:c r="I50" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
-        <x:v>84</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>15254</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
-        <x:v>81</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
-        <x:v>82</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
-        <x:v>86</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>592055</x:v>
+        <x:v>588182</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>39173</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>15254</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
-        <x:v>133</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>592052</x:v>
+        <x:v>592054</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>126</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
         <x:v>39173</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
-        <x:v>122</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>15254</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
-        <x:v>124</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
-        <x:v>116</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>592053</x:v>
+        <x:v>592055</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>126</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>15228</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
         <x:v>542279</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
@@ -4376,100 +4375,100 @@
       <x:c r="M54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>15228</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
         <x:v>542278</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>15228</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>542277</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>38574</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="G56" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
@@ -4814,156 +4813,156 @@
         <x:v>196</x:v>
       </x:c>
       <x:c r="H62" s="14" t="s"/>
       <x:c r="I62" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J62" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K62" s="14" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="L62" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M62" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N62" s="15" t="n">
         <x:v>15004</x:v>
       </x:c>
       <x:c r="O62" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P62" s="14" t="s">
-        <x:v>200</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="Q62" s="16" t="s">
-        <x:v>201</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="R62" s="14" t="s">
-        <x:v>202</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S62" s="14" t="n">
-        <x:v>535405</x:v>
+        <x:v>553361</x:v>
       </x:c>
       <x:c r="T62" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U62" s="16" t="s">
-        <x:v>182</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:21">
       <x:c r="A63" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C63" s="3" t="n">
         <x:v>34927</x:v>
       </x:c>
       <x:c r="D63" s="3" t="s"/>
       <x:c r="E63" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="G63" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="I63" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J63" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K63" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="L63" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M63" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N63" s="3" t="n">
         <x:v>15004</x:v>
       </x:c>
       <x:c r="O63" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P63" s="0" t="s">
-        <x:v>196</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q63" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R63" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="S63" s="0" t="n">
-        <x:v>553361</x:v>
+        <x:v>535405</x:v>
       </x:c>
       <x:c r="T63" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>34927</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s"/>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="H64" s="14" t="s"/>
       <x:c r="I64" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>15004</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
         <x:v>586086</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
         <x:v>206</x:v>
       </x:c>
@@ -4997,51 +4996,51 @@
       <x:c r="M65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>15004</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
         <x:v>541167</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="C66" s="15" t="s"/>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s"/>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s"/>
       <x:c r="K66" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
@@ -5050,100 +5049,100 @@
       <x:c r="M66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>15203</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
         <x:v>542255</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L67" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M67" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N67" s="3" t="n">
         <x:v>15203</x:v>
       </x:c>
       <x:c r="O67" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="P67" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q67" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R67" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S67" s="0" t="n">
         <x:v>542254</x:v>
       </x:c>
       <x:c r="T67" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U67" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:21">
       <x:c r="A68" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B68" s="14" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="C68" s="15" t="s"/>
       <x:c r="D68" s="15" t="s"/>
       <x:c r="E68" s="14" t="s"/>
       <x:c r="F68" s="14" t="s"/>
       <x:c r="G68" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H68" s="14" t="s"/>
       <x:c r="I68" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J68" s="14" t="s"/>
       <x:c r="K68" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L68" s="14" t="s">
@@ -5152,100 +5151,100 @@
       <x:c r="M68" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>15203</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>542253</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="C69" s="3" t="s"/>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="G69" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="K69" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L69" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M69" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N69" s="3" t="n">
         <x:v>15203</x:v>
       </x:c>
       <x:c r="O69" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="P69" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q69" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R69" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S69" s="0" t="n">
         <x:v>542252</x:v>
       </x:c>
       <x:c r="T69" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U69" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:21">
       <x:c r="A70" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B70" s="14" t="s">
         <x:v>213</x:v>
       </x:c>
       <x:c r="C70" s="15" t="s"/>
       <x:c r="D70" s="15" t="s"/>
       <x:c r="E70" s="14" t="s"/>
       <x:c r="F70" s="14" t="s"/>
       <x:c r="G70" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H70" s="14" t="s"/>
       <x:c r="I70" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J70" s="14" t="s"/>
       <x:c r="K70" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L70" s="14" t="s">
@@ -5254,100 +5253,100 @@
       <x:c r="M70" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N70" s="15" t="n">
         <x:v>15203</x:v>
       </x:c>
       <x:c r="O70" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="P70" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q70" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R70" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S70" s="14" t="n">
         <x:v>542251</x:v>
       </x:c>
       <x:c r="T70" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U70" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:21">
       <x:c r="A71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="C71" s="3" t="s"/>
       <x:c r="D71" s="3" t="s"/>
       <x:c r="G71" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I71" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="K71" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L71" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M71" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N71" s="3" t="n">
         <x:v>15203</x:v>
       </x:c>
       <x:c r="O71" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="P71" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q71" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R71" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S71" s="0" t="n">
         <x:v>542250</x:v>
       </x:c>
       <x:c r="T71" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U71" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:21">
       <x:c r="A72" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B72" s="14" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="C72" s="15" t="s"/>
       <x:c r="D72" s="15" t="s"/>
       <x:c r="E72" s="14" t="s"/>
       <x:c r="F72" s="14" t="s"/>
       <x:c r="G72" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H72" s="14" t="s"/>
       <x:c r="I72" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J72" s="14" t="s"/>
       <x:c r="K72" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L72" s="14" t="s">
@@ -5356,100 +5355,100 @@
       <x:c r="M72" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N72" s="15" t="n">
         <x:v>15203</x:v>
       </x:c>
       <x:c r="O72" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="P72" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q72" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R72" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S72" s="14" t="n">
         <x:v>542249</x:v>
       </x:c>
       <x:c r="T72" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U72" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:21">
       <x:c r="A73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C73" s="3" t="s"/>
       <x:c r="D73" s="3" t="s"/>
       <x:c r="G73" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I73" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="K73" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L73" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M73" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N73" s="3" t="n">
         <x:v>15203</x:v>
       </x:c>
       <x:c r="O73" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="P73" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q73" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R73" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S73" s="0" t="n">
         <x:v>542248</x:v>
       </x:c>
       <x:c r="T73" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U73" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:21">
       <x:c r="A74" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B74" s="14" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C74" s="15" t="s"/>
       <x:c r="D74" s="15" t="s"/>
       <x:c r="E74" s="14" t="s"/>
       <x:c r="F74" s="14" t="s"/>
       <x:c r="G74" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H74" s="14" t="s"/>
       <x:c r="I74" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J74" s="14" t="s"/>
       <x:c r="K74" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L74" s="14" t="s">
@@ -5458,100 +5457,100 @@
       <x:c r="M74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>15203</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>542247</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="C75" s="3" t="s"/>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="G75" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I75" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="K75" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>15287</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>542245</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="C76" s="15" t="s"/>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s"/>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="J76" s="14" t="s"/>
       <x:c r="K76" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L76" s="14" t="s">
@@ -5560,100 +5559,100 @@
       <x:c r="M76" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N76" s="15" t="n">
         <x:v>15287</x:v>
       </x:c>
       <x:c r="O76" s="14" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="P76" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q76" s="16" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R76" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S76" s="14" t="n">
         <x:v>542244</x:v>
       </x:c>
       <x:c r="T76" s="16" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U76" s="16" t="s">
-        <x:v>41</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:21">
       <x:c r="A77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C77" s="3" t="s"/>
       <x:c r="D77" s="3" t="s"/>
       <x:c r="G77" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="I77" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="K77" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L77" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M77" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N77" s="3" t="n">
         <x:v>15287</x:v>
       </x:c>
       <x:c r="O77" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="P77" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="Q77" s="4" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="R77" s="0" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S77" s="0" t="n">
         <x:v>542243</x:v>
       </x:c>
       <x:c r="T77" s="4" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="U77" s="4" t="s">
-        <x:v>41</x:v>
+        <x:v>37</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:21">
       <x:c r="A78" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B78" s="14" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C78" s="15" t="s"/>
       <x:c r="D78" s="15" t="s"/>
       <x:c r="E78" s="14" t="s"/>
       <x:c r="F78" s="14" t="s"/>
       <x:c r="G78" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="H78" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="I78" s="16" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="J78" s="14" t="s"/>
       <x:c r="K78" s="14" t="s">
         <x:v>46</x:v>
@@ -5842,261 +5841,261 @@
       </x:c>
       <x:c r="Q81" s="4" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="R81" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="S81" s="0" t="n">
         <x:v>607886</x:v>
       </x:c>
       <x:c r="T81" s="4" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="U81" s="4" t="s">
         <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:21">
       <x:c r="A82" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B82" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C82" s="15" t="n">
-        <x:v>36133</x:v>
+        <x:v>41108</x:v>
       </x:c>
       <x:c r="D82" s="15" t="s"/>
       <x:c r="E82" s="14" t="s"/>
       <x:c r="F82" s="14" t="s"/>
       <x:c r="G82" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="H82" s="14" t="s">
+      <x:c r="H82" s="14" t="s"/>
+      <x:c r="I82" s="16" t="s">
         <x:v>237</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>238</x:v>
       </x:c>
       <x:c r="J82" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K82" s="14" t="s">
-        <x:v>239</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L82" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>15479</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="R82" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="R82" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="S82" s="14" t="n">
-        <x:v>527374</x:v>
+        <x:v>588123</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C83" s="3" t="n">
         <x:v>41108</x:v>
       </x:c>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>15479</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>588123</x:v>
+        <x:v>612353</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
-        <x:v>41108</x:v>
+        <x:v>36133</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s"/>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
-        <x:v>245</x:v>
-[...1 lines deleted...]
-      <x:c r="H84" s="14" t="s"/>
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="H84" s="14" t="s">
+        <x:v>242</x:v>
+      </x:c>
       <x:c r="I84" s="16" t="s">
-        <x:v>246</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K84" s="14" t="s">
-        <x:v>46</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="L84" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M84" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N84" s="15" t="n">
         <x:v>15479</x:v>
       </x:c>
       <x:c r="O84" s="14" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P84" s="14" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="Q84" s="16" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="R84" s="14" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="Q84" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S84" s="14" t="n">
-        <x:v>599444</x:v>
+        <x:v>527374</x:v>
       </x:c>
       <x:c r="T84" s="16" t="s">
-        <x:v>32</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U84" s="16" t="s">
-        <x:v>248</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:21">
       <x:c r="A85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="C85" s="3" t="n">
         <x:v>41108</x:v>
       </x:c>
       <x:c r="D85" s="3" t="s"/>
       <x:c r="G85" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="I85" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="J85" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K85" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L85" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M85" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="N85" s="3" t="n">
         <x:v>15479</x:v>
       </x:c>
       <x:c r="O85" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="P85" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="Q85" s="4" t="s">
-        <x:v>242</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="R85" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="S85" s="0" t="n">
-        <x:v>612353</x:v>
+        <x:v>599444</x:v>
       </x:c>
       <x:c r="T85" s="4" t="s">
-        <x:v>175</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="U85" s="4" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>
 </x:worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr filterMode="false">