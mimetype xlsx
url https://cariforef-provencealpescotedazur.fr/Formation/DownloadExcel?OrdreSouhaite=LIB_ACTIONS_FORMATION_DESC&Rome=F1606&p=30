--- v0 (2026-03-21)
+++ v1 (2026-03-21)
@@ -548,77 +548,77 @@
   <x:si>
     <x:t>10/07/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitations électriques BS BE recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>Mblp Sécurité - Salamandre Formations - Antenne Vidauban</x:t>
   </x:si>
   <x:si>
     <x:t>83550</x:t>
   </x:si>
   <x:si>
     <x:t>Public sans emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Mesure électrique</x:t>
   </x:si>
   <x:si>
     <x:t>VIDAUBAN</x:t>
   </x:si>
   <x:si>
+    <x:t>09/14/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/20/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/16/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/16/2026 00:00:00</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitations électriques BS - BE manoeuvre - H0V - Recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>Sécurité Manutention</x:t>
   </x:si>
   <x:si>
     <x:t>13670</x:t>
   </x:si>
   <x:si>
     <x:t>VERQUIERES</x:t>
   </x:si>
   <x:si>
     <x:t>04/29/2025 00:00:00</x:t>
@@ -983,59 +983,59 @@
   <x:si>
     <x:t>06/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitation électrique BS chargé d'intervention élémentaire, basse tension</x:t>
   </x:si>
   <x:si>
     <x:t>Alpes Formations Conseils</x:t>
   </x:si>
   <x:si>
     <x:t>AFC</x:t>
   </x:si>
   <x:si>
+    <x:t>Institut Européen de Sécurité et de Comunication - Antenne Aubagne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IESC</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Institut Européen de Sécurité et de Comunication - Antenne Aubagne</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>11/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Aulino formation</x:t>
   </x:si>
   <x:si>
     <x:t>83300</x:t>
@@ -1064,62 +1064,62 @@
   <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur - Var</x:t>
   </x:si>
   <x:si>
     <x:t>83078</x:t>
   </x:si>
   <x:si>
     <x:t>LA GARDE</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitation électrique B1V exécutant électricien, travaux au voisinage, basse tension, Habilitation électrique B2V chargé de travaux électriques au voisinage, basse tension, Habilitation électrique BC chargé de consignation, basse tension, Habilitation é</x:t>
   </x:si>
   <x:si>
     <x:t>Volt Work</x:t>
   </x:si>
   <x:si>
     <x:t>75011</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
+    <x:t>04/13/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Arniaud Consulteam</x:t>
   </x:si>
   <x:si>
     <x:t>83140</x:t>
   </x:si>
   <x:si>
     <x:t>LA SEYNE-SUR-MER</x:t>
   </x:si>
   <x:si>
-    <x:t>04/13/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Habilitation électrique B1V exécutant électricien, travaux au voisinage, basse tension - Recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitation électrique B1V exécutant électricien, travaux au voisinage, basse tension</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitation électrique B1V</x:t>
   </x:si>
   <x:si>
     <x:t>Gypserie</x:t>
   </x:si>
   <x:si>
     <x:t>Enduit maçonnerie</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formateur habilitation électrique, niveau non électricien B0 - BP - BS - BE manœuvre - H0 - H0V</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
@@ -1358,72 +1358,72 @@
   <x:si>
     <x:t>84964</x:t>
   </x:si>
   <x:si>
     <x:t>EREA P Vincensini</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LP St-Henri</x:t>
   </x:si>
   <x:si>
     <x:t>Association Départementale d'Etudes et de Formation</x:t>
   </x:si>
   <x:si>
     <x:t>ADEF</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Conseil Régional</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupement d'Intérêt Public pour la Formation Continue et l'Insertion Professionnelle de l'Académie d'Aix-Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIP FCIP AIX-MARSEILLE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13857</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE- 1er</x:t>
+  </x:si>
+  <x:si>
     <x:t>LP les Alpilles</x:t>
   </x:si>
   <x:si>
     <x:t>13140</x:t>
-  </x:si>
-[...16 lines deleted...]
-    <x:t>MARSEILLE- 1er</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro aménagement et finition du bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>Maçonnerie</x:t>
   </x:si>
   <x:si>
     <x:t>LP Domaine d'Eguilles</x:t>
   </x:si>
   <x:si>
     <x:t>84271</x:t>
   </x:si>
   <x:si>
     <x:t>VEDENE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LP Golf-Hôtel</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de prévention et de sécurité + SSIAP 1 - diplôme d'agent de service + habilitations électriques BE - BS (POEC)</x:t>
   </x:si>
   <x:si>
     <x:t>France Travail</x:t>
   </x:si>
@@ -4618,317 +4618,317 @@
       <x:c r="K48" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>24024</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>618904</x:v>
+        <x:v>618908</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>24024</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>618907</x:v>
+        <x:v>618909</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>24024</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>618911</x:v>
+        <x:v>618906</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>24024</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>618906</x:v>
+        <x:v>618904</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>24024</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>618908</x:v>
+        <x:v>618907</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>24024</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>618909</x:v>
+        <x:v>618911</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>155</x:v>
@@ -6447,51 +6447,51 @@
       <x:c r="L82" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>623643</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>239</x:v>
@@ -8165,54 +8165,54 @@
       <x:c r="L114" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>597897</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>62</x:v>
@@ -8596,51 +8596,51 @@
       <x:c r="M122" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>605142</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s"/>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>62</x:v>
@@ -8703,51 +8703,51 @@
       <x:c r="M124" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>605147</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>62</x:v>
@@ -8914,54 +8914,54 @@
       <x:c r="L128" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>597875</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>62</x:v>
@@ -9198,359 +9198,359 @@
       <x:c r="R133" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
         <x:v>618082</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K134" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>618081</x:v>
+        <x:v>597866</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>618080</x:v>
+        <x:v>597872</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>304</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>286</x:v>
-[...1 lines deleted...]
-      <x:c r="H136" s="14" t="s"/>
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="H136" s="14" t="s">
+        <x:v>305</x:v>
+      </x:c>
       <x:c r="I136" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>597866</x:v>
+        <x:v>597924</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>292</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>293</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>597872</x:v>
+        <x:v>618080</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>288</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>289</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>305</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="H138" s="14" t="s"/>
       <x:c r="I138" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>597924</x:v>
+        <x:v>609330</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="M139" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N139" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O139" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P139" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q139" s="4" t="s">
-        <x:v>282</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R139" s="0" t="s">
-        <x:v>283</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S139" s="0" t="n">
-        <x:v>609330</x:v>
+        <x:v>618081</x:v>
       </x:c>
       <x:c r="T139" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U139" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:21">
       <x:c r="A140" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B140" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C140" s="15" t="s"/>
       <x:c r="D140" s="15" t="s"/>
       <x:c r="E140" s="14" t="s"/>
       <x:c r="F140" s="14" t="s"/>
       <x:c r="G140" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H140" s="14" t="s"/>
       <x:c r="I140" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J140" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K140" s="14" t="s">
         <x:v>41</x:v>
@@ -9558,54 +9558,54 @@
       <x:c r="L140" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>605152</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>161</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>62</x:v>
@@ -9681,78 +9681,78 @@
         <x:v>33</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>613257</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s"/>
       <x:c r="D143" s="3" t="s"/>
       <x:c r="G143" s="0" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="H143" s="0" t="s">
         <x:v>305</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>306</x:v>
       </x:c>
       <x:c r="I143" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J143" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K143" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L143" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M143" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N143" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O143" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P143" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q143" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R143" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S143" s="0" t="n">
         <x:v>623979</x:v>
       </x:c>
       <x:c r="T143" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="U143" s="4" t="s">
         <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:21">
       <x:c r="A144" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B144" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C144" s="15" t="s"/>
@@ -9793,78 +9793,78 @@
         <x:v>181</x:v>
       </x:c>
       <x:c r="R144" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S144" s="14" t="n">
         <x:v>590267</x:v>
       </x:c>
       <x:c r="T144" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U144" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:21">
       <x:c r="A145" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B145" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C145" s="3" t="s"/>
       <x:c r="D145" s="3" t="s"/>
       <x:c r="G145" s="0" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="H145" s="0" t="s">
         <x:v>305</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>306</x:v>
       </x:c>
       <x:c r="I145" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J145" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K145" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L145" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M145" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N145" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O145" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P145" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q145" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R145" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S145" s="0" t="n">
         <x:v>623977</x:v>
       </x:c>
       <x:c r="T145" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="U145" s="4" t="s">
         <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:21">
       <x:c r="A146" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B146" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C146" s="15" t="s"/>
@@ -9887,51 +9887,51 @@
       <x:c r="L146" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>618077</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s"/>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>41</x:v>
@@ -9994,106 +9994,106 @@
       <x:c r="L148" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>605149</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>164</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s"/>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>605150</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>166</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>167</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C150" s="15" t="s"/>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>41</x:v>
@@ -10321,51 +10321,51 @@
       <x:c r="M154" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>623906</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>304</x:v>
+        <x:v>306</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s"/>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>62</x:v>
@@ -10388,133 +10388,133 @@
       <x:c r="R155" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S155" s="0" t="n">
         <x:v>597874</x:v>
       </x:c>
       <x:c r="T155" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U155" s="4" t="s">
         <x:v>200</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:21">
       <x:c r="A156" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B156" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C156" s="15" t="s"/>
       <x:c r="D156" s="15" t="s"/>
       <x:c r="E156" s="14" t="s"/>
       <x:c r="F156" s="14" t="s"/>
       <x:c r="G156" s="14" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="H156" s="14" t="s">
         <x:v>305</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>306</x:v>
       </x:c>
       <x:c r="I156" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J156" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K156" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L156" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M156" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N156" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O156" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P156" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q156" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R156" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S156" s="14" t="n">
         <x:v>623976</x:v>
       </x:c>
       <x:c r="T156" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="U156" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:21">
       <x:c r="A157" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B157" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C157" s="3" t="s"/>
       <x:c r="D157" s="3" t="s"/>
       <x:c r="G157" s="0" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="H157" s="0" t="s">
         <x:v>305</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>306</x:v>
       </x:c>
       <x:c r="I157" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J157" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K157" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L157" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>597925</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C158" s="15" t="s"/>
@@ -10830,143 +10830,143 @@
       <x:c r="R163" s="0" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>623482</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C164" s="15" t="s"/>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
-        <x:v>332</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="Q164" s="16" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="R164" s="14" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="S164" s="14" t="n">
+        <x:v>623480</x:v>
+      </x:c>
+      <x:c r="T164" s="16" t="s">
         <x:v>331</x:v>
       </x:c>
-      <x:c r="Q164" s="16" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>329</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>623480</x:v>
+        <x:v>614244</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>334</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>128</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
@@ -11247,51 +11247,51 @@
       <x:c r="L171" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>22301</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>614843</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -11779,112 +11779,112 @@
       <x:c r="K181" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>597956</x:v>
+        <x:v>597953</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>352</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>597953</x:v>
+        <x:v>597956</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>62</x:v>
@@ -12210,51 +12210,51 @@
       <x:c r="L189" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>22301</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>614824</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -12317,51 +12317,51 @@
       <x:c r="L191" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>22301</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>573327</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="C192" s="15" t="s"/>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
@@ -16416,159 +16416,160 @@
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>608979</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>394</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
-        <x:v>396</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
-        <x:v>396</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>565100</x:v>
+        <x:v>620516</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="H263" s="0" t="s">
+        <x:v>395</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
-        <x:v>422</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
-        <x:v>421</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>423</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>620516</x:v>
+        <x:v>565100</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s"/>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -16589,276 +16590,279 @@
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
         <x:v>597544</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
-        <x:v>425</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>591291</x:v>
+        <x:v>565098</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>427</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>428</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
-        <x:v>405</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="I266" s="16" t="s">
-        <x:v>407</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
-        <x:v>405</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
-        <x:v>407</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>565098</x:v>
+        <x:v>591291</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
+      <x:c r="E267" s="0" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="F267" s="0" t="s">
+        <x:v>430</x:v>
+      </x:c>
       <x:c r="G267" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="H267" s="0" t="s">
+        <x:v>432</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
-        <x:v>416</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>597547</x:v>
+        <x:v>583915</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
-      <x:c r="E268" s="14" t="s">
-[...4 lines deleted...]
-      </x:c>
+      <x:c r="E268" s="14" t="s"/>
+      <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
-        <x:v>433</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
-        <x:v>435</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
-        <x:v>425</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
-        <x:v>376</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>583915</x:v>
+        <x:v>597547</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>427</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
         <x:v>406</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
@@ -17167,78 +17171,78 @@
       <x:c r="R274" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>592929</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>38229</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
-        <x:v>429</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
-        <x:v>430</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>592930</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>38229</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
@@ -17486,60 +17490,60 @@
       <x:c r="J280" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>614255</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>334</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C281" s="3" t="s"/>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>29</x:v>
@@ -17650,117 +17654,117 @@
       <x:c r="J283" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>610931</x:v>
+        <x:v>623565</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C284" s="15" t="s"/>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I284" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>453</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>623565</x:v>
+        <x:v>610931</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>456</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C285" s="3" t="s"/>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="G285" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="H285" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>41</x:v>
@@ -17819,51 +17823,51 @@
       <x:c r="J286" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>614259</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="C287" s="3" t="s"/>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>410</x:v>
@@ -17983,51 +17987,51 @@
       <x:c r="J289" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>610935</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C290" s="15" t="s"/>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
@@ -18152,337 +18156,336 @@
       <x:c r="J292" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>610933</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C293" s="3" t="s"/>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
-        <x:v>394</x:v>
-[...2 lines deleted...]
-        <x:v>395</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="I293" s="4" t="s">
-        <x:v>396</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="J293" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K293" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
-        <x:v>396</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>623573</x:v>
+        <x:v>615144</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C294" s="15" t="s"/>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="H294" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I294" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>453</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>606220</x:v>
+        <x:v>614257</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C295" s="3" t="s"/>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>614257</x:v>
+        <x:v>623571</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>458</x:v>
+        <x:v>456</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C296" s="15" t="s"/>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>409</x:v>
-[...1 lines deleted...]
-      <x:c r="H296" s="14" t="s"/>
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="H296" s="14" t="s">
+        <x:v>395</x:v>
+      </x:c>
       <x:c r="I296" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
-        <x:v>455</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>615144</x:v>
+        <x:v>623573</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C297" s="3" t="s"/>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>623571</x:v>
+        <x:v>606220</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>456</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C298" s="15" t="s"/>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s"/>
       <x:c r="K298" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">