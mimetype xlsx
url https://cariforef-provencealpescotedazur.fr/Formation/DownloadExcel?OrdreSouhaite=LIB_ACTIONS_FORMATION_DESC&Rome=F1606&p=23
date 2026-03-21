--- v0 (2026-03-21)
+++ v1 (2026-03-21)
@@ -548,77 +548,77 @@
   <x:si>
     <x:t>10/07/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/07/2029 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitations électriques BS BE recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>Mblp Sécurité - Salamandre Formations - Antenne Vidauban</x:t>
   </x:si>
   <x:si>
     <x:t>83550</x:t>
   </x:si>
   <x:si>
     <x:t>Public sans emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Mesure électrique</x:t>
   </x:si>
   <x:si>
     <x:t>VIDAUBAN</x:t>
   </x:si>
   <x:si>
+    <x:t>04/21/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/21/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>11/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitations électriques BS - BE manoeuvre - H0V - Recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>Sécurité Manutention</x:t>
   </x:si>
   <x:si>
     <x:t>13670</x:t>
   </x:si>
   <x:si>
     <x:t>VERQUIERES</x:t>
   </x:si>
   <x:si>
     <x:t>04/29/2025 00:00:00</x:t>
@@ -977,59 +977,59 @@
   <x:si>
     <x:t>05/20/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/17/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/27/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitation électrique BS chargé d'intervention élémentaire, basse tension</x:t>
   </x:si>
   <x:si>
+    <x:t>Alpes Formations Conseils</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AFC</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/19/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Alpes Formations Conseils</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Institut Européen de Sécurité et de Comunication - Antenne Aubagne</x:t>
   </x:si>
   <x:si>
     <x:t>IESC</x:t>
   </x:si>
   <x:si>
     <x:t>11/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Mandyben</x:t>
   </x:si>
   <x:si>
     <x:t>13006</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 6e</x:t>
   </x:si>
   <x:si>
     <x:t>05/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/06/2026 00:00:00</x:t>
@@ -1040,77 +1040,89 @@
   <x:si>
     <x:t>83300</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de la fonction publique , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>DRAGUIGNAN</x:t>
   </x:si>
   <x:si>
     <x:t>05/18/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitation électrique BS - Recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitation électrique BS</x:t>
   </x:si>
   <x:si>
     <x:t>CAP peintre applicateur de revêtements (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Btp Cfa Provence Alpes Côte d'Azur</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Btp Cfa Provence Alpes Côte d'Azur - Arles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ARLES</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitation électrique B1V exécutant électricien, travaux au voisinage, basse tension, Habilitation électrique B2V chargé de travaux électriques au voisinage, basse tension, Habilitation électrique BC chargé de consignation, basse tension, Habilitation é</x:t>
   </x:si>
   <x:si>
     <x:t>Volt Work</x:t>
   </x:si>
   <x:si>
     <x:t>75011</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 8e</x:t>
   </x:si>
   <x:si>
+    <x:t>Arniaud Consulteam</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA SEYNE-SUR-MER</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Arniaud Consulteam</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Habilitation électrique B1V exécutant électricien, travaux au voisinage, basse tension - Recyclage</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitation électrique B1V exécutant électricien, travaux au voisinage, basse tension</x:t>
   </x:si>
   <x:si>
     <x:t>Habilitation électrique B1V</x:t>
   </x:si>
   <x:si>
     <x:t>Gypserie</x:t>
   </x:si>
   <x:si>
     <x:t>Enduit maçonnerie</x:t>
   </x:si>
   <x:si>
     <x:t>05/26/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/29/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formateur habilitation électrique, niveau non électricien B0 - BP - BS - BE manœuvre - H0 - H0V</x:t>
   </x:si>
   <x:si>
     <x:t>AIX - LES MILLES</x:t>
@@ -1157,146 +1169,134 @@
   <x:si>
     <x:t>10/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Enduits à la chaux</x:t>
   </x:si>
   <x:si>
     <x:t>10/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/23/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Drapes</x:t>
   </x:si>
   <x:si>
     <x:t>06/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Certificat de spécialisation peinture décoration (Apprentissage)</x:t>
   </x:si>
   <x:si>
-    <x:t>Btp Cfa Provence Alpes Côte d'Azur</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur - Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>Formation et Métier - Cfa Régional Formations Adaptées</x:t>
   </x:si>
   <x:si>
     <x:t>FM</x:t>
   </x:si>
   <x:si>
     <x:t>13090</x:t>
   </x:si>
   <x:si>
     <x:t>IME La Durance</x:t>
   </x:si>
   <x:si>
     <x:t>04160</x:t>
   </x:si>
   <x:si>
     <x:t>CHATEAU-ARNOUX</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Centre Régional de la Bourse du Travail - CFA Régional de la Bourse du Travail</x:t>
   </x:si>
   <x:si>
     <x:t>CFBT</x:t>
   </x:si>
   <x:si>
     <x:t>13001</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Btp Cfa Provence Alpes Côte d'Azur - Var</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83078</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA GARDE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Btp Cfa Provence Alpes Côte d'Azur - Avignon Florentin Mouret</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Btp Cfa Provence Alpes Côte d'Azur - Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Cma Formation Digne les Bains</x:t>
   </x:si>
   <x:si>
     <x:t>04000</x:t>
   </x:si>
   <x:si>
     <x:t>DIGNE LES BAINS</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2028 00:00:00</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>Formation et Métier - Cfa Régional Formations Adaptées - UFA Argimsa Sessad</x:t>
   </x:si>
   <x:si>
     <x:t>83340</x:t>
   </x:si>
   <x:si>
+    <x:t>08/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/01/2023 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>09/15/2024 00:00:00</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FIPAN</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Golf Hôtel</x:t>
   </x:si>
   <x:si>
     <x:t>83400</x:t>
   </x:si>
   <x:si>
     <x:t>HYERES</x:t>
   </x:si>
   <x:si>
     <x:t>Btp Cfa Provence Alpes Côte d'Azur - Antibes Max Fiorini</x:t>
   </x:si>
   <x:si>
     <x:t>06600</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES</x:t>
@@ -1331,99 +1331,99 @@
   <x:si>
     <x:t>06300</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>CAP peintre applicateur de revêtements</x:t>
   </x:si>
   <x:si>
     <x:t>LP Léon Chiris</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
     <x:t>LP R Caillié</x:t>
   </x:si>
   <x:si>
     <x:t>CAP Peintre applicateur de revêtements</x:t>
   </x:si>
   <x:si>
     <x:t>LP Vauban</x:t>
   </x:si>
   <x:si>
+    <x:t>EREA Paul Vincensini</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84964</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EREA P Vincensini</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE PONTET CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP St-Henri</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LP les Alpilles</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13140</x:t>
+  </x:si>
+  <x:si>
     <x:t>Association Départementale d'Etudes et de Formation</x:t>
   </x:si>
   <x:si>
     <x:t>ADEF</x:t>
   </x:si>
   <x:si>
     <x:t>09/22/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Conseil Régional</x:t>
   </x:si>
   <x:si>
     <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
   </x:si>
   <x:si>
     <x:t>Groupement d'Intérêt Public pour la Formation Continue et l'Insertion Professionnelle de l'Académie d'Aix-Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>GIP FCIP AIX-MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13857</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 1er</x:t>
-  </x:si>
-[...19 lines deleted...]
-    <x:t>LE PONTET CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>bac pro aménagement et finition du bâtiment</x:t>
   </x:si>
   <x:si>
     <x:t>Maçonnerie</x:t>
   </x:si>
   <x:si>
     <x:t>LP Domaine d'Eguilles</x:t>
   </x:si>
   <x:si>
     <x:t>84271</x:t>
   </x:si>
   <x:si>
     <x:t>VEDENE CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>LP Golf-Hôtel</x:t>
   </x:si>
   <x:si>
     <x:t>Agent de prévention et de sécurité + SSIAP 1 - diplôme d'agent de service + habilitations électriques BE - BS (POEC)</x:t>
   </x:si>
   <x:si>
     <x:t>France Travail</x:t>
   </x:si>
@@ -3062,541 +3062,541 @@
       </x:c>
       <x:c r="Q19" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R19" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S19" s="0" t="n">
         <x:v>585404</x:v>
       </x:c>
       <x:c r="T19" s="4" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U19" s="4" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:21">
       <x:c r="A20" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B20" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C20" s="15" t="n">
-        <x:v>37476</x:v>
+        <x:v>40696</x:v>
       </x:c>
       <x:c r="D20" s="15" t="s"/>
       <x:c r="E20" s="14" t="s"/>
       <x:c r="F20" s="14" t="s"/>
       <x:c r="G20" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H20" s="14" t="s"/>
       <x:c r="I20" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J20" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K20" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L20" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M20" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N20" s="15" t="n">
         <x:v>22480</x:v>
       </x:c>
       <x:c r="O20" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P20" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q20" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R20" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
-        <x:v>537547</x:v>
+        <x:v>585393</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
-        <x:v>66</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>40696</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>22480</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q21" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R21" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>585393</x:v>
+        <x:v>585398</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
-        <x:v>74</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>80</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>40696</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>22480</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>585398</x:v>
+        <x:v>585395</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>40696</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>22480</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>585395</x:v>
+        <x:v>585379</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>35</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>79</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>40696</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>22480</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>585379</x:v>
+        <x:v>585380</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>68</x:v>
+        <x:v>70</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>40696</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>22480</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>585380</x:v>
+        <x:v>585394</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>40696</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K26" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>22480</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>585394</x:v>
+        <x:v>585399</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>78</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C27" s="3" t="n">
         <x:v>40696</x:v>
       </x:c>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J27" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N27" s="3" t="n">
         <x:v>22480</x:v>
       </x:c>
       <x:c r="O27" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P27" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q27" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R27" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S27" s="0" t="n">
-        <x:v>585399</x:v>
+        <x:v>585402</x:v>
       </x:c>
       <x:c r="T27" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="U27" s="4" t="s">
-        <x:v>68</x:v>
+        <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:21">
       <x:c r="A28" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B28" s="14" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="C28" s="15" t="n">
-        <x:v>40696</x:v>
+        <x:v>37476</x:v>
       </x:c>
       <x:c r="D28" s="15" t="s"/>
       <x:c r="E28" s="14" t="s"/>
       <x:c r="F28" s="14" t="s"/>
       <x:c r="G28" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H28" s="14" t="s"/>
       <x:c r="I28" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="J28" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K28" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="L28" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M28" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N28" s="15" t="n">
         <x:v>22480</x:v>
       </x:c>
       <x:c r="O28" s="14" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="P28" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="Q28" s="16" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="R28" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="S28" s="14" t="n">
-        <x:v>585402</x:v>
+        <x:v>537547</x:v>
       </x:c>
       <x:c r="T28" s="16" t="s">
-        <x:v>81</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="U28" s="16" t="s">
-        <x:v>79</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:21">
       <x:c r="A29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C29" s="3" t="n">
         <x:v>35505</x:v>
       </x:c>
       <x:c r="D29" s="3" t="s"/>
       <x:c r="E29" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G29" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="I29" s="4" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="J29" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
@@ -4618,320 +4618,320 @@
       <x:c r="K48" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>24024</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>618911</x:v>
+        <x:v>618904</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="U48" s="16" t="s">
         <x:v>159</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C49" s="3" t="s"/>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I49" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J49" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K49" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>24024</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>618906</x:v>
+        <x:v>618907</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>131</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C50" s="15" t="s"/>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s"/>
       <x:c r="I50" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K50" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>24024</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>618908</x:v>
+        <x:v>618911</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="U50" s="16" t="s">
         <x:v>162</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C51" s="3" t="s"/>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
         <x:v>24024</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>618909</x:v>
+        <x:v>618906</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C52" s="15" t="s"/>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s"/>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
         <x:v>24024</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>618904</x:v>
+        <x:v>618908</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C53" s="3" t="s"/>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>24024</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>618907</x:v>
+        <x:v>618909</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="C54" s="15" t="s"/>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>141</x:v>
@@ -6447,51 +6447,51 @@
       <x:c r="L82" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M82" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N82" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O82" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P82" s="14" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="Q82" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R82" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S82" s="14" t="n">
         <x:v>623643</x:v>
       </x:c>
       <x:c r="T82" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U82" s="16" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:21">
       <x:c r="A83" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C83" s="3" t="s"/>
       <x:c r="D83" s="3" t="s"/>
       <x:c r="G83" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>239</x:v>
@@ -8165,54 +8165,54 @@
       <x:c r="L114" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M114" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N114" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O114" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P114" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q114" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R114" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S114" s="14" t="n">
         <x:v>597897</x:v>
       </x:c>
       <x:c r="T114" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U114" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:21">
       <x:c r="A115" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B115" s="0" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="C115" s="3" t="s"/>
       <x:c r="D115" s="3" t="s"/>
       <x:c r="G115" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I115" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J115" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K115" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L115" s="0" t="s">
         <x:v>62</x:v>
@@ -8596,51 +8596,51 @@
       <x:c r="M122" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N122" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O122" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P122" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q122" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R122" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S122" s="14" t="n">
         <x:v>605142</x:v>
       </x:c>
       <x:c r="T122" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U122" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:21">
       <x:c r="A123" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B123" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C123" s="3" t="s"/>
       <x:c r="D123" s="3" t="s"/>
       <x:c r="G123" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I123" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J123" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K123" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>62</x:v>
@@ -8703,51 +8703,51 @@
       <x:c r="M124" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
         <x:v>605147</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>167</x:v>
+        <x:v>160</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C125" s="3" t="s"/>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>62</x:v>
@@ -8914,54 +8914,54 @@
       <x:c r="L128" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
         <x:v>597875</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C129" s="3" t="s"/>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
         <x:v>62</x:v>
@@ -8969,51 +8969,51 @@
       <x:c r="M129" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
         <x:v>605146</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C130" s="15" t="s"/>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K130" s="14" t="s">
         <x:v>41</x:v>
@@ -9091,414 +9091,414 @@
       <x:c r="R131" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
         <x:v>597873</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
-        <x:v>92</x:v>
-[...1 lines deleted...]
-      <x:c r="H132" s="14" t="s"/>
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H132" s="14" t="s">
+        <x:v>303</x:v>
+      </x:c>
       <x:c r="I132" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="K132" s="14" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="K132" s="14" t="s"/>
       <x:c r="L132" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
-        <x:v>92</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>618080</x:v>
+        <x:v>613255</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>618081</x:v>
+        <x:v>618082</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
-        <x:v>303</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="K134" s="14" t="s"/>
+      <x:c r="K134" s="14" t="s">
+        <x:v>41</x:v>
+      </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>613255</x:v>
+        <x:v>618081</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J135" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>618082</x:v>
+        <x:v>618080</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>296</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>132</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
-        <x:v>305</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="H136" s="14" t="s"/>
       <x:c r="I136" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K136" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
-        <x:v>305</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
-        <x:v>93</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>96</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>597924</x:v>
+        <x:v>597866</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J137" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>597866</x:v>
+        <x:v>597872</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>292</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>289</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
-        <x:v>286</x:v>
-[...1 lines deleted...]
-      <x:c r="H138" s="14" t="s"/>
+        <x:v>305</x:v>
+      </x:c>
+      <x:c r="H138" s="14" t="s">
+        <x:v>306</x:v>
+      </x:c>
       <x:c r="I138" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K138" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L138" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M138" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N138" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O138" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P138" s="14" t="s">
-        <x:v>286</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="Q138" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R138" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="S138" s="14" t="n">
-        <x:v>597872</x:v>
+        <x:v>597924</x:v>
       </x:c>
       <x:c r="T138" s="16" t="s">
-        <x:v>288</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U138" s="16" t="s">
-        <x:v>289</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:21">
       <x:c r="A139" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B139" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C139" s="3" t="s"/>
       <x:c r="D139" s="3" t="s"/>
       <x:c r="G139" s="0" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I139" s="4" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J139" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K139" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L139" s="0" t="s">
         <x:v>29</x:v>
@@ -9558,54 +9558,54 @@
       <x:c r="L140" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M140" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N140" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O140" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P140" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q140" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R140" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S140" s="14" t="n">
         <x:v>605152</x:v>
       </x:c>
       <x:c r="T140" s="16" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U140" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:21">
       <x:c r="A141" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B141" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C141" s="3" t="s"/>
       <x:c r="D141" s="3" t="s"/>
       <x:c r="G141" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I141" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J141" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K141" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L141" s="0" t="s">
         <x:v>62</x:v>
@@ -9628,76 +9628,76 @@
       <x:c r="R141" s="0" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="S141" s="0" t="n">
         <x:v>597870</x:v>
       </x:c>
       <x:c r="T141" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="U141" s="4" t="s">
         <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:21">
       <x:c r="A142" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B142" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C142" s="15" t="s"/>
       <x:c r="D142" s="15" t="s"/>
       <x:c r="E142" s="14" t="s"/>
       <x:c r="F142" s="14" t="s"/>
       <x:c r="G142" s="14" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="H142" s="14" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="I142" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="J142" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K142" s="14" t="s"/>
       <x:c r="L142" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M142" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N142" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O142" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P142" s="14" t="s">
-        <x:v>303</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="Q142" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R142" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S142" s="14" t="n">
         <x:v>613257</x:v>
       </x:c>
       <x:c r="T142" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U142" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:21">
       <x:c r="A143" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B143" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C143" s="3" t="s"/>
@@ -9887,51 +9887,51 @@
       <x:c r="L146" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M146" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N146" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O146" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P146" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="Q146" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="R146" s="14" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="S146" s="14" t="n">
         <x:v>618077</x:v>
       </x:c>
       <x:c r="T146" s="16" t="s">
-        <x:v>166</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="U146" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:21">
       <x:c r="A147" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B147" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C147" s="3" t="s"/>
       <x:c r="D147" s="3" t="s"/>
       <x:c r="G147" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="I147" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="J147" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K147" s="0" t="s">
         <x:v>41</x:v>
@@ -9994,106 +9994,106 @@
       <x:c r="L148" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M148" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N148" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O148" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P148" s="14" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q148" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R148" s="14" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S148" s="14" t="n">
         <x:v>605149</x:v>
       </x:c>
       <x:c r="T148" s="16" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="U148" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:21">
       <x:c r="A149" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B149" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C149" s="3" t="s"/>
       <x:c r="D149" s="3" t="s"/>
       <x:c r="G149" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="I149" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="J149" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K149" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L149" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M149" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N149" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O149" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P149" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="Q149" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="R149" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S149" s="0" t="n">
         <x:v>605150</x:v>
       </x:c>
       <x:c r="T149" s="4" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="U149" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:21">
       <x:c r="A150" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B150" s="14" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C150" s="15" t="s"/>
       <x:c r="D150" s="15" t="s"/>
       <x:c r="E150" s="14" t="s"/>
       <x:c r="F150" s="14" t="s"/>
       <x:c r="G150" s="14" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="H150" s="14" t="s"/>
       <x:c r="I150" s="16" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="J150" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K150" s="14" t="s">
         <x:v>41</x:v>
@@ -10321,51 +10321,51 @@
       <x:c r="M154" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N154" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O154" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P154" s="14" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="Q154" s="16" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="R154" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S154" s="14" t="n">
         <x:v>623906</x:v>
       </x:c>
       <x:c r="T154" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U154" s="16" t="s">
-        <x:v>302</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:21">
       <x:c r="A155" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B155" s="0" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C155" s="3" t="s"/>
       <x:c r="D155" s="3" t="s"/>
       <x:c r="G155" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I155" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J155" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K155" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L155" s="0" t="s">
         <x:v>62</x:v>
@@ -10616,367 +10616,365 @@
         <x:v>599736</x:v>
       </x:c>
       <x:c r="T159" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U159" s="4" t="s">
         <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:21">
       <x:c r="A160" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B160" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C160" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D160" s="15" t="s"/>
       <x:c r="E160" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F160" s="14" t="s"/>
       <x:c r="G160" s="14" t="s">
-        <x:v>24</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="H160" s="14" t="s"/>
       <x:c r="I160" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="J160" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K160" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L160" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M160" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N160" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O160" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P160" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="Q160" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="R160" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="S160" s="14" t="n">
-        <x:v>552889</x:v>
+        <x:v>548238</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C161" s="3" t="s"/>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="G161" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
         <x:v>623479</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C162" s="15" t="s"/>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s"/>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
         <x:v>623481</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
         <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C163" s="3" t="s"/>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="G163" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>326</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
         <x:v>623482</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C164" s="15" t="s"/>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s"/>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>326</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>327</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>623480</x:v>
+        <x:v>614244</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>128</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C165" s="3" t="s"/>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="G165" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>614244</x:v>
+        <x:v>623480</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
-        <x:v>332</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="C166" s="15" t="s"/>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s"/>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H166" s="14" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="I166" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
         <x:v>30</x:v>
@@ -10989,51 +10987,51 @@
       </x:c>
       <x:c r="P166" s="14" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
         <x:v>590243</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C167" s="3" t="s"/>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="G167" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H167" s="0" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
@@ -11044,51 +11042,51 @@
       </x:c>
       <x:c r="P167" s="0" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
         <x:v>590242</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C168" s="15" t="s"/>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s"/>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
@@ -11099,51 +11097,51 @@
       </x:c>
       <x:c r="P168" s="14" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
         <x:v>609350</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C169" s="3" t="s"/>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="G169" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
@@ -11151,51 +11149,51 @@
       </x:c>
       <x:c r="P169" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
         <x:v>611924</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C170" s="15" t="s"/>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s"/>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="H170" s="14" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I170" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>30</x:v>
@@ -11208,1657 +11206,1657 @@
       </x:c>
       <x:c r="P170" s="14" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
         <x:v>600016</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C171" s="3" t="s"/>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="G171" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H171" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>22301</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
         <x:v>614843</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
-        <x:v>335</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C172" s="15" t="s"/>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s"/>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I172" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s"/>
       <x:c r="K172" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>22301</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
         <x:v>614842</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>337</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C173" s="3" t="s"/>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="G173" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
         <x:v>597946</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
         <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C174" s="15" t="s"/>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s"/>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>597947</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>319</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C175" s="3" t="s"/>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="G175" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
         <x:v>597948</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>345</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
-        <x:v>339</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C176" s="15" t="s"/>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s"/>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
         <x:v>597949</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>342</x:v>
+        <x:v>346</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C177" s="3" t="s"/>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="G177" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
         <x:v>597971</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
-        <x:v>343</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C178" s="15" t="s"/>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s"/>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s"/>
       <x:c r="I178" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
         <x:v>597972</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>344</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>345</x:v>
+        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="C179" s="3" t="s"/>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="G179" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
         <x:v>597973</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C180" s="15" t="s"/>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>597956</x:v>
+        <x:v>597955</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>348</x:v>
+        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C181" s="3" t="s"/>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>597953</x:v>
+        <x:v>597956</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
-        <x:v>347</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C182" s="15" t="s"/>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>597955</x:v>
+        <x:v>597953</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>189</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>80</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="C183" s="3" t="s"/>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
         <x:v>597954</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
-        <x:v>349</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C184" s="15" t="s"/>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J184" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K184" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
         <x:v>597967</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
-        <x:v>344</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="U184" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C185" s="3" t="s"/>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
         <x:v>597965</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
-        <x:v>349</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C186" s="15" t="s"/>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J186" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K186" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L186" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M186" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N186" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O186" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P186" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q186" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R186" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="S186" s="14" t="n">
         <x:v>597966</x:v>
       </x:c>
       <x:c r="T186" s="16" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="U186" s="16" t="s">
         <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:21">
       <x:c r="A187" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B187" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C187" s="3" t="s"/>
       <x:c r="D187" s="3" t="s"/>
       <x:c r="G187" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="I187" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J187" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K187" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
         <x:v>597968</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
-        <x:v>348</x:v>
+        <x:v>352</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
-        <x:v>350</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C188" s="15" t="s"/>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I188" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s"/>
       <x:c r="K188" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>45501</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
         <x:v>614833</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>346</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
         <x:v>79</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="C189" s="3" t="s"/>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H189" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>22301</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
         <x:v>614824</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="C190" s="15" t="s"/>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I190" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s"/>
       <x:c r="K190" s="14" t="s">
-        <x:v>352</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>22301</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
         <x:v>573326</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
-        <x:v>351</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="C191" s="3" t="s"/>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="G191" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I191" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K191" s="0" t="s">
-        <x:v>352</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="L191" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M191" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N191" s="3" t="n">
         <x:v>22301</x:v>
       </x:c>
       <x:c r="O191" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="P191" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q191" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R191" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S191" s="0" t="n">
         <x:v>573327</x:v>
       </x:c>
       <x:c r="T191" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="U191" s="4" t="s">
         <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:21">
       <x:c r="A192" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B192" s="14" t="s">
-        <x:v>351</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="C192" s="15" t="s"/>
       <x:c r="D192" s="15" t="s"/>
       <x:c r="E192" s="14" t="s"/>
       <x:c r="F192" s="14" t="s"/>
       <x:c r="G192" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H192" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I192" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J192" s="14" t="s"/>
       <x:c r="K192" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L192" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M192" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N192" s="15" t="n">
         <x:v>22301</x:v>
       </x:c>
       <x:c r="O192" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="P192" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q192" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R192" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S192" s="14" t="n">
         <x:v>614820</x:v>
       </x:c>
       <x:c r="T192" s="16" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="U192" s="16" t="s">
         <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:21">
       <x:c r="A193" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B193" s="0" t="s">
-        <x:v>353</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C193" s="3" t="s"/>
       <x:c r="D193" s="3" t="s"/>
       <x:c r="G193" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H193" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I193" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K193" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L193" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M193" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N193" s="3" t="n">
         <x:v>22301</x:v>
       </x:c>
       <x:c r="O193" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="P193" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q193" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R193" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S193" s="0" t="n">
         <x:v>573316</x:v>
       </x:c>
       <x:c r="T193" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="U193" s="4" t="s">
         <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:21">
       <x:c r="A194" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B194" s="14" t="s">
-        <x:v>353</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="C194" s="15" t="s"/>
       <x:c r="D194" s="15" t="s"/>
       <x:c r="E194" s="14" t="s"/>
       <x:c r="F194" s="14" t="s"/>
       <x:c r="G194" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H194" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I194" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J194" s="14" t="s"/>
       <x:c r="K194" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L194" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M194" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N194" s="15" t="n">
         <x:v>22301</x:v>
       </x:c>
       <x:c r="O194" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="P194" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q194" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R194" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S194" s="14" t="n">
         <x:v>573317</x:v>
       </x:c>
       <x:c r="T194" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="U194" s="16" t="s">
-        <x:v>354</x:v>
+        <x:v>358</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:21">
       <x:c r="A195" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B195" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C195" s="3" t="s"/>
       <x:c r="D195" s="3" t="s"/>
       <x:c r="G195" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H195" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I195" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K195" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L195" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M195" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N195" s="3" t="n">
         <x:v>22301</x:v>
       </x:c>
       <x:c r="O195" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="P195" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q195" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R195" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S195" s="0" t="n">
         <x:v>573315</x:v>
       </x:c>
       <x:c r="T195" s="4" t="s">
-        <x:v>356</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="U195" s="4" t="s">
-        <x:v>357</x:v>
+        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:21">
       <x:c r="A196" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B196" s="14" t="s">
-        <x:v>355</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C196" s="15" t="s"/>
       <x:c r="D196" s="15" t="s"/>
       <x:c r="E196" s="14" t="s"/>
       <x:c r="F196" s="14" t="s"/>
       <x:c r="G196" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H196" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I196" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J196" s="14" t="s"/>
       <x:c r="K196" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L196" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>22301</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>573314</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
-        <x:v>358</x:v>
+        <x:v>362</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
-        <x:v>355</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C197" s="3" t="s"/>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="G197" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H197" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="K197" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L197" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>22301</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>573313</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>121</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
-        <x:v>359</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="C198" s="15" t="s"/>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s"/>
       <x:c r="K198" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>45501</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
         <x:v>573318</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>360</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
         <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>38711</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="E199" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G199" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>22301</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
         <x:v>604044</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
-        <x:v>361</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>38711</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s"/>
       <x:c r="I200" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L200" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>22301</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
-        <x:v>336</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>548393</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H201" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -12893,2332 +12891,2339 @@
         <x:v>552890</x:v>
       </x:c>
       <x:c r="T201" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U201" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:21">
       <x:c r="A202" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B202" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C202" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D202" s="15" t="s"/>
       <x:c r="E202" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F202" s="14" t="s"/>
       <x:c r="G202" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="H202" s="14" t="s">
-        <x:v>365</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="I202" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="J202" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K202" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L202" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M202" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N202" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O202" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P202" s="14" t="s">
-        <x:v>367</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="Q202" s="16" t="s">
-        <x:v>368</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="R202" s="14" t="s">
-        <x:v>369</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S202" s="14" t="n">
         <x:v>548833</x:v>
       </x:c>
       <x:c r="T202" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U202" s="16" t="s">
-        <x:v>370</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:21">
       <x:c r="A203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B203" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C203" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D203" s="3" t="s"/>
       <x:c r="E203" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G203" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="H203" s="0" t="s">
-        <x:v>372</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="I203" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="J203" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K203" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L203" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M203" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N203" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O203" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P203" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="Q203" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="R203" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="S203" s="0" t="n">
-        <x:v>547111</x:v>
+        <x:v>600513</x:v>
       </x:c>
       <x:c r="T203" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U203" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:21">
       <x:c r="A204" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B204" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C204" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D204" s="15" t="s"/>
       <x:c r="E204" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F204" s="14" t="s"/>
       <x:c r="G204" s="14" t="s">
-        <x:v>24</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="H204" s="14" t="s"/>
       <x:c r="I204" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="J204" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K204" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L204" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M204" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N204" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O204" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P204" s="14" t="s">
-        <x:v>375</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="Q204" s="16" t="s">
-        <x:v>376</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="R204" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="S204" s="14" t="n">
-        <x:v>604764</x:v>
+        <x:v>548340</x:v>
       </x:c>
       <x:c r="T204" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U204" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:21">
       <x:c r="A205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B205" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C205" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D205" s="3" t="s"/>
       <x:c r="E205" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G205" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="I205" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J205" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K205" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L205" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M205" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N205" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O205" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P205" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="Q205" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
-        <x:v>548239</x:v>
+        <x:v>603390</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s"/>
       <x:c r="I206" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>383</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>604009</x:v>
+        <x:v>603293</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>603174</x:v>
+        <x:v>503203</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
-        <x:v>364</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="H208" s="14" t="s"/>
       <x:c r="I208" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="J208" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K208" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
-        <x:v>387</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
-        <x:v>258</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>455021</x:v>
+        <x:v>503435</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>388</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="E209" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G209" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H209" s="0" t="s">
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L209" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M209" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N209" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O209" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P209" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="Q209" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="R209" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="S209" s="0" t="n">
-        <x:v>548427</x:v>
+        <x:v>552818</x:v>
       </x:c>
       <x:c r="T209" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U209" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:21">
       <x:c r="A210" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B210" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C210" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D210" s="15" t="s"/>
       <x:c r="E210" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F210" s="14" t="s"/>
       <x:c r="G210" s="14" t="s">
-        <x:v>362</x:v>
-[...1 lines deleted...]
-      <x:c r="H210" s="14" t="s"/>
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="H210" s="14" t="s">
+        <x:v>368</x:v>
+      </x:c>
       <x:c r="I210" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="J210" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K210" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L210" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M210" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N210" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O210" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P210" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="Q210" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="R210" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S210" s="14" t="n">
-        <x:v>503648</x:v>
+        <x:v>548829</x:v>
       </x:c>
       <x:c r="T210" s="16" t="s">
-        <x:v>390</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U210" s="16" t="s">
-        <x:v>391</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:21">
       <x:c r="A211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B211" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C211" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D211" s="3" t="s"/>
       <x:c r="E211" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G211" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="H211" s="0" t="s">
+        <x:v>368</x:v>
       </x:c>
       <x:c r="I211" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="J211" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K211" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L211" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M211" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N211" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O211" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P211" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="Q211" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="R211" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="S211" s="0" t="n">
-        <x:v>603389</x:v>
+        <x:v>548830</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H212" s="14" t="s">
-        <x:v>372</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I212" s="16" t="s">
-        <x:v>373</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>373</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>600513</x:v>
+        <x:v>604249</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="E213" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="H213" s="0" t="s">
+        <x:v>368</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>548340</x:v>
+        <x:v>498619</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>362</x:v>
-[...1 lines deleted...]
-      <x:c r="H214" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H214" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="I214" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>603390</x:v>
+        <x:v>604763</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="E215" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>503203</x:v>
+        <x:v>604010</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>392</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>88</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>503435</x:v>
+        <x:v>603175</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>390</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
-        <x:v>391</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="E217" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="H217" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>552818</x:v>
+        <x:v>455021</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>364</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>548829</x:v>
+        <x:v>548427</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>370</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="E219" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
-        <x:v>364</x:v>
-[...2 lines deleted...]
-        <x:v>365</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>548830</x:v>
+        <x:v>503648</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
-        <x:v>370</x:v>
+        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>24</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
-        <x:v>113</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>604249</x:v>
+        <x:v>603389</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="E221" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="H221" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>367</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>368</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>498619</x:v>
+        <x:v>547111</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I222" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>375</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>376</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>377</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>604763</x:v>
+        <x:v>604764</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="E223" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>379</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>380</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>548238</x:v>
+        <x:v>548239</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
-        <x:v>383</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>604010</x:v>
+        <x:v>604009</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="E225" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>603175</x:v>
+        <x:v>603174</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>362</x:v>
-[...1 lines deleted...]
-      <x:c r="H226" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H226" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="I226" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>380</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>603293</x:v>
+        <x:v>502339</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="E227" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
-        <x:v>26</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>375</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>377</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>502339</x:v>
+        <x:v>611538</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>53</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>394</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
-        <x:v>396</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>397</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>611538</x:v>
+        <x:v>548391</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>548391</x:v>
+        <x:v>603294</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
-        <x:v>380</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>603294</x:v>
+        <x:v>548286</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="E231" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="H231" s="0" t="s">
+        <x:v>368</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="Q231" s="4" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="R231" s="0" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="S231" s="0" t="n">
+        <x:v>455023</x:v>
+      </x:c>
+      <x:c r="T231" s="4" t="s">
         <x:v>392</x:v>
       </x:c>
-      <x:c r="Q231" s="4" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
-        <x:v>364</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
-        <x:v>367</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
-        <x:v>368</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>369</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>455023</x:v>
+        <x:v>503570</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>388</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="E233" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="H233" s="0" t="s">
+        <x:v>368</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>382</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>383</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>503570</x:v>
+        <x:v>498607</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
         <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
-        <x:v>364</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="H234" s="14" t="s"/>
       <x:c r="I234" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>205</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>498607</x:v>
+        <x:v>548213</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>393</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="E235" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>401</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>548213</x:v>
+        <x:v>503728</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="H236" s="14" t="s"/>
       <x:c r="I236" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>379</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
-        <x:v>380</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>381</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>503728</x:v>
+        <x:v>604017</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
-        <x:v>390</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>391</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="E237" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>604017</x:v>
+        <x:v>604019</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
-        <x:v>362</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>363</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>40</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>604019</x:v>
+        <x:v>603191</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="E239" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="H239" s="0" t="s">
+        <x:v>375</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
-        <x:v>287</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>401</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>603191</x:v>
+        <x:v>498734</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="H240" s="14" t="s">
-        <x:v>372</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="I240" s="16" t="s">
-        <x:v>373</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>371</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>373</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>374</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>498734</x:v>
+        <x:v>604248</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="E241" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="H241" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -15228,755 +15233,755 @@
       <x:c r="K241" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>604248</x:v>
+        <x:v>502075</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
-        <x:v>378</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
-        <x:v>24</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="H242" s="14" t="s"/>
       <x:c r="I242" s="16" t="s">
-        <x:v>26</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
-        <x:v>32</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>502075</x:v>
+        <x:v>548287</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>392</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
-        <x:v>87</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>548287</x:v>
+        <x:v>548339</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
-        <x:v>362</x:v>
-[...1 lines deleted...]
-      <x:c r="H244" s="14" t="s"/>
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="H244" s="14" t="s">
+        <x:v>368</x:v>
+      </x:c>
       <x:c r="I244" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
-        <x:v>382</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>383</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>548339</x:v>
+        <x:v>455020</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>55</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>323</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="E245" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="H245" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>455020</x:v>
+        <x:v>455022</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>388</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>389</x:v>
+        <x:v>393</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="H246" s="14" t="s">
-        <x:v>365</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="I246" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>455022</x:v>
+        <x:v>548832</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>388</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>389</x:v>
+        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="H247" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>403</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
-        <x:v>33</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>548832</x:v>
+        <x:v>609385</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>370</x:v>
+        <x:v>404</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
-        <x:v>364</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s">
-        <x:v>365</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="I248" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
-        <x:v>386</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>387</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>609385</x:v>
+        <x:v>498611</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>404</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="E249" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
-        <x:v>364</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="H249" s="0" t="s">
-        <x:v>365</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
-        <x:v>366</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
-        <x:v>387</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>498611</x:v>
+        <x:v>498615</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>391</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
-        <x:v>364</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
-        <x:v>366</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
-        <x:v>403</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
-        <x:v>33</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>498615</x:v>
+        <x:v>503296</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
-        <x:v>53</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>393</x:v>
+        <x:v>385</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="E251" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
-        <x:v>400</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
-        <x:v>401</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>402</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>503296</x:v>
+        <x:v>548428</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
-        <x:v>390</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
-        <x:v>391</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
-        <x:v>362</x:v>
-[...1 lines deleted...]
-      <x:c r="H252" s="14" t="s"/>
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="H252" s="14" t="s">
+        <x:v>25</x:v>
+      </x:c>
       <x:c r="I252" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
-        <x:v>385</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
-        <x:v>287</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>340</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>548428</x:v>
+        <x:v>552889</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="E253" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
-        <x:v>362</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
-        <x:v>363</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
         <x:v>604018</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
@@ -16423,255 +16428,246 @@
       </x:c>
       <x:c r="S261" s="0" t="n">
         <x:v>608979</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s"/>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>405</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s">
-        <x:v>406</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="I262" s="16" t="s">
-        <x:v>407</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>405</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
-        <x:v>407</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>43</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>565098</x:v>
+        <x:v>565100</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="G263" s="0" t="s">
         <x:v>420</x:v>
       </x:c>
-      <x:c r="H263" s="0" t="s">
+      <x:c r="I263" s="4" t="s">
         <x:v>421</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>373</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
-        <x:v>420</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
-        <x:v>373</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>374</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>591291</x:v>
+        <x:v>620516</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>422</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>423</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
-        <x:v>37</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
-      <x:c r="E264" s="14" t="s">
+      <x:c r="E264" s="14" t="s"/>
+      <x:c r="F264" s="14" t="s"/>
+      <x:c r="G264" s="14" t="s">
         <x:v>424</x:v>
       </x:c>
-      <x:c r="F264" s="14" t="s">
-[...7 lines deleted...]
-      </x:c>
+      <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
-        <x:v>428</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
-        <x:v>134</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
-        <x:v>420</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
-        <x:v>373</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>583915</x:v>
+        <x:v>597544</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>422</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>423</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>597547</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
@@ -16692,390 +16688,398 @@
       <x:c r="K266" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>405</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>407</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>558621</x:v>
+        <x:v>565098</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="H267" s="0" t="s">
-        <x:v>406</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
-        <x:v>405</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
-        <x:v>407</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>552667</x:v>
+        <x:v>591291</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
-        <x:v>55</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>36</x:v>
+        <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
-        <x:v>413</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
-      <x:c r="E268" s="14" t="s"/>
-      <x:c r="F268" s="14" t="s"/>
+      <x:c r="E268" s="14" t="s">
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="F268" s="14" t="s">
+        <x:v>432</x:v>
+      </x:c>
       <x:c r="G268" s="14" t="s">
-        <x:v>432</x:v>
-[...1 lines deleted...]
-      <x:c r="H268" s="14" t="s"/>
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="H268" s="14" t="s">
+        <x:v>434</x:v>
+      </x:c>
       <x:c r="I268" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
-        <x:v>432</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
-        <x:v>250</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>231</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>597544</x:v>
+        <x:v>583915</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>430</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="G269" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="H269" s="0" t="s">
-        <x:v>395</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
-        <x:v>396</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
-        <x:v>396</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>399</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>565100</x:v>
+        <x:v>558621</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
-        <x:v>413</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>39036</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
-        <x:v>433</x:v>
-[...1 lines deleted...]
-      <x:c r="H270" s="14" t="s"/>
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="H270" s="14" t="s">
+        <x:v>406</x:v>
+      </x:c>
       <x:c r="I270" s="16" t="s">
-        <x:v>434</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>22472</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
-        <x:v>434</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>436</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>620516</x:v>
+        <x:v>552667</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>378</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>38229</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
-        <x:v>417</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
-        <x:v>40</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>592932</x:v>
+        <x:v>592934</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>38229</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
-        <x:v>415</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
-        <x:v>415</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
-        <x:v>216</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>217</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>592934</x:v>
+        <x:v>592932</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>38229</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="G273" s="0" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
@@ -17163,78 +17167,78 @@
       <x:c r="R274" s="14" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
         <x:v>592929</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
         <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>38229</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="G275" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>22334</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
-        <x:v>430</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
-        <x:v>431</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
         <x:v>592930</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>38229</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
@@ -17431,111 +17435,111 @@
       <x:c r="L279" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>623566</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C280" s="15" t="s"/>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s"/>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I280" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
         <x:v>614255</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>328</x:v>
+        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C281" s="3" t="s"/>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="G281" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
         <x:v>29</x:v>
@@ -17646,60 +17650,60 @@
       <x:c r="J283" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>623563</x:v>
+        <x:v>610931</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="C284" s="15" t="s"/>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s"/>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="H284" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I284" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
@@ -17758,108 +17762,108 @@
       <x:c r="J285" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K285" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L285" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
-        <x:v>610931</x:v>
+        <x:v>623563</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>143</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="C286" s="15" t="s"/>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s"/>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I286" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>614259</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="C287" s="3" t="s"/>
       <x:c r="D287" s="3" t="s"/>
       <x:c r="G287" s="0" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>410</x:v>
@@ -17979,51 +17983,51 @@
       <x:c r="J289" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>610935</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C290" s="15" t="s"/>
       <x:c r="D290" s="15" t="s"/>
       <x:c r="E290" s="14" t="s"/>
       <x:c r="F290" s="14" t="s"/>
       <x:c r="G290" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
@@ -18097,102 +18101,102 @@
       <x:c r="L291" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M291" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N291" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O291" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P291" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q291" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R291" s="0" t="s">
         <x:v>460</x:v>
       </x:c>
       <x:c r="S291" s="0" t="n">
         <x:v>621830</x:v>
       </x:c>
       <x:c r="T291" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="U291" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:21">
       <x:c r="A292" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B292" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C292" s="15" t="s"/>
       <x:c r="D292" s="15" t="s"/>
       <x:c r="E292" s="14" t="s"/>
       <x:c r="F292" s="14" t="s"/>
       <x:c r="G292" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="H292" s="14" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I292" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J292" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K292" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L292" s="14" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M292" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N292" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O292" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P292" s="14" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q292" s="16" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R292" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="S292" s="14" t="n">
         <x:v>610933</x:v>
       </x:c>
       <x:c r="T292" s="16" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="U292" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:21">
       <x:c r="A293" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B293" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C293" s="3" t="s"/>
       <x:c r="D293" s="3" t="s"/>
       <x:c r="G293" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="H293" s="0" t="s">
         <x:v>395</x:v>
@@ -18206,224 +18210,224 @@
       <x:c r="K293" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L293" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M293" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N293" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O293" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P293" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q293" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R293" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="S293" s="0" t="n">
-        <x:v>606220</x:v>
+        <x:v>623573</x:v>
       </x:c>
       <x:c r="T293" s="4" t="s">
-        <x:v>120</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="U293" s="4" t="s">
-        <x:v>89</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:21">
       <x:c r="A294" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B294" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C294" s="15" t="s"/>
       <x:c r="D294" s="15" t="s"/>
       <x:c r="E294" s="14" t="s"/>
       <x:c r="F294" s="14" t="s"/>
       <x:c r="G294" s="14" t="s">
-        <x:v>409</x:v>
-[...1 lines deleted...]
-      <x:c r="H294" s="14" t="s"/>
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="H294" s="14" t="s">
+        <x:v>395</x:v>
+      </x:c>
       <x:c r="I294" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="J294" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K294" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L294" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="M294" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N294" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
-        <x:v>409</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
-        <x:v>410</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
-        <x:v>455</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
-        <x:v>615144</x:v>
+        <x:v>606220</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
-        <x:v>143</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C295" s="3" t="s"/>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="H295" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>453</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>623573</x:v>
+        <x:v>614257</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>338</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>454</x:v>
+        <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C296" s="15" t="s"/>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>394</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
-        <x:v>396</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
-        <x:v>62</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>24049</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>394</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
-        <x:v>396</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
-        <x:v>331</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>614257</x:v>
+        <x:v>615144</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>458</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>459</x:v>
       </x:c>
       <x:c r="C297" s="3" t="s"/>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
         <x:v>394</x:v>
       </x:c>
       <x:c r="H297" s="0" t="s">
         <x:v>395</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
         <x:v>396</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>41</x:v>