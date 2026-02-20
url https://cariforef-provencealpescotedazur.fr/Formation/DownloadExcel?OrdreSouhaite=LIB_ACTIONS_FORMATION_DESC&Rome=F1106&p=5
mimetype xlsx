--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -5171,109 +5171,109 @@
         <x:v>171</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s"/>
       <x:c r="K54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>176</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>610410</x:v>
+        <x:v>591511</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
-        <x:v>181</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="C55" s="3" t="s"/>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="I55" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="K55" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L55" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>22054</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
-        <x:v>591511</x:v>
+        <x:v>610410</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
-        <x:v>178</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>39180</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s"/>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="I56" s="16" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="J56" s="14" t="s">
@@ -13456,150 +13456,150 @@
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>513346</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
         <x:v>440</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
         <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>35802</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I198" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K198" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L198" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M198" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N198" s="15" t="n">
         <x:v>22230</x:v>
       </x:c>
       <x:c r="O198" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="P198" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q198" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R198" s="14" t="s">
-        <x:v>213</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S198" s="14" t="n">
-        <x:v>507632</x:v>
+        <x:v>543672</x:v>
       </x:c>
       <x:c r="T198" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U198" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:21">
       <x:c r="A199" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B199" s="0" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C199" s="3" t="n">
         <x:v>35802</x:v>
       </x:c>
       <x:c r="D199" s="3" t="s"/>
       <x:c r="G199" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H199" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I199" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J199" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K199" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L199" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M199" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N199" s="3" t="n">
         <x:v>22230</x:v>
       </x:c>
       <x:c r="O199" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="P199" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q199" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R199" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="S199" s="0" t="n">
-        <x:v>543672</x:v>
+        <x:v>507632</x:v>
       </x:c>
       <x:c r="T199" s="4" t="s">
-        <x:v>102</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U199" s="4" t="s">
-        <x:v>219</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:21">
       <x:c r="A200" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B200" s="14" t="s">
         <x:v>453</x:v>
       </x:c>
       <x:c r="C200" s="15" t="n">
         <x:v>35802</x:v>
       </x:c>
       <x:c r="D200" s="15" t="s"/>
       <x:c r="E200" s="14" t="s"/>
       <x:c r="F200" s="14" t="s"/>
       <x:c r="G200" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H200" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I200" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J200" s="14" t="s">
@@ -13927,161 +13927,161 @@
       </x:c>
       <x:c r="Q205" s="4" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="R205" s="0" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="S205" s="0" t="n">
         <x:v>511040</x:v>
       </x:c>
       <x:c r="T205" s="4" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="U205" s="4" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:21">
       <x:c r="A206" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B206" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="C206" s="15" t="n">
-        <x:v>35802</x:v>
+        <x:v>41826</x:v>
       </x:c>
       <x:c r="D206" s="15" t="s"/>
       <x:c r="E206" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F206" s="14" t="s"/>
       <x:c r="G206" s="14" t="s">
-        <x:v>98</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H206" s="14" t="s">
-        <x:v>99</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I206" s="16" t="s">
-        <x:v>100</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="J206" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K206" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L206" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M206" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N206" s="15" t="n">
         <x:v>22230</x:v>
       </x:c>
       <x:c r="O206" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="P206" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="Q206" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="R206" s="14" t="s">
-        <x:v>73</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="S206" s="14" t="n">
-        <x:v>547712</x:v>
+        <x:v>609216</x:v>
       </x:c>
       <x:c r="T206" s="16" t="s">
-        <x:v>102</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U206" s="16" t="s">
-        <x:v>219</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:21">
       <x:c r="A207" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B207" s="0" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="C207" s="3" t="n">
-        <x:v>41826</x:v>
+        <x:v>35802</x:v>
       </x:c>
       <x:c r="D207" s="3" t="s"/>
       <x:c r="E207" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G207" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H207" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I207" s="4" t="s">
-        <x:v>91</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J207" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K207" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L207" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M207" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N207" s="3" t="n">
         <x:v>22230</x:v>
       </x:c>
       <x:c r="O207" s="0" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="P207" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="Q207" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="R207" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S207" s="0" t="n">
-        <x:v>609216</x:v>
+        <x:v>515642</x:v>
       </x:c>
       <x:c r="T207" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="U207" s="4" t="s">
-        <x:v>77</x:v>
+        <x:v>412</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:21">
       <x:c r="A208" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B208" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="C208" s="15" t="n">
         <x:v>35802</x:v>
       </x:c>
       <x:c r="D208" s="15" t="s"/>
       <x:c r="E208" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F208" s="14" t="s"/>
       <x:c r="G208" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H208" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="I208" s="16" t="s">
         <x:v>100</x:v>
@@ -14092,57 +14092,57 @@
       <x:c r="K208" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L208" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M208" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N208" s="15" t="n">
         <x:v>22230</x:v>
       </x:c>
       <x:c r="O208" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="P208" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="Q208" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="R208" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="S208" s="14" t="n">
-        <x:v>515642</x:v>
+        <x:v>547712</x:v>
       </x:c>
       <x:c r="T208" s="16" t="s">
-        <x:v>440</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="U208" s="16" t="s">
-        <x:v>412</x:v>
+        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:21">
       <x:c r="A209" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B209" s="0" t="s">
         <x:v>456</x:v>
       </x:c>
       <x:c r="C209" s="3" t="n">
         <x:v>35802</x:v>
       </x:c>
       <x:c r="D209" s="3" t="s"/>
       <x:c r="G209" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="I209" s="4" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="J209" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K209" s="0" t="s">
         <x:v>147</x:v>
       </x:c>
@@ -15787,119 +15787,119 @@
       <x:c r="G237" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>463</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
-        <x:v>258</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>564868</x:v>
+        <x:v>547560</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>479</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>480</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>481</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>547560</x:v>
+        <x:v>564868</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="E239" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
@@ -17355,176 +17355,176 @@
       <x:c r="J264" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>462</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>606237</x:v>
+        <x:v>564376</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>77</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="G265" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>554008</x:v>
+        <x:v>606237</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>66</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s"/>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="H266" s="14" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="I266" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>209</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>211</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>564376</x:v>
+        <x:v>554008</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>87</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>46</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="G267" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
@@ -17667,144 +17667,144 @@
       </x:c>
       <x:c r="S269" s="0" t="n">
         <x:v>550634</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s"/>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s">
-        <x:v>210</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="I270" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
-        <x:v>209</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
-        <x:v>211</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>466</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>557461</x:v>
+        <x:v>564385</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="G271" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H271" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>22499</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>458</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
-        <x:v>100</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>564385</x:v>
+        <x:v>557461</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
         <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>38361</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s"/>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s">