--- v0 (2025-12-19)
+++ v1 (2026-02-19)
@@ -194,86 +194,86 @@
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Master mention sciences de la Terre et des planètes, environnement parcours géologie des ressources et des territoires</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
   </x:si>
   <x:si>
     <x:t>master mention sciences de la Terre et des planètes, environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Université Côte d'Azur</x:t>
   </x:si>
   <x:si>
     <x:t>06103</x:t>
   </x:si>
   <x:si>
     <x:t>Public de la formation initiale</x:t>
   </x:si>
   <x:si>
+    <x:t>BIOT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2026 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 13</x:t>
   </x:si>
   <x:si>
     <x:t>UNIVERSITE D'AIX MARSEILLE</x:t>
   </x:si>
   <x:si>
     <x:t>13288</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 09</x:t>
   </x:si>
   <x:si>
     <x:t>13013</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 03</x:t>
   </x:si>
   <x:si>
-    <x:t>BIOT</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Licence pro mention métiers de la protection et de la gestion de l'environnement parcours éco-RSE : responsabilité sociétale des entreprises</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences de la terre</x:t>
   </x:si>
   <x:si>
     <x:t>Aix Marseille Université - Faculté des Sciences</x:t>
   </x:si>
   <x:si>
     <x:t>13003</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE-13e</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la terre parcours terre</x:t>
   </x:si>
   <x:si>
     <x:t>Sciences naturelles</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la terre parcours sciences biologiques et géologiques</x:t>
@@ -284,81 +284,81 @@
   <x:si>
     <x:t>Licence mention sciences de la vie et de la Terre parcours métiers de technicien géologue</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la terre parcours mer</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la terre parcours Homme et environnement</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la terre parcours environnement, pollutions et milieux</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la Terre parcours biodiversité et écologie</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention sciences de la vie et de la terre mention sciences de la vie et de la terre parcours CUPGE « Agro-Véto »</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention sciences de la vie et de la Terre</x:t>
   </x:si>
   <x:si>
+    <x:t>formation mixte</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AIX EN PROVENCE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/30/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Avignon Université</x:t>
   </x:si>
   <x:si>
     <x:t>84029</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON UNIVERSITE</x:t>
   </x:si>
   <x:si>
     <x:t>84916</x:t>
   </x:si>
   <x:si>
     <x:t>AVIGNON CEDEX 09</x:t>
   </x:si>
   <x:si>
-    <x:t>06/30/2029 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>13397</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 20</x:t>
-  </x:si>
-[...4 lines deleted...]
-    <x:t>AIX EN PROVENCE</x:t>
   </x:si>
   <x:si>
     <x:t>licence mention sciences de la Terre</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 2</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire biologie, chimie, physique et sciences de la Terre, 2e année</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Thiers</x:t>
   </x:si>
   <x:si>
     <x:t>13232</x:t>
   </x:si>
   <x:si>
     <x:t>Géophysique</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2027 00:00:00</x:t>
   </x:si>
@@ -1113,384 +1113,384 @@
       <x:c r="K4" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>592220</x:v>
+        <x:v>592218</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C5" s="3" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J5" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K5" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
+        <x:v>38</x:v>
+      </x:c>
+      <x:c r="Q5" s="4" t="s">
+        <x:v>39</x:v>
+      </x:c>
+      <x:c r="R5" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
-      <x:c r="Q5" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>592222</x:v>
+        <x:v>592219</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C6" s="15" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s"/>
       <x:c r="I6" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="J6" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K6" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L6" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M6" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N6" s="15" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O6" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P6" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="Q6" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="R6" s="14" t="s">
-        <x:v>49</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S6" s="14" t="n">
-        <x:v>592224</x:v>
+        <x:v>592220</x:v>
       </x:c>
       <x:c r="T6" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U6" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:21">
       <x:c r="A7" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C7" s="3" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D7" s="3" t="s"/>
       <x:c r="G7" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="I7" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K7" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M7" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N7" s="3" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O7" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P7" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q7" s="4" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R7" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S7" s="0" t="n">
         <x:v>592221</x:v>
       </x:c>
       <x:c r="T7" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U7" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:21">
       <x:c r="A8" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B8" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C8" s="15" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D8" s="15" t="s"/>
       <x:c r="E8" s="14" t="s"/>
       <x:c r="F8" s="14" t="s"/>
       <x:c r="G8" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H8" s="14" t="s"/>
       <x:c r="I8" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="J8" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K8" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L8" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M8" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N8" s="15" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O8" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P8" s="14" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="Q8" s="16" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="R8" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
-      <x:c r="Q8" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S8" s="14" t="n">
-        <x:v>592223</x:v>
+        <x:v>592222</x:v>
       </x:c>
       <x:c r="T8" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U8" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:21">
       <x:c r="A9" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C9" s="3" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D9" s="3" t="s"/>
       <x:c r="G9" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="I9" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="J9" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K9" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
-        <x:v>39</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
-        <x:v>592219</x:v>
+        <x:v>592224</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C10" s="15" t="n">
         <x:v>39700</x:v>
       </x:c>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s"/>
       <x:c r="I10" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="K10" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L10" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M10" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N10" s="15" t="n">
         <x:v>12061</x:v>
       </x:c>
       <x:c r="O10" s="14" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="P10" s="14" t="s">
-        <x:v>38</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q10" s="16" t="s">
-        <x:v>39</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R10" s="14" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="S10" s="14" t="n">
-        <x:v>592218</x:v>
+        <x:v>592223</x:v>
       </x:c>
       <x:c r="T10" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U10" s="16" t="s">
         <x:v>43</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:21">
       <x:c r="A11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="C11" s="3" t="n">
         <x:v>40343</x:v>
       </x:c>
       <x:c r="D11" s="3" t="s"/>
       <x:c r="G11" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="H11" s="0" t="s">
         <x:v>24</x:v>
       </x:c>
@@ -2047,312 +2047,312 @@
       <x:c r="R20" s="14" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="S20" s="14" t="n">
         <x:v>574919</x:v>
       </x:c>
       <x:c r="T20" s="16" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="U20" s="16" t="s">
         <x:v>34</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:21">
       <x:c r="A21" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B21" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C21" s="3" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D21" s="3" t="s"/>
       <x:c r="G21" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="I21" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="J21" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K21" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L21" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M21" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N21" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O21" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P21" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="Q21" s="4" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="R21" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="Q21" s="4" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S21" s="0" t="n">
-        <x:v>592348</x:v>
+        <x:v>592346</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
         <x:v>592350</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>592349</x:v>
+        <x:v>592348</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
-        <x:v>77</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>592346</x:v>
+        <x:v>592349</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>40115</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
-        <x:v>77</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>12054</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
         <x:v>592347</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="C26" s="15" t="n">
         <x:v>39518</x:v>
       </x:c>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="J26" s="14" t="s">
         <x:v>54</x:v>
       </x:c>
@@ -2365,51 +2365,51 @@
       <x:c r="M26" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>12254</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
         <x:v>592282</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>74</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="L27" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="M27" s="0" t="s">
         <x:v>29</x:v>