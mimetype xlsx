--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -9437,433 +9437,433 @@
         <x:v>241</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s"/>
       <x:c r="K130" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
-        <x:v>250</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>613936</x:v>
+        <x:v>606846</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C131" s="3" t="s"/>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H131" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>613941</x:v>
+        <x:v>606847</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C132" s="15" t="s"/>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I132" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s"/>
       <x:c r="K132" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>613948</x:v>
+        <x:v>606851</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C133" s="3" t="s"/>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H133" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>613950</x:v>
+        <x:v>606861</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C134" s="15" t="s"/>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I134" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s"/>
       <x:c r="K134" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L134" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M134" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N134" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O134" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="P134" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q134" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R134" s="14" t="s">
-        <x:v>60</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="S134" s="14" t="n">
-        <x:v>606846</x:v>
+        <x:v>613936</x:v>
       </x:c>
       <x:c r="T134" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U134" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:21">
       <x:c r="A135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B135" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C135" s="3" t="s"/>
       <x:c r="D135" s="3" t="s"/>
       <x:c r="G135" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H135" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I135" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K135" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L135" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M135" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N135" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O135" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="P135" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q135" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R135" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S135" s="0" t="n">
-        <x:v>606847</x:v>
+        <x:v>613941</x:v>
       </x:c>
       <x:c r="T135" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U135" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:21">
       <x:c r="A136" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B136" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C136" s="15" t="s"/>
       <x:c r="D136" s="15" t="s"/>
       <x:c r="E136" s="14" t="s"/>
       <x:c r="F136" s="14" t="s"/>
       <x:c r="G136" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H136" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I136" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J136" s="14" t="s"/>
       <x:c r="K136" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L136" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M136" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N136" s="15" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O136" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="P136" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q136" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R136" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S136" s="14" t="n">
-        <x:v>606851</x:v>
+        <x:v>613948</x:v>
       </x:c>
       <x:c r="T136" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U136" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:21">
       <x:c r="A137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B137" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C137" s="3" t="s"/>
       <x:c r="D137" s="3" t="s"/>
       <x:c r="G137" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H137" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I137" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K137" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L137" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M137" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N137" s="3" t="n">
         <x:v>30857</x:v>
       </x:c>
       <x:c r="O137" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="P137" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="Q137" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R137" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="S137" s="0" t="n">
-        <x:v>606861</x:v>
+        <x:v>613950</x:v>
       </x:c>
       <x:c r="T137" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U137" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:21">
       <x:c r="A138" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B138" s="14" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="C138" s="15" t="s"/>
       <x:c r="D138" s="15" t="s"/>
       <x:c r="E138" s="14" t="s"/>
       <x:c r="F138" s="14" t="s"/>
       <x:c r="G138" s="14" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="H138" s="14" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="I138" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J138" s="14" t="s"/>
       <x:c r="K138" s="14" t="s">
         <x:v>25</x:v>
@@ -18276,185 +18276,184 @@
       <x:c r="G295" s="0" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
-        <x:v>545</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
-        <x:v>160</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>605214</x:v>
+        <x:v>552376</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>179</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
         <x:v>38025</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>545</x:v>
-[...1 lines deleted...]
-      <x:c r="H296" s="14" t="s"/>
+        <x:v>549</x:v>
+      </x:c>
+      <x:c r="H296" s="14" t="s">
+        <x:v>550</x:v>
+      </x:c>
       <x:c r="I296" s="16" t="s">
-        <x:v>160</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>554</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
-        <x:v>294</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>552376</x:v>
+        <x:v>602451</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
-        <x:v>473</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>38025</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="E297" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="G297" s="0" t="s">
-        <x:v>549</x:v>
-[...2 lines deleted...]
-        <x:v>550</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
-        <x:v>551</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
-        <x:v>549</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
-        <x:v>551</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>602451</x:v>
+        <x:v>552375</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>300</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>163</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>38025</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="H298" s="14" t="s"/>
       <x:c r="I298" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
@@ -18463,57 +18462,57 @@
       <x:c r="K298" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>552375</x:v>
+        <x:v>605214</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
-        <x:v>473</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
         <x:v>38025</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -19873,120 +19872,120 @@
       <x:c r="H322" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="I322" s="16" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="J322" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K322" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="L322" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M322" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
-        <x:v>584</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
-        <x:v>479</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
-        <x:v>61</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
-        <x:v>509936</x:v>
+        <x:v>603438</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
-        <x:v>590</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>591</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="E323" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="H323" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K323" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="L323" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M323" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N323" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O323" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="P323" s="0" t="s">
-        <x:v>581</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="Q323" s="4" t="s">
-        <x:v>573</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="R323" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S323" s="0" t="n">
-        <x:v>510684</x:v>
+        <x:v>509936</x:v>
       </x:c>
       <x:c r="T323" s="4" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="U323" s="4" t="s">
         <x:v>591</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:21">
       <x:c r="A324" s="13" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B324" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="C324" s="15" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D324" s="15" t="s"/>
       <x:c r="E324" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="F324" s="14" t="s"/>
       <x:c r="G324" s="14" t="s">
         <x:v>578</x:v>
@@ -20003,57 +20002,57 @@
       <x:c r="K324" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="L324" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M324" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N324" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O324" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="P324" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="Q324" s="16" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="R324" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S324" s="14" t="n">
-        <x:v>554891</x:v>
+        <x:v>510684</x:v>
       </x:c>
       <x:c r="T324" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="U324" s="16" t="s">
-        <x:v>531</x:v>
+        <x:v>591</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:21">
       <x:c r="A325" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B325" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="C325" s="3" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D325" s="3" t="s"/>
       <x:c r="E325" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="G325" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="H325" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="I325" s="4" t="s">
         <x:v>516</x:v>
       </x:c>
@@ -20063,178 +20062,178 @@
       <x:c r="K325" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="L325" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M325" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N325" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O325" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="P325" s="0" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="Q325" s="4" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="R325" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S325" s="0" t="n">
-        <x:v>603438</x:v>
+        <x:v>554891</x:v>
       </x:c>
       <x:c r="T325" s="4" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="U325" s="4" t="s">
         <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:21">
       <x:c r="A326" s="13" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B326" s="14" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="C326" s="15" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D326" s="15" t="s"/>
       <x:c r="E326" s="14" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="F326" s="14" t="s"/>
       <x:c r="G326" s="14" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="H326" s="14" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="I326" s="16" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="J326" s="14" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K326" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="L326" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M326" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N326" s="15" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O326" s="14" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="P326" s="14" t="s">
-        <x:v>581</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="Q326" s="16" t="s">
-        <x:v>573</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="R326" s="14" t="s">
-        <x:v>57</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="S326" s="14" t="n">
-        <x:v>603439</x:v>
+        <x:v>602564</x:v>
       </x:c>
       <x:c r="T326" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U326" s="16" t="s">
-        <x:v>583</x:v>
+        <x:v>531</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:21">
       <x:c r="A327" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B327" s="0" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="C327" s="3" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D327" s="3" t="s"/>
       <x:c r="E327" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="G327" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="H327" s="0" t="s">
         <x:v>579</x:v>
       </x:c>
       <x:c r="I327" s="4" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="J327" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="K327" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="L327" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M327" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="N327" s="3" t="n">
         <x:v>32047</x:v>
       </x:c>
       <x:c r="O327" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="P327" s="0" t="s">
-        <x:v>588</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="Q327" s="4" t="s">
-        <x:v>589</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="R327" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S327" s="0" t="n">
-        <x:v>602564</x:v>
+        <x:v>603439</x:v>
       </x:c>
       <x:c r="T327" s="4" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="U327" s="4" t="s">
-        <x:v>531</x:v>
+        <x:v>583</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:21">
       <x:c r="A328" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B328" s="14" t="s">
         <x:v>592</x:v>
       </x:c>
       <x:c r="C328" s="15" t="n">
         <x:v>35354</x:v>
       </x:c>
       <x:c r="D328" s="15" t="s"/>
       <x:c r="E328" s="14" t="s"/>
       <x:c r="F328" s="14" t="s"/>
       <x:c r="G328" s="14" t="s">
         <x:v>593</x:v>
       </x:c>
       <x:c r="H328" s="14" t="s">
         <x:v>594</x:v>
       </x:c>
       <x:c r="I328" s="16" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="J328" s="14" t="s">
@@ -22494,521 +22493,521 @@
       <x:c r="I369" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="Q369" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R369" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="S369" s="0" t="n">
-        <x:v>603735</x:v>
+        <x:v>613091</x:v>
       </x:c>
       <x:c r="T369" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U369" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="370" spans="1:21">
       <x:c r="A370" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B370" s="14" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="C370" s="15" t="s"/>
       <x:c r="D370" s="15" t="s"/>
       <x:c r="E370" s="14" t="s"/>
       <x:c r="F370" s="14" t="s"/>
       <x:c r="G370" s="14" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="H370" s="14" t="s"/>
       <x:c r="I370" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J370" s="14" t="s"/>
       <x:c r="K370" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L370" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M370" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N370" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O370" s="14" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="P370" s="14" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="Q370" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R370" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S370" s="14" t="n">
-        <x:v>603741</x:v>
+        <x:v>613094</x:v>
       </x:c>
       <x:c r="T370" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U370" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="371" spans="1:21">
       <x:c r="A371" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B371" s="0" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="C371" s="3" t="s"/>
       <x:c r="D371" s="3" t="s"/>
       <x:c r="G371" s="0" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="I371" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K371" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L371" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M371" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N371" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O371" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="P371" s="0" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="Q371" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R371" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="S371" s="0" t="n">
-        <x:v>603792</x:v>
+        <x:v>613108</x:v>
       </x:c>
       <x:c r="T371" s="4" t="s">
-        <x:v>30</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U371" s="4" t="s">
-        <x:v>244</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="372" spans="1:21">
       <x:c r="A372" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B372" s="14" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="C372" s="15" t="s"/>
       <x:c r="D372" s="15" t="s"/>
       <x:c r="E372" s="14" t="s"/>
       <x:c r="F372" s="14" t="s"/>
       <x:c r="G372" s="14" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="H372" s="14" t="s"/>
       <x:c r="I372" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s"/>
       <x:c r="K372" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
-        <x:v>248</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
-        <x:v>603729</x:v>
+        <x:v>613111</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
-        <x:v>30</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
-        <x:v>244</x:v>
+        <x:v>127</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="C373" s="3" t="s"/>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="G373" s="0" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
-        <x:v>603734</x:v>
+        <x:v>603729</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="C374" s="15" t="s"/>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s"/>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s"/>
       <x:c r="I374" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s"/>
       <x:c r="K374" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
-        <x:v>264</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
-        <x:v>603751</x:v>
+        <x:v>603734</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
         <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="C375" s="3" t="s"/>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="G375" s="0" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K375" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
-        <x:v>613091</x:v>
+        <x:v>603751</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="C376" s="15" t="s"/>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s"/>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s"/>
       <x:c r="I376" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J376" s="14" t="s"/>
       <x:c r="K376" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
-        <x:v>613094</x:v>
+        <x:v>603735</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="C377" s="3" t="s"/>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="G377" s="0" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="I377" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K377" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
-        <x:v>613108</x:v>
+        <x:v>603741</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
-        <x:v>76</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="C378" s="15" t="s"/>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s"/>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s"/>
       <x:c r="I378" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s"/>
       <x:c r="K378" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
         <x:v>46335</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
         <x:v>652</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
-        <x:v>257</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
-        <x:v>613111</x:v>
+        <x:v>603792</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
-        <x:v>76</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>650</x:v>
       </x:c>
       <x:c r="C379" s="3" t="s"/>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="G379" s="0" t="s">
         <x:v>651</x:v>
       </x:c>
       <x:c r="I379" s="4" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="K379" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>27</x:v>