--- v0 (2026-02-21)
+++ v1 (2026-02-21)
@@ -383,77 +383,77 @@
   <x:si>
     <x:t>Ebm Business School - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06200</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Solutys - Campus Privé</x:t>
   </x:si>
   <x:si>
     <x:t>84130</x:t>
   </x:si>
   <x:si>
     <x:t>LE PONTET</x:t>
   </x:si>
   <x:si>
     <x:t>08/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>Crc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA VALETTE-DU-VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Eloce - Walter Learning</x:t>
   </x:si>
   <x:si>
     <x:t>13002</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 2e</x:t>
   </x:si>
   <x:si>
     <x:t>02/28/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Crc</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Cfa Perspective - Isim</x:t>
   </x:si>
   <x:si>
     <x:t>01/05/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Performa</x:t>
   </x:si>
   <x:si>
     <x:t>83520</x:t>
   </x:si>
   <x:si>
     <x:t>Performa - Antenne Saint Raphaël</x:t>
   </x:si>
   <x:si>
     <x:t>83700</x:t>
   </x:si>
   <x:si>
     <x:t>08/18/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Athélia Institut de Formation Conseils et Performance</x:t>
   </x:si>
   <x:si>
     <x:t>AIFCP</x:t>
@@ -905,65 +905,65 @@
   <x:si>
     <x:t>06/03/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>10/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/17/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/02/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/18/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/13/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>04/02/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/06/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>01/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/06/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>04/02/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>Titre professionnel conseiller commercial (préparation également possible par Bloc(s) de compétences)</x:t>
   </x:si>
   <x:si>
     <x:t>Pgm Learning</x:t>
   </x:si>
   <x:si>
     <x:t>75012</x:t>
   </x:si>
   <x:si>
     <x:t>Bac</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Jeune 16-25 ans , Particulier, individuel , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Technico-commercial</x:t>
   </x:si>
   <x:si>
     <x:t>06/08/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/19/2026 00:00:00</x:t>
@@ -1070,65 +1070,65 @@
   <x:si>
     <x:t>Ecole Supérieure de Commerce et de Communication - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Optivalys Formations</x:t>
   </x:si>
   <x:si>
     <x:t>13400</x:t>
   </x:si>
   <x:si>
     <x:t>Optivalys Formations - Antenne Marseille</x:t>
   </x:si>
   <x:si>
     <x:t>13004</x:t>
   </x:si>
   <x:si>
     <x:t>06/07/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Titre professionnel conseiller commercial</x:t>
   </x:si>
   <x:si>
+    <x:t>05/01/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/01/2026 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>02/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>France Travail</x:t>
   </x:si>
   <x:si>
     <x:t>AFC</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>JUAN LES PINS</x:t>
   </x:si>
   <x:si>
     <x:t>11/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2025 00:00:00</x:t>
@@ -1517,62 +1517,62 @@
   <x:si>
     <x:t>09/24/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>B2h13 Aix - My Business School - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>10/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/02/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/18/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>B2h13 Marseille - My Business School</x:t>
   </x:si>
   <x:si>
+    <x:t>09/01/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ecole de Management</x:t>
   </x:si>
   <x:si>
     <x:t>EMD</x:t>
   </x:si>
   <x:si>
     <x:t>13331</x:t>
   </x:si>
   <x:si>
-    <x:t>09/01/2028 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/03/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2028 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Management transversal</x:t>
   </x:si>
   <x:si>
     <x:t>Institut de Formation Perrimond</x:t>
   </x:si>
   <x:si>
     <x:t>13007</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 7e</x:t>
   </x:si>
   <x:si>
     <x:t>09/11/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation scolaire, universitaire</x:t>
@@ -1910,200 +1910,200 @@
   <x:si>
     <x:t>BUT spécialité techniques de commercialisation parcours business international : achat et vente</x:t>
   </x:si>
   <x:si>
     <x:t>Achat</x:t>
   </x:si>
   <x:si>
     <x:t>NICE CEDEX 03</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 01</x:t>
   </x:si>
   <x:si>
     <x:t>BUT spécialité techniques de commercialisation parcours business développement et management de la relation client (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Satisfaction client</x:t>
   </x:si>
   <x:si>
     <x:t>Université de Toulon - IUT La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>BTS conseil et commercialisation de solutions techniques (Apprentissage)</x:t>
   </x:si>
   <x:si>
+    <x:t>Greta-Cfa Marseille Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GMM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Polyvalent Jean Perrin</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Difcam</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BUT spécialité techniques de commercialisation parcours business développement et management de la relation client</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Avignon Université</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON UNIVERSITE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84911</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVIGNON CEDEX 09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Business developer en hautes technologies spécialisation marketing (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Business developer en hautes technologies spécialisation international (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Business developer en hautes technologies (Apprentissage)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/06/2029 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Montfavet</x:t>
+  </x:si>
+  <x:si>
+    <x:t>84140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cma Formation La Seyne sur Mer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ogec Saint Vincent de Paul</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupement d’Intérêt Public pour la Formation et l’Insertion Professionnelles de l'Académie de Nice - CFA Régional de l'Académie de Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GIP FIPAN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Professionnel Régional La Coudoulière</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/26/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lycée Amiral de Grasse</x:t>
+  </x:si>
+  <x:si>
     <x:t>Greta-Cfa Alpes Provence</x:t>
   </x:si>
   <x:si>
     <x:t>05000</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée des Métiers Louis Martin Bret</x:t>
   </x:si>
   <x:si>
-    <x:t>Difcam</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>Sciences-U Lyon</x:t>
   </x:si>
   <x:si>
     <x:t>69003</x:t>
   </x:si>
   <x:si>
     <x:t>Igpepm - Groupe Eductive</x:t>
   </x:si>
   <x:si>
-    <x:t>Cma Formation La Seyne sur Mer</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>Api 84 - Cfai 84 - Nextech</x:t>
   </x:si>
   <x:si>
     <x:t>84918</x:t>
   </x:si>
   <x:si>
     <x:t>08/26/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée du Val d'Argens</x:t>
   </x:si>
   <x:si>
     <x:t>83490</x:t>
   </x:si>
   <x:si>
     <x:t>LE MUY</x:t>
   </x:si>
   <x:si>
     <x:t>08/24/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Idev - Antenne Châteaurenard</x:t>
   </x:si>
   <x:si>
     <x:t>13160</x:t>
   </x:si>
   <x:si>
     <x:t>CHATEAURENARD</x:t>
   </x:si>
   <x:si>
     <x:t>09/16/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/22/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie de Vaucluse - Antenne Pertuis</x:t>
   </x:si>
   <x:si>
     <x:t>84120</x:t>
   </x:si>
   <x:si>
     <x:t>PERTUIS</x:t>
   </x:si>
   <x:si>
-    <x:t>Greta-Cfa Marseille Méditerranée</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>Groupe Someform</x:t>
   </x:si>
   <x:si>
     <x:t>13127</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Someform - Antenne La Garde</x:t>
   </x:si>
   <x:si>
     <x:t>Maestris - Groupe Eductive - Antenne Toulon</x:t>
   </x:si>
   <x:si>
-    <x:t>09/04/2024 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Lycée Beaussier</x:t>
   </x:si>
   <x:si>
     <x:t>Greta-Cfa Vaucluse</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Montesquieu</x:t>
   </x:si>
   <x:si>
     <x:t>84700</x:t>
   </x:si>
   <x:si>
     <x:t>SORGUES</x:t>
   </x:si>
   <x:si>
     <x:t>CCI Hautes Alpes Formation - Centre Régional et Européen du Tourisme</x:t>
   </x:si>
   <x:si>
     <x:t>CRET</x:t>
   </x:si>
   <x:si>
     <x:t>05100</x:t>
   </x:si>
   <x:si>
     <x:t>Académie Vaucluse Provence Industries - Antenne Avignon</x:t>
@@ -2144,68 +2144,68 @@
   <x:si>
     <x:t>13395</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE CEDEX 10</x:t>
   </x:si>
   <x:si>
     <x:t>LPO St-Vincent de Paul</x:t>
   </x:si>
   <x:si>
     <x:t>BTS commerce international (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Commerce international</x:t>
   </x:si>
   <x:si>
     <x:t>Diderot Education</x:t>
   </x:si>
   <x:si>
     <x:t>34000</x:t>
   </x:si>
   <x:si>
     <x:t>Diderot Education - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
+    <x:t>Institut Libre d'Etudes Commerciales Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ILEC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut La Cadenelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13376</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MARSEILLE-12e</x:t>
+  </x:si>
+  <x:si>
     <x:t>Institut Formation Conseil - Antenne Marseille</x:t>
   </x:si>
   <x:si>
-    <x:t>Institut La Cadenelle</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>Greta-Cfa Provence</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Général et Technologique Georges Duby</x:t>
   </x:si>
   <x:si>
     <x:t>13080</x:t>
   </x:si>
   <x:si>
     <x:t>LUYNES</x:t>
   </x:si>
   <x:si>
     <x:t>08/29/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Polyvalent Périer</x:t>
   </x:si>
   <x:si>
     <x:t>First Line Formation</x:t>
   </x:si>
   <x:si>
     <x:t>My Academy</x:t>
   </x:si>
   <x:si>
     <x:t>Diderot Education - Antenne Nice</x:t>
@@ -2357,75 +2357,75 @@
   <x:si>
     <x:t>ESID</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Jeanne Perrimond</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Perrimond</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Fénelon</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ESARC Evolution - ESGVC </x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Bristol</x:t>
   </x:si>
   <x:si>
     <x:t>06414</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES CEDEX</x:t>
   </x:si>
   <x:si>
+    <x:t>Lycée F Joliot Curie</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AUBAGNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sup'Ipvg</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LPO La Cadenelle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13012</x:t>
+  </x:si>
+  <x:si>
     <x:t>Lycée Notre-Dame</x:t>
   </x:si>
   <x:si>
     <x:t>83055</x:t>
   </x:si>
   <x:si>
     <x:t>TOULON CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>ESID - Nice</x:t>
-  </x:si>
-[...13 lines deleted...]
-    <x:t>13012</x:t>
   </x:si>
   <x:si>
     <x:t>BACHELOR - Responsable de développement Commercial France et International</x:t>
   </x:si>
   <x:si>
     <x:t>Attaché commercial (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence</x:t>
   </x:si>
   <x:si>
     <x:t>CCIMP</x:t>
   </x:si>
   <x:si>
     <x:t>13221</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie Métropolitaine Aix Marseille Provence - CFA Régional Interconsulaire Méditerranée - Antenne Ecole Pratique (St Sébasien)</x:t>
   </x:si>
   <x:si>
     <x:t>MARSEILLE- 9e</x:t>
   </x:si>
   <x:si>
     <x:t>Attaché commercial</x:t>
   </x:si>
@@ -4256,113 +4256,113 @@
       <x:c r="K23" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>602663</x:v>
+        <x:v>609208</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>609208</x:v>
+        <x:v>602663</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="E25" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G25" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
@@ -4613,51 +4613,51 @@
       <x:c r="M29" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N29" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O29" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P29" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="Q29" s="4" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="R29" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="S29" s="0" t="n">
         <x:v>549551</x:v>
       </x:c>
       <x:c r="T29" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U29" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:21">
       <x:c r="A30" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B30" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C30" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D30" s="15" t="s"/>
       <x:c r="E30" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F30" s="14" t="s"/>
       <x:c r="G30" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H30" s="14" t="s"/>
       <x:c r="I30" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J30" s="14" t="s">
@@ -4811,255 +4811,256 @@
       <x:c r="T32" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U32" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:21">
       <x:c r="A33" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C33" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D33" s="3" t="s"/>
       <x:c r="E33" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G33" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I33" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J33" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K33" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L33" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M33" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N33" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O33" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P33" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q33" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R33" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S33" s="0" t="n">
         <x:v>605458</x:v>
       </x:c>
       <x:c r="T33" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U33" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:21">
       <x:c r="A34" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B34" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C34" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D34" s="15" t="s"/>
       <x:c r="E34" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F34" s="14" t="s"/>
       <x:c r="G34" s="14" t="s">
-        <x:v>120</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="H34" s="14" t="s"/>
       <x:c r="I34" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="J34" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K34" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L34" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M34" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N34" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O34" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P34" s="14" t="s">
-        <x:v>120</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="Q34" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="R34" s="14" t="s">
-        <x:v>123</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="S34" s="14" t="n">
-        <x:v>532739</x:v>
+        <x:v>557916</x:v>
       </x:c>
       <x:c r="T34" s="16" t="s">
-        <x:v>153</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U34" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:21">
       <x:c r="A35" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C35" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D35" s="3" t="s"/>
       <x:c r="E35" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G35" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="H35" s="0" t="s">
+        <x:v>121</x:v>
       </x:c>
       <x:c r="I35" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="J35" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K35" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L35" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M35" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
-        <x:v>557916</x:v>
+        <x:v>532739</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>154</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C36" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K36" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M36" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N36" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O36" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P36" s="14" t="s">
-        <x:v>104</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="Q36" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R36" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S36" s="14" t="n">
         <x:v>602664</x:v>
       </x:c>
       <x:c r="T36" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U36" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:21">
       <x:c r="A37" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C37" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D37" s="3" t="s"/>
       <x:c r="E37" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -5336,75 +5337,75 @@
       </x:c>
       <x:c r="U41" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s"/>
       <x:c r="I42" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K42" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L42" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M42" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N42" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O42" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P42" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="Q42" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R42" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S42" s="14" t="n">
         <x:v>605459</x:v>
       </x:c>
       <x:c r="T42" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U42" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:21">
       <x:c r="A43" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C43" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D43" s="3" t="s"/>
@@ -5550,54 +5551,54 @@
       <x:c r="L45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
         <x:v>601975</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>34079</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
       <x:c r="I46" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J46" s="14" t="s">
@@ -5691,82 +5692,82 @@
         <x:v>549765</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>183</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
       <x:c r="I48" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J48" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K48" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
         <x:v>567806</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="E49" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -6141,51 +6142,51 @@
       <x:c r="L55" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M55" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N55" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O55" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P55" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q55" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R55" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S55" s="0" t="n">
         <x:v>608653</x:v>
       </x:c>
       <x:c r="T55" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U55" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:21">
       <x:c r="A56" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B56" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C56" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D56" s="15" t="s"/>
       <x:c r="E56" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F56" s="14" t="s"/>
       <x:c r="G56" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="H56" s="14" t="s"/>
       <x:c r="I56" s="16" t="s">
@@ -6200,54 +6201,54 @@
       <x:c r="L56" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M56" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N56" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O56" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P56" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q56" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R56" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S56" s="14" t="n">
         <x:v>608654</x:v>
       </x:c>
       <x:c r="T56" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U56" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:21">
       <x:c r="A57" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C57" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D57" s="3" t="s"/>
       <x:c r="E57" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G57" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="I57" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="J57" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -6906,51 +6907,51 @@
       <x:c r="L68" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M68" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N68" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O68" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P68" s="14" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="Q68" s="16" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="R68" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="S68" s="14" t="n">
         <x:v>608981</x:v>
       </x:c>
       <x:c r="T68" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U68" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:21">
       <x:c r="A69" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C69" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D69" s="3" t="s"/>
       <x:c r="E69" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G69" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="I69" s="4" t="s">
         <x:v>116</x:v>
       </x:c>
@@ -7314,51 +7315,51 @@
       <x:c r="L75" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M75" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N75" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O75" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P75" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q75" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R75" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S75" s="0" t="n">
         <x:v>601974</x:v>
       </x:c>
       <x:c r="T75" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U75" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:21">
       <x:c r="A76" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B76" s="14" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="C76" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D76" s="15" t="s"/>
       <x:c r="E76" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F76" s="14" t="s"/>
       <x:c r="G76" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="H76" s="14" t="s"/>
       <x:c r="I76" s="16" t="s">
@@ -8488,51 +8489,51 @@
       <x:c r="L96" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M96" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N96" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O96" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P96" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q96" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R96" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S96" s="14" t="n">
         <x:v>613761</x:v>
       </x:c>
       <x:c r="T96" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U96" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:21">
       <x:c r="A97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B97" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C97" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D97" s="3" t="s"/>
       <x:c r="G97" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="I97" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J97" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
@@ -8673,82 +8674,82 @@
       </x:c>
       <x:c r="S99" s="0" t="n">
         <x:v>581602</x:v>
       </x:c>
       <x:c r="T99" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U99" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:21">
       <x:c r="A100" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B100" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C100" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D100" s="15" t="s"/>
       <x:c r="E100" s="14" t="s"/>
       <x:c r="F100" s="14" t="s"/>
       <x:c r="G100" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="H100" s="14" t="s"/>
       <x:c r="I100" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="J100" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K100" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L100" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M100" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N100" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O100" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P100" s="14" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="Q100" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R100" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S100" s="14" t="n">
         <x:v>615335</x:v>
       </x:c>
       <x:c r="T100" s="16" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="U100" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:21">
       <x:c r="A101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B101" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C101" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D101" s="3" t="s"/>
       <x:c r="G101" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
@@ -9986,225 +9987,225 @@
       <x:c r="K123" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L123" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M123" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N123" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O123" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P123" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q123" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R123" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S123" s="0" t="n">
-        <x:v>598800</x:v>
+        <x:v>572975</x:v>
       </x:c>
       <x:c r="T123" s="4" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="U123" s="4" t="s">
-        <x:v>279</x:v>
+        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:21">
       <x:c r="A124" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B124" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C124" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D124" s="15" t="s"/>
       <x:c r="E124" s="14" t="s"/>
       <x:c r="F124" s="14" t="s"/>
       <x:c r="G124" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H124" s="14" t="s"/>
       <x:c r="I124" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J124" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K124" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L124" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M124" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N124" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O124" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P124" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q124" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R124" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S124" s="14" t="n">
-        <x:v>598814</x:v>
+        <x:v>572979</x:v>
       </x:c>
       <x:c r="T124" s="16" t="s">
-        <x:v>262</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="U124" s="16" t="s">
-        <x:v>280</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:21">
       <x:c r="A125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B125" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C125" s="3" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D125" s="3" t="s"/>
       <x:c r="G125" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="I125" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J125" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K125" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L125" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M125" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N125" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O125" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P125" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q125" s="4" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R125" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S125" s="0" t="n">
-        <x:v>572975</x:v>
+        <x:v>598800</x:v>
       </x:c>
       <x:c r="T125" s="4" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="U125" s="4" t="s">
         <x:v>281</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>236</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:21">
       <x:c r="A126" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B126" s="14" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="C126" s="15" t="n">
         <x:v>39063</x:v>
       </x:c>
       <x:c r="D126" s="15" t="s"/>
       <x:c r="E126" s="14" t="s"/>
       <x:c r="F126" s="14" t="s"/>
       <x:c r="G126" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="H126" s="14" t="s"/>
       <x:c r="I126" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="J126" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K126" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L126" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M126" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N126" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O126" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P126" s="14" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="Q126" s="16" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="R126" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S126" s="14" t="n">
-        <x:v>572979</x:v>
+        <x:v>598814</x:v>
       </x:c>
       <x:c r="T126" s="16" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="U126" s="16" t="s">
         <x:v>282</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:21">
       <x:c r="A127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B127" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C127" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D127" s="3" t="s"/>
       <x:c r="G127" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="I127" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J127" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K127" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
@@ -10376,222 +10377,222 @@
       <x:c r="K130" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="L130" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M130" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N130" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O130" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P130" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q130" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R130" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S130" s="14" t="n">
-        <x:v>587707</x:v>
+        <x:v>617012</x:v>
       </x:c>
       <x:c r="T130" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="U130" s="16" t="s">
-        <x:v>230</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:21">
       <x:c r="A131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B131" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C131" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D131" s="3" t="s"/>
       <x:c r="G131" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="I131" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J131" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K131" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="L131" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M131" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N131" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O131" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P131" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q131" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R131" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S131" s="0" t="n">
-        <x:v>617012</x:v>
+        <x:v>617014</x:v>
       </x:c>
       <x:c r="T131" s="4" t="s">
-        <x:v>293</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="U131" s="4" t="s">
-        <x:v>294</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:21">
       <x:c r="A132" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B132" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C132" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D132" s="15" t="s"/>
       <x:c r="E132" s="14" t="s"/>
       <x:c r="F132" s="14" t="s"/>
       <x:c r="G132" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="H132" s="14" t="s"/>
       <x:c r="I132" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J132" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K132" s="14" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="L132" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M132" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N132" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O132" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P132" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q132" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R132" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S132" s="14" t="n">
-        <x:v>617014</x:v>
+        <x:v>617015</x:v>
       </x:c>
       <x:c r="T132" s="16" t="s">
-        <x:v>295</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="U132" s="16" t="s">
-        <x:v>296</x:v>
+        <x:v>67</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:21">
       <x:c r="A133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B133" s="0" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C133" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D133" s="3" t="s"/>
       <x:c r="G133" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="I133" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J133" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K133" s="0" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="L133" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M133" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N133" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O133" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P133" s="0" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="Q133" s="4" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="R133" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S133" s="0" t="n">
-        <x:v>617015</x:v>
+        <x:v>587707</x:v>
       </x:c>
       <x:c r="T133" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="U133" s="4" t="s">
-        <x:v>67</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:21">
       <x:c r="A134" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B134" s="14" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C134" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D134" s="15" t="s"/>
       <x:c r="E134" s="14" t="s"/>
       <x:c r="F134" s="14" t="s"/>
       <x:c r="G134" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="H134" s="14" t="s"/>
       <x:c r="I134" s="16" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="J134" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
@@ -11927,51 +11928,51 @@
       <x:c r="L157" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M157" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N157" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O157" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P157" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="Q157" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R157" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S157" s="0" t="n">
         <x:v>601958</x:v>
       </x:c>
       <x:c r="T157" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U157" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:21">
       <x:c r="A158" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B158" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C158" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D158" s="15" t="s"/>
       <x:c r="E158" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F158" s="14" t="s"/>
       <x:c r="G158" s="14" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="H158" s="14" t="s"/>
       <x:c r="I158" s="16" t="s">
@@ -12126,1369 +12127,1368 @@
       <x:c r="S160" s="14" t="n">
         <x:v>564175</x:v>
       </x:c>
       <x:c r="T160" s="16" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="U160" s="16" t="s">
         <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:21">
       <x:c r="A161" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B161" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C161" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D161" s="3" t="s"/>
       <x:c r="E161" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G161" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="I161" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="J161" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K161" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L161" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M161" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="N161" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O161" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P161" s="0" t="s">
-        <x:v>126</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q161" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R161" s="0" t="s">
-        <x:v>128</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="S161" s="0" t="n">
-        <x:v>558657</x:v>
+        <x:v>548629</x:v>
       </x:c>
       <x:c r="T161" s="4" t="s">
-        <x:v>323</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U161" s="4" t="s">
-        <x:v>215</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:21">
       <x:c r="A162" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B162" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C162" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D162" s="15" t="s"/>
       <x:c r="E162" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F162" s="14" t="s"/>
       <x:c r="G162" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="H162" s="14" t="s"/>
       <x:c r="I162" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J162" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K162" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L162" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="M162" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N162" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O162" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P162" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="Q162" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R162" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="S162" s="14" t="n">
-        <x:v>553395</x:v>
+        <x:v>558657</x:v>
       </x:c>
       <x:c r="T162" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="U162" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:21">
       <x:c r="A163" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B163" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C163" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D163" s="3" t="s"/>
       <x:c r="E163" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G163" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="I163" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="J163" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K163" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L163" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M163" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N163" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O163" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P163" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="Q163" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="R163" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S163" s="0" t="n">
-        <x:v>548629</x:v>
+        <x:v>553395</x:v>
       </x:c>
       <x:c r="T163" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U163" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:21">
       <x:c r="A164" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B164" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C164" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D164" s="15" t="s"/>
       <x:c r="E164" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F164" s="14" t="s"/>
       <x:c r="G164" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="H164" s="14" t="s"/>
       <x:c r="I164" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="J164" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K164" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L164" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M164" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N164" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O164" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P164" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q164" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R164" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="S164" s="14" t="n">
-        <x:v>601508</x:v>
+        <x:v>553485</x:v>
       </x:c>
       <x:c r="T164" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U164" s="16" t="s">
-        <x:v>31</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:21">
       <x:c r="A165" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B165" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C165" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D165" s="3" t="s"/>
       <x:c r="E165" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G165" s="0" t="s">
-        <x:v>308</x:v>
-[...2 lines deleted...]
-        <x:v>309</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="I165" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="J165" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K165" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L165" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M165" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="N165" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O165" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P165" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q165" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="R165" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S165" s="0" t="n">
-        <x:v>608487</x:v>
+        <x:v>601508</x:v>
       </x:c>
       <x:c r="T165" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="U165" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:21">
       <x:c r="A166" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B166" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C166" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D166" s="15" t="s"/>
       <x:c r="E166" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F166" s="14" t="s"/>
       <x:c r="G166" s="14" t="s">
-        <x:v>134</x:v>
-[...1 lines deleted...]
-      <x:c r="H166" s="14" t="s"/>
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="H166" s="14" t="s">
+        <x:v>309</x:v>
+      </x:c>
       <x:c r="I166" s="16" t="s">
-        <x:v>135</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J166" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K166" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L166" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M166" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N166" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O166" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P166" s="14" t="s">
-        <x:v>225</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="Q166" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R166" s="14" t="s">
-        <x:v>227</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S166" s="14" t="n">
-        <x:v>599902</x:v>
+        <x:v>608487</x:v>
       </x:c>
       <x:c r="T166" s="16" t="s">
-        <x:v>139</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U166" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:21">
       <x:c r="A167" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B167" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C167" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D167" s="3" t="s"/>
       <x:c r="E167" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G167" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I167" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J167" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K167" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L167" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M167" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N167" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O167" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P167" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="Q167" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="R167" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="S167" s="0" t="n">
-        <x:v>599903</x:v>
+        <x:v>599902</x:v>
       </x:c>
       <x:c r="T167" s="4" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="U167" s="4" t="s">
-        <x:v>107</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:21">
       <x:c r="A168" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B168" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C168" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D168" s="15" t="s"/>
       <x:c r="E168" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F168" s="14" t="s"/>
       <x:c r="G168" s="14" t="s">
-        <x:v>308</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="H168" s="14" t="s"/>
       <x:c r="I168" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="J168" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K168" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L168" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M168" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="N168" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O168" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P168" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="Q168" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="R168" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="S168" s="14" t="n">
-        <x:v>555839</x:v>
+        <x:v>599903</x:v>
       </x:c>
       <x:c r="T168" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="U168" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:21">
       <x:c r="A169" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B169" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C169" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D169" s="3" t="s"/>
       <x:c r="E169" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G169" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H169" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="I169" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J169" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K169" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L169" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M169" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N169" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O169" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P169" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="Q169" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="R169" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="S169" s="0" t="n">
-        <x:v>555841</x:v>
+        <x:v>555839</x:v>
       </x:c>
       <x:c r="T169" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U169" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:21">
       <x:c r="A170" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B170" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C170" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D170" s="15" t="s"/>
       <x:c r="E170" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F170" s="14" t="s"/>
       <x:c r="G170" s="14" t="s">
-        <x:v>326</x:v>
-[...1 lines deleted...]
-      <x:c r="H170" s="14" t="s"/>
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="H170" s="14" t="s">
+        <x:v>309</x:v>
+      </x:c>
       <x:c r="I170" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J170" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K170" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L170" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M170" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N170" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O170" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P170" s="14" t="s">
-        <x:v>328</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="Q170" s="16" t="s">
-        <x:v>329</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="R170" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="S170" s="14" t="n">
-        <x:v>602694</x:v>
+        <x:v>502639</x:v>
       </x:c>
       <x:c r="T170" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U170" s="16" t="s">
-        <x:v>56</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:21">
       <x:c r="A171" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B171" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C171" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D171" s="3" t="s"/>
       <x:c r="E171" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G171" s="0" t="s">
-        <x:v>167</x:v>
-[...2 lines deleted...]
-        <x:v>168</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I171" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="J171" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K171" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L171" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="M171" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N171" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O171" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P171" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q171" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="R171" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S171" s="0" t="n">
-        <x:v>601959</x:v>
+        <x:v>552325</x:v>
       </x:c>
       <x:c r="T171" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U171" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:21">
       <x:c r="A172" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B172" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C172" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D172" s="15" t="s"/>
       <x:c r="E172" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F172" s="14" t="s"/>
       <x:c r="G172" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H172" s="14" t="s"/>
       <x:c r="I172" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J172" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K172" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L172" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M172" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N172" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O172" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P172" s="14" t="s">
-        <x:v>35</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q172" s="16" t="s">
-        <x:v>36</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R172" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S172" s="14" t="n">
-        <x:v>564176</x:v>
+        <x:v>557581</x:v>
       </x:c>
       <x:c r="T172" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U172" s="16" t="s">
-        <x:v>331</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:21">
       <x:c r="A173" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B173" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C173" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D173" s="3" t="s"/>
       <x:c r="E173" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G173" s="0" t="s">
-        <x:v>167</x:v>
-[...2 lines deleted...]
-        <x:v>168</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="I173" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="J173" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K173" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L173" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M173" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="N173" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O173" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P173" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="Q173" s="4" t="s">
-        <x:v>169</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="R173" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S173" s="0" t="n">
-        <x:v>546924</x:v>
+        <x:v>601516</x:v>
       </x:c>
       <x:c r="T173" s="4" t="s">
-        <x:v>171</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="U173" s="4" t="s">
-        <x:v>31</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:21">
       <x:c r="A174" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B174" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C174" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D174" s="15" t="s"/>
       <x:c r="E174" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F174" s="14" t="s"/>
       <x:c r="G174" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="H174" s="14" t="s"/>
       <x:c r="I174" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="J174" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K174" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L174" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
-        <x:v>284</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
-        <x:v>285</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
-        <x:v>601516</x:v>
+        <x:v>553527</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>324</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="H175" s="0" t="s">
+        <x:v>309</x:v>
       </x:c>
       <x:c r="I175" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J175" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K175" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L175" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M175" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N175" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O175" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P175" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="Q175" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R175" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S175" s="0" t="n">
-        <x:v>557581</x:v>
+        <x:v>555841</x:v>
       </x:c>
       <x:c r="T175" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U175" s="4" t="s">
-        <x:v>202</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:21">
       <x:c r="A176" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B176" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C176" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D176" s="15" t="s"/>
       <x:c r="E176" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F176" s="14" t="s"/>
       <x:c r="G176" s="14" t="s">
-        <x:v>186</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H176" s="14" t="s"/>
       <x:c r="I176" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="J176" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K176" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L176" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="M176" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N176" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O176" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P176" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="Q176" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="R176" s="14" t="s">
-        <x:v>191</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S176" s="14" t="n">
-        <x:v>553485</x:v>
+        <x:v>602694</x:v>
       </x:c>
       <x:c r="T176" s="16" t="s">
-        <x:v>171</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="U176" s="16" t="s">
-        <x:v>217</x:v>
+        <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:21">
       <x:c r="A177" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B177" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C177" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D177" s="3" t="s"/>
       <x:c r="E177" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G177" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="H177" s="0" t="s">
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I177" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J177" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K177" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L177" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M177" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N177" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O177" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P177" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q177" s="4" t="s">
-        <x:v>224</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R177" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S177" s="0" t="n">
-        <x:v>553527</x:v>
+        <x:v>601959</x:v>
       </x:c>
       <x:c r="T177" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U177" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:21">
       <x:c r="A178" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B178" s="14" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C178" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D178" s="15" t="s"/>
       <x:c r="E178" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F178" s="14" t="s"/>
       <x:c r="G178" s="14" t="s">
-        <x:v>308</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H178" s="14" t="s">
-        <x:v>309</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="I178" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="J178" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K178" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L178" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M178" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N178" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O178" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P178" s="14" t="s">
-        <x:v>315</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="Q178" s="16" t="s">
-        <x:v>316</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R178" s="14" t="s">
-        <x:v>317</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S178" s="14" t="n">
-        <x:v>502639</x:v>
+        <x:v>546924</x:v>
       </x:c>
       <x:c r="T178" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="U178" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:21">
       <x:c r="A179" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B179" s="0" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="C179" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D179" s="3" t="s"/>
       <x:c r="E179" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G179" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="I179" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="J179" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K179" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L179" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M179" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N179" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O179" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P179" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="Q179" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="R179" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S179" s="0" t="n">
-        <x:v>552325</x:v>
+        <x:v>564176</x:v>
       </x:c>
       <x:c r="T179" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="U179" s="4" t="s">
-        <x:v>103</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:21">
       <x:c r="A180" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B180" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C180" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D180" s="15" t="s"/>
       <x:c r="E180" s="14" t="s"/>
       <x:c r="F180" s="14" t="s"/>
       <x:c r="G180" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H180" s="14" t="s"/>
       <x:c r="I180" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J180" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K180" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L180" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M180" s="14" t="s">
-        <x:v>82</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="N180" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O180" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P180" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q180" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R180" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S180" s="14" t="n">
-        <x:v>583313</x:v>
+        <x:v>557310</x:v>
       </x:c>
       <x:c r="T180" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="U180" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>333</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:21">
       <x:c r="A181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B181" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C181" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D181" s="3" t="s"/>
       <x:c r="G181" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="I181" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J181" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K181" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L181" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="M181" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="N181" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O181" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P181" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q181" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R181" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S181" s="0" t="n">
-        <x:v>613354</x:v>
+        <x:v>583313</x:v>
       </x:c>
       <x:c r="T181" s="4" t="s">
-        <x:v>297</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="U181" s="4" t="s">
-        <x:v>290</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:21">
       <x:c r="A182" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B182" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C182" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D182" s="15" t="s"/>
       <x:c r="E182" s="14" t="s"/>
       <x:c r="F182" s="14" t="s"/>
       <x:c r="G182" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H182" s="14" t="s"/>
       <x:c r="I182" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J182" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K182" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L182" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M182" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N182" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O182" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P182" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q182" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R182" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S182" s="14" t="n">
-        <x:v>613355</x:v>
+        <x:v>613354</x:v>
       </x:c>
       <x:c r="T182" s="16" t="s">
-        <x:v>264</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="U182" s="16" t="s">
-        <x:v>333</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:21">
       <x:c r="A183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B183" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C183" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D183" s="3" t="s"/>
       <x:c r="G183" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I183" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J183" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K183" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L183" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M183" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N183" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O183" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P183" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q183" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R183" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S183" s="0" t="n">
-        <x:v>613358</x:v>
+        <x:v>613355</x:v>
       </x:c>
       <x:c r="T183" s="4" t="s">
-        <x:v>197</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="U183" s="4" t="s">
         <x:v>334</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:21">
       <x:c r="A184" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B184" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C184" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D184" s="15" t="s"/>
       <x:c r="E184" s="14" t="s"/>
       <x:c r="F184" s="14" t="s"/>
       <x:c r="G184" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H184" s="14" t="s"/>
       <x:c r="I184" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
@@ -13498,108 +13498,108 @@
       <x:c r="K184" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L184" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M184" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N184" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O184" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P184" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q184" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R184" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S184" s="14" t="n">
-        <x:v>613360</x:v>
+        <x:v>613358</x:v>
       </x:c>
       <x:c r="T184" s="16" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="U184" s="16" t="s">
         <x:v>335</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:21">
       <x:c r="A185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B185" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C185" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D185" s="3" t="s"/>
       <x:c r="G185" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I185" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J185" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K185" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L185" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M185" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N185" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O185" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P185" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q185" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R185" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S185" s="0" t="n">
-        <x:v>557310</x:v>
+        <x:v>613360</x:v>
       </x:c>
       <x:c r="T185" s="4" t="s">
-        <x:v>90</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="U185" s="4" t="s">
         <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:21">
       <x:c r="A186" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B186" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C186" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D186" s="15" t="s"/>
       <x:c r="E186" s="14" t="s"/>
       <x:c r="F186" s="14" t="s"/>
       <x:c r="G186" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H186" s="14" t="s"/>
       <x:c r="I186" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
@@ -13663,225 +13663,225 @@
       <x:c r="K187" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="L187" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M187" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N187" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O187" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P187" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="Q187" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="R187" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="S187" s="0" t="n">
-        <x:v>572856</x:v>
+        <x:v>569970</x:v>
       </x:c>
       <x:c r="T187" s="4" t="s">
-        <x:v>259</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="U187" s="4" t="s">
         <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:21">
       <x:c r="A188" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B188" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C188" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D188" s="15" t="s"/>
       <x:c r="E188" s="14" t="s"/>
       <x:c r="F188" s="14" t="s"/>
       <x:c r="G188" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="H188" s="14" t="s"/>
       <x:c r="I188" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J188" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K188" s="14" t="s">
-        <x:v>229</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L188" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M188" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N188" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O188" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P188" s="14" t="s">
-        <x:v>156</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="Q188" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R188" s="14" t="s">
-        <x:v>158</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S188" s="14" t="n">
-        <x:v>569970</x:v>
+        <x:v>613349</x:v>
       </x:c>
       <x:c r="T188" s="16" t="s">
-        <x:v>163</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U188" s="16" t="s">
-        <x:v>218</x:v>
+        <x:v>339</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:21">
       <x:c r="A189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B189" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C189" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D189" s="3" t="s"/>
       <x:c r="G189" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="I189" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J189" s="0" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K189" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L189" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M189" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N189" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O189" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P189" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q189" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R189" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S189" s="0" t="n">
-        <x:v>613349</x:v>
+        <x:v>613351</x:v>
       </x:c>
       <x:c r="T189" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="U189" s="4" t="s">
-        <x:v>339</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:21">
       <x:c r="A190" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B190" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C190" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D190" s="15" t="s"/>
       <x:c r="E190" s="14" t="s"/>
       <x:c r="F190" s="14" t="s"/>
       <x:c r="G190" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H190" s="14" t="s"/>
       <x:c r="I190" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J190" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="K190" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="L190" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="M190" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N190" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O190" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P190" s="14" t="s">
-        <x:v>164</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="Q190" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R190" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="S190" s="14" t="n">
-        <x:v>613351</x:v>
+        <x:v>572856</x:v>
       </x:c>
       <x:c r="T190" s="16" t="s">
-        <x:v>340</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="U190" s="16" t="s">
-        <x:v>197</x:v>
+        <x:v>218</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:21">
       <x:c r="A191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B191" s="0" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C191" s="3" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D191" s="3" t="s"/>
       <x:c r="E191" s="0" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="F191" s="0" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="G191" s="0" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H191" s="0" t="s">
         <x:v>309</x:v>
       </x:c>
@@ -14230,54 +14230,54 @@
       <x:c r="L197" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M197" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N197" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O197" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P197" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="Q197" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R197" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S197" s="0" t="n">
         <x:v>613353</x:v>
       </x:c>
       <x:c r="T197" s="4" t="s">
-        <x:v>337</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="U197" s="4" t="s">
-        <x:v>335</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:21">
       <x:c r="A198" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B198" s="14" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="C198" s="15" t="n">
         <x:v>37717</x:v>
       </x:c>
       <x:c r="D198" s="15" t="s"/>
       <x:c r="E198" s="14" t="s"/>
       <x:c r="F198" s="14" t="s"/>
       <x:c r="G198" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H198" s="14" t="s"/>
       <x:c r="I198" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J198" s="14" t="s">
         <x:v>286</x:v>
       </x:c>
@@ -15067,51 +15067,51 @@
       <x:c r="L212" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>13209</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
         <x:v>614423</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>35209</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="E213" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="H213" s="0" t="s">
         <x:v>370</x:v>
       </x:c>
@@ -15291,51 +15291,51 @@
       <x:c r="J216" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
         <x:v>555192</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>388</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>38602</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="E217" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -16915,51 +16915,51 @@
       <x:c r="L244" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>34053</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
         <x:v>608679</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>38808</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="G245" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
@@ -17080,51 +17080,51 @@
       <x:c r="L247" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>34053</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>427</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
         <x:v>611866</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>429</x:v>
       </x:c>
       <x:c r="C248" s="15" t="s"/>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s"/>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
         <x:v>430</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s"/>
       <x:c r="K248" s="14" t="s">
@@ -17345,51 +17345,51 @@
       <x:c r="L252" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>34582</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
         <x:v>613716</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="C253" s="3" t="s"/>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="G253" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>26</x:v>
@@ -17901,78 +17901,78 @@
         <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>34994</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="H262" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="I262" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>34054</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
         <x:v>541390</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>38583</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="E263" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -17988,51 +17988,51 @@
       <x:c r="J263" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
         <x:v>607701</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
         <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>38583</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -18082,78 +18082,78 @@
       <x:c r="U264" s="16" t="s">
         <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>34994</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="E265" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="H265" s="0" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>34054</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
-        <x:v>105</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
         <x:v>555032</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>38583</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -18170,51 +18170,51 @@
       <x:c r="J266" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
         <x:v>556606</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
         <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>38583</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="E267" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -18230,51 +18230,51 @@
       <x:c r="J267" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
         <x:v>556608</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
         <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>38583</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -18506,147 +18506,147 @@
         <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>34994</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="I272" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>34054</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
         <x:v>465</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
         <x:v>555033</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
-        <x:v>40240</x:v>
+        <x:v>38583</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="E273" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="H273" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
-        <x:v>34554</x:v>
+        <x:v>34076</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
+        <x:v>481</x:v>
+      </x:c>
+      <x:c r="Q273" s="4" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="R273" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="S273" s="0" t="n">
+        <x:v>607674</x:v>
+      </x:c>
+      <x:c r="T273" s="4" t="s">
+        <x:v>478</x:v>
+      </x:c>
+      <x:c r="U273" s="4" t="s">
         <x:v>482</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>38583</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="I274" s="16" t="s">
         <x:v>361</x:v>
@@ -18657,166 +18657,166 @@
       <x:c r="K274" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>607674</x:v>
+        <x:v>556643</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>478</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>485</x:v>
+        <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
-        <x:v>38583</x:v>
+        <x:v>40240</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="E275" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="H275" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
-        <x:v>34076</x:v>
+        <x:v>34554</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
-        <x:v>470</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
-        <x:v>481</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>556643</x:v>
+        <x:v>602513</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>40240</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s">
-        <x:v>483</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="I276" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>34554</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
         <x:v>602433</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
         <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>38583</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
@@ -18956,51 +18956,51 @@
       <x:c r="J279" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
         <x:v>556609</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>38583</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -19163,81 +19163,81 @@
       <x:c r="S282" s="14" t="n">
         <x:v>602011</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
         <x:v>487</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>40240</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="E283" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="H283" s="0" t="s">
-        <x:v>483</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>34554</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
-        <x:v>482</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
         <x:v>554359</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
         <x:v>473</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>38583</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
@@ -19343,81 +19343,81 @@
         <x:v>609844</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>40240</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s">
-        <x:v>483</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="I286" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="J286" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="K286" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L286" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M286" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N286" s="15" t="n">
         <x:v>34554</x:v>
       </x:c>
       <x:c r="O286" s="14" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="P286" s="14" t="s">
-        <x:v>482</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="Q286" s="16" t="s">
-        <x:v>484</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="R286" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="S286" s="14" t="n">
         <x:v>554351</x:v>
       </x:c>
       <x:c r="T286" s="16" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="U286" s="16" t="s">
         <x:v>124</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:21">
       <x:c r="A287" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B287" s="0" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="C287" s="3" t="n">
         <x:v>38583</x:v>
       </x:c>
       <x:c r="D287" s="3" t="s"/>
@@ -19436,51 +19436,51 @@
       <x:c r="J287" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>607700</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>486</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
         <x:v>38583</x:v>
       </x:c>
       <x:c r="D288" s="15" t="s"/>
       <x:c r="E288" s="14" t="s"/>
       <x:c r="F288" s="14" t="s"/>
       <x:c r="G288" s="14" t="s">
@@ -19520,75 +19520,75 @@
       <x:c r="S288" s="14" t="n">
         <x:v>597478</x:v>
       </x:c>
       <x:c r="T288" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U288" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:21">
       <x:c r="A289" s="1" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="B289" s="0" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="C289" s="3" t="n">
         <x:v>40240</x:v>
       </x:c>
       <x:c r="D289" s="3" t="s"/>
       <x:c r="G289" s="0" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="I289" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="J289" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="K289" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="L289" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M289" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N289" s="3" t="n">
         <x:v>34554</x:v>
       </x:c>
       <x:c r="O289" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="P289" s="0" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="Q289" s="4" t="s">
-        <x:v>484</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="R289" s="0" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="S289" s="0" t="n">
         <x:v>596820</x:v>
       </x:c>
       <x:c r="T289" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U289" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:21">
       <x:c r="A290" s="13" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="B290" s="14" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="C290" s="15" t="n">
         <x:v>38583</x:v>
       </x:c>
       <x:c r="D290" s="15" t="s"/>
@@ -19604,51 +19604,51 @@
       <x:c r="J290" s="14" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="K290" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="L290" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M290" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N290" s="15" t="n">
         <x:v>34076</x:v>
       </x:c>
       <x:c r="O290" s="14" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="P290" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="Q290" s="16" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="R290" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S290" s="14" t="n">
         <x:v>597477</x:v>
       </x:c>
       <x:c r="T290" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U290" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:21">
       <x:c r="A291" s="1" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="B291" s="0" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="C291" s="3" t="n">
         <x:v>38583</x:v>
       </x:c>
       <x:c r="D291" s="3" t="s"/>
       <x:c r="G291" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
@@ -19889,51 +19889,51 @@
       <x:c r="M295" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
         <x:v>549067</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
@@ -20237,51 +20237,51 @@
       <x:c r="M301" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
         <x:v>549065</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
@@ -20293,54 +20293,54 @@
       <x:c r="L302" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>34538</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
         <x:v>608951</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>35652</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>449</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -20606,51 +20606,51 @@
         <x:v>384</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s"/>
       <x:c r="K308" s="14" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>34593</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>533</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
         <x:v>614971</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
         <x:v>534</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="C309" s="3" t="s"/>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
         <x:v>177</x:v>
@@ -20661,51 +20661,51 @@
       <x:c r="L309" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>15078</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
         <x:v>613713</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
         <x:v>535</x:v>
       </x:c>
       <x:c r="C310" s="15" t="s"/>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s"/>
       <x:c r="I310" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s"/>
       <x:c r="K310" s="14" t="s">
@@ -20816,51 +20816,51 @@
       <x:c r="L312" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>34582</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
         <x:v>613709</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>111</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="C313" s="3" t="s"/>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>26</x:v>
@@ -20912,51 +20912,51 @@
         <x:v>540</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s"/>
       <x:c r="K314" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>34582</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
         <x:v>567253</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>542</x:v>
       </x:c>
       <x:c r="C315" s="3" t="s"/>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
         <x:v>169</x:v>
@@ -20967,51 +20967,51 @@
       <x:c r="L315" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>34554</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
         <x:v>614409</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>543</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>37075</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
@@ -21374,51 +21374,51 @@
       <x:c r="M322" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N322" s="15" t="n">
         <x:v>34502</x:v>
       </x:c>
       <x:c r="O322" s="14" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="P322" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="Q322" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R322" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S322" s="14" t="n">
         <x:v>497342</x:v>
       </x:c>
       <x:c r="T322" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="U322" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:21">
       <x:c r="A323" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B323" s="0" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="C323" s="3" t="n">
         <x:v>34399</x:v>
       </x:c>
       <x:c r="D323" s="3" t="s"/>
       <x:c r="E323" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G323" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="I323" s="4" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="J323" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
@@ -21901,51 +21901,51 @@
       <x:c r="J331" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>609199</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>563</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
         <x:v>38830</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -22081,51 +22081,51 @@
       <x:c r="J334" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="K334" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>556618</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>475</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
         <x:v>38830</x:v>
       </x:c>
       <x:c r="D335" s="3" t="s"/>
       <x:c r="E335" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -22202,51 +22202,51 @@
       <x:c r="J336" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="K336" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L336" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M336" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N336" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O336" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="P336" s="14" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="Q336" s="16" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="R336" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S336" s="14" t="n">
         <x:v>607695</x:v>
       </x:c>
       <x:c r="T336" s="16" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="U336" s="16" t="s">
         <x:v>471</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:21">
       <x:c r="A337" s="1" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="B337" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="C337" s="3" t="n">
         <x:v>38830</x:v>
       </x:c>
       <x:c r="D337" s="3" t="s"/>
       <x:c r="G337" s="0" t="s">
         <x:v>502</x:v>
       </x:c>
@@ -22313,51 +22313,51 @@
       <x:c r="J338" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="K338" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="L338" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M338" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N338" s="15" t="n">
         <x:v>34085</x:v>
       </x:c>
       <x:c r="O338" s="14" t="s">
         <x:v>372</x:v>
       </x:c>
       <x:c r="P338" s="14" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="Q338" s="16" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="R338" s="14" t="s">
-        <x:v>110</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>591885</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
         <x:v>38830</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
         <x:v>569</x:v>
       </x:c>
@@ -22651,51 +22651,51 @@
       <x:c r="I344" s="16" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="J344" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="K344" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="L344" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M344" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N344" s="15" t="n">
         <x:v>34059</x:v>
       </x:c>
       <x:c r="O344" s="14" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="P344" s="14" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="Q344" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R344" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>596768</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>580</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
         <x:v>35358</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
@@ -23121,51 +23121,51 @@
       <x:c r="I352" s="16" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="J352" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="K352" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="L352" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M352" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N352" s="15" t="n">
         <x:v>34052</x:v>
       </x:c>
       <x:c r="O352" s="14" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="P352" s="14" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="Q352" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R352" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S352" s="14" t="n">
         <x:v>596766</x:v>
       </x:c>
       <x:c r="T352" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U352" s="16" t="s">
         <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="353" spans="1:21">
       <x:c r="A353" s="1" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="B353" s="0" t="s">
         <x:v>602</x:v>
       </x:c>
       <x:c r="C353" s="3" t="n">
         <x:v>35356</x:v>
       </x:c>
       <x:c r="D353" s="3" t="s"/>
@@ -23516,51 +23516,51 @@
       <x:c r="I359" s="4" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="J359" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="K359" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="L359" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M359" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N359" s="3" t="n">
         <x:v>34024</x:v>
       </x:c>
       <x:c r="O359" s="0" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="P359" s="0" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="Q359" s="4" t="s">
-        <x:v>109</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R359" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S359" s="0" t="n">
         <x:v>596759</x:v>
       </x:c>
       <x:c r="T359" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U359" s="4" t="s">
         <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="360" spans="1:21">
       <x:c r="A360" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B360" s="14" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="C360" s="15" t="n">
         <x:v>35357</x:v>
       </x:c>
       <x:c r="D360" s="15" t="s"/>
@@ -23819,51 +23819,51 @@
       <x:c r="I364" s="16" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="J364" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="K364" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L364" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M364" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N364" s="15" t="n">
         <x:v>34037</x:v>
       </x:c>
       <x:c r="O364" s="14" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="P364" s="14" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="Q364" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R364" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S364" s="14" t="n">
         <x:v>602562</x:v>
       </x:c>
       <x:c r="T364" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U364" s="16" t="s">
         <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="365" spans="1:21">
       <x:c r="A365" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B365" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="C365" s="3" t="n">
         <x:v>35357</x:v>
       </x:c>
       <x:c r="D365" s="3" t="s"/>
@@ -23940,117 +23940,120 @@
       <x:c r="I366" s="16" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="J366" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="K366" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L366" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M366" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N366" s="15" t="n">
         <x:v>34037</x:v>
       </x:c>
       <x:c r="O366" s="14" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="P366" s="14" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="Q366" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R366" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S366" s="14" t="n">
         <x:v>556144</x:v>
       </x:c>
       <x:c r="T366" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U366" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="367" spans="1:21">
       <x:c r="A367" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B367" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="C367" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D367" s="3" t="s"/>
       <x:c r="E367" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G367" s="0" t="s">
         <x:v>613</x:v>
       </x:c>
+      <x:c r="H367" s="0" t="s">
+        <x:v>614</x:v>
+      </x:c>
       <x:c r="I367" s="4" t="s">
-        <x:v>614</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="J367" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K367" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L367" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M367" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N367" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O367" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P367" s="0" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="Q367" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="R367" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="S367" s="0" t="n">
-        <x:v>515610</x:v>
+        <x:v>493091</x:v>
       </x:c>
       <x:c r="T367" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="U367" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="368" spans="1:21">
       <x:c r="A368" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B368" s="14" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="C368" s="15" t="n">
         <x:v>35357</x:v>
       </x:c>
       <x:c r="D368" s="15" t="s"/>
       <x:c r="E368" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F368" s="14" t="s"/>
       <x:c r="G368" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="H368" s="14" t="s">
         <x:v>565</x:v>
@@ -24088,51 +24091,51 @@
       <x:c r="S368" s="14" t="n">
         <x:v>554933</x:v>
       </x:c>
       <x:c r="T368" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U368" s="16" t="s">
         <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="369" spans="1:21">
       <x:c r="A369" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B369" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="C369" s="3" t="n">
         <x:v>35357</x:v>
       </x:c>
       <x:c r="D369" s="3" t="s"/>
       <x:c r="E369" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G369" s="0" t="s">
-        <x:v>616</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="I369" s="4" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="J369" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="K369" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L369" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M369" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N369" s="3" t="n">
         <x:v>34037</x:v>
       </x:c>
       <x:c r="O369" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="P369" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
@@ -24294,187 +24297,187 @@
       <x:c r="H372" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="I372" s="16" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="J372" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="K372" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L372" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M372" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N372" s="15" t="n">
         <x:v>34037</x:v>
       </x:c>
       <x:c r="O372" s="14" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="P372" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="Q372" s="16" t="s">
-        <x:v>577</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="R372" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S372" s="14" t="n">
-        <x:v>454265</x:v>
+        <x:v>603432</x:v>
       </x:c>
       <x:c r="T372" s="16" t="s">
-        <x:v>598</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U372" s="16" t="s">
-        <x:v>599</x:v>
+        <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="373" spans="1:21">
       <x:c r="A373" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B373" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="C373" s="3" t="n">
         <x:v>35357</x:v>
       </x:c>
       <x:c r="D373" s="3" t="s"/>
       <x:c r="E373" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G373" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="H373" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="I373" s="4" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="J373" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="K373" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L373" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M373" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N373" s="3" t="n">
         <x:v>34037</x:v>
       </x:c>
       <x:c r="O373" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="P373" s="0" t="s">
-        <x:v>590</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="Q373" s="4" t="s">
-        <x:v>404</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="R373" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="S373" s="0" t="n">
-        <x:v>453826</x:v>
+        <x:v>509940</x:v>
       </x:c>
       <x:c r="T373" s="4" t="s">
-        <x:v>598</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U373" s="4" t="s">
-        <x:v>599</x:v>
+        <x:v>600</x:v>
       </x:c>
     </x:row>
     <x:row r="374" spans="1:21">
       <x:c r="A374" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B374" s="14" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="C374" s="15" t="n">
         <x:v>35357</x:v>
       </x:c>
       <x:c r="D374" s="15" t="s"/>
       <x:c r="E374" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F374" s="14" t="s"/>
       <x:c r="G374" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="H374" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="I374" s="16" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="J374" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="K374" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L374" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M374" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N374" s="15" t="n">
         <x:v>34037</x:v>
       </x:c>
       <x:c r="O374" s="14" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="P374" s="14" t="s">
-        <x:v>576</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="Q374" s="16" t="s">
-        <x:v>577</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="R374" s="14" t="s">
-        <x:v>578</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S374" s="14" t="n">
-        <x:v>509940</x:v>
+        <x:v>453826</x:v>
       </x:c>
       <x:c r="T374" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="U374" s="16" t="s">
-        <x:v>600</x:v>
+        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="375" spans="1:21">
       <x:c r="A375" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B375" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="C375" s="3" t="n">
         <x:v>35357</x:v>
       </x:c>
       <x:c r="D375" s="3" t="s"/>
       <x:c r="E375" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G375" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="H375" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="I375" s="4" t="s">
         <x:v>574</x:v>
       </x:c>
@@ -24484,57 +24487,57 @@
       <x:c r="K375" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L375" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M375" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N375" s="3" t="n">
         <x:v>34037</x:v>
       </x:c>
       <x:c r="O375" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="P375" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q375" s="4" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="R375" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S375" s="0" t="n">
-        <x:v>603432</x:v>
+        <x:v>603433</x:v>
       </x:c>
       <x:c r="T375" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U375" s="4" t="s">
-        <x:v>601</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="376" spans="1:21">
       <x:c r="A376" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B376" s="14" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="C376" s="15" t="n">
         <x:v>35357</x:v>
       </x:c>
       <x:c r="D376" s="15" t="s"/>
       <x:c r="E376" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F376" s="14" t="s"/>
       <x:c r="G376" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="H376" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="I376" s="16" t="s">
         <x:v>574</x:v>
@@ -24545,54 +24548,54 @@
       <x:c r="K376" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L376" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M376" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N376" s="15" t="n">
         <x:v>34037</x:v>
       </x:c>
       <x:c r="O376" s="14" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="P376" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q376" s="16" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="R376" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S376" s="14" t="n">
-        <x:v>603433</x:v>
+        <x:v>554888</x:v>
       </x:c>
       <x:c r="T376" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U376" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="377" spans="1:21">
       <x:c r="A377" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B377" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="C377" s="3" t="n">
         <x:v>35357</x:v>
       </x:c>
       <x:c r="D377" s="3" t="s"/>
       <x:c r="E377" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G377" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="H377" s="0" t="s">
         <x:v>565</x:v>
       </x:c>
@@ -24605,112 +24608,112 @@
       <x:c r="K377" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L377" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M377" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N377" s="3" t="n">
         <x:v>34037</x:v>
       </x:c>
       <x:c r="O377" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="P377" s="0" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q377" s="4" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="R377" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S377" s="0" t="n">
-        <x:v>554888</x:v>
+        <x:v>603431</x:v>
       </x:c>
       <x:c r="T377" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U377" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="378" spans="1:21">
       <x:c r="A378" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B378" s="14" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="C378" s="15" t="n">
         <x:v>35357</x:v>
       </x:c>
       <x:c r="D378" s="15" t="s"/>
       <x:c r="E378" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F378" s="14" t="s"/>
       <x:c r="G378" s="14" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="H378" s="14" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="I378" s="16" t="s">
         <x:v>574</x:v>
       </x:c>
       <x:c r="J378" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="K378" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L378" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M378" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N378" s="15" t="n">
         <x:v>34037</x:v>
       </x:c>
       <x:c r="O378" s="14" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="P378" s="14" t="s">
-        <x:v>590</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="Q378" s="16" t="s">
-        <x:v>404</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="R378" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="S378" s="14" t="n">
-        <x:v>603431</x:v>
+        <x:v>603826</x:v>
       </x:c>
       <x:c r="T378" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U378" s="16" t="s">
         <x:v>579</x:v>
       </x:c>
     </x:row>
     <x:row r="379" spans="1:21">
       <x:c r="A379" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B379" s="0" t="s">
         <x:v>609</x:v>
       </x:c>
       <x:c r="C379" s="3" t="n">
         <x:v>35357</x:v>
       </x:c>
       <x:c r="D379" s="3" t="s"/>
       <x:c r="E379" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G379" s="0" t="s">
         <x:v>573</x:v>
       </x:c>
@@ -24726,65 +24729,65 @@
       <x:c r="K379" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L379" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M379" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N379" s="3" t="n">
         <x:v>34037</x:v>
       </x:c>
       <x:c r="O379" s="0" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="P379" s="0" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="Q379" s="4" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="R379" s="0" t="s">
         <x:v>578</x:v>
       </x:c>
       <x:c r="S379" s="0" t="n">
-        <x:v>603826</x:v>
+        <x:v>454265</x:v>
       </x:c>
       <x:c r="T379" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="U379" s="4" t="s">
-        <x:v>579</x:v>
+        <x:v>599</x:v>
       </x:c>
     </x:row>
     <x:row r="380" spans="1:21">
       <x:c r="A380" s="13" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="B380" s="14" t="s">
-        <x:v>617</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="C380" s="15" t="n">
         <x:v>35357</x:v>
       </x:c>
       <x:c r="D380" s="15" t="s"/>
       <x:c r="E380" s="14" t="s"/>
       <x:c r="F380" s="14" t="s"/>
       <x:c r="G380" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="H380" s="14" t="s"/>
       <x:c r="I380" s="16" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="J380" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="K380" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="L380" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M380" s="14" t="s">
         <x:v>39</x:v>
@@ -24797,51 +24800,51 @@
       </x:c>
       <x:c r="P380" s="14" t="s">
         <x:v>590</x:v>
       </x:c>
       <x:c r="Q380" s="16" t="s">
         <x:v>591</x:v>
       </x:c>
       <x:c r="R380" s="14" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="S380" s="14" t="n">
         <x:v>596755</x:v>
       </x:c>
       <x:c r="T380" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U380" s="16" t="s">
         <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="381" spans="1:21">
       <x:c r="A381" s="1" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="B381" s="0" t="s">
-        <x:v>617</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="C381" s="3" t="n">
         <x:v>35357</x:v>
       </x:c>
       <x:c r="D381" s="3" t="s"/>
       <x:c r="G381" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="I381" s="4" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="J381" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="K381" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="L381" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M381" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N381" s="3" t="n">
         <x:v>34037</x:v>
@@ -24851,108 +24854,108 @@
       </x:c>
       <x:c r="P381" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="Q381" s="4" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="R381" s="0" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="S381" s="0" t="n">
         <x:v>596752</x:v>
       </x:c>
       <x:c r="T381" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U381" s="4" t="s">
         <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="382" spans="1:21">
       <x:c r="A382" s="13" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="B382" s="14" t="s">
-        <x:v>617</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="C382" s="15" t="n">
         <x:v>35357</x:v>
       </x:c>
       <x:c r="D382" s="15" t="s"/>
       <x:c r="E382" s="14" t="s"/>
       <x:c r="F382" s="14" t="s"/>
       <x:c r="G382" s="14" t="s">
         <x:v>581</x:v>
       </x:c>
       <x:c r="H382" s="14" t="s"/>
       <x:c r="I382" s="16" t="s">
         <x:v>582</x:v>
       </x:c>
       <x:c r="J382" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="K382" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="L382" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M382" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N382" s="15" t="n">
         <x:v>34037</x:v>
       </x:c>
       <x:c r="O382" s="14" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="P382" s="14" t="s">
         <x:v>584</x:v>
       </x:c>
       <x:c r="Q382" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R382" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S382" s="14" t="n">
         <x:v>596754</x:v>
       </x:c>
       <x:c r="T382" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U382" s="16" t="s">
         <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="383" spans="1:21">
       <x:c r="A383" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B383" s="0" t="s">
-        <x:v>617</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="C383" s="3" t="n">
         <x:v>35357</x:v>
       </x:c>
       <x:c r="D383" s="3" t="s"/>
       <x:c r="G383" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="H383" s="0" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="I383" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="J383" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="K383" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L383" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M383" s="0" t="s">
         <x:v>39</x:v>
@@ -24965,108 +24968,108 @@
       </x:c>
       <x:c r="P383" s="0" t="s">
         <x:v>603</x:v>
       </x:c>
       <x:c r="Q383" s="4" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="R383" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S383" s="0" t="n">
         <x:v>575985</x:v>
       </x:c>
       <x:c r="T383" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U383" s="4" t="s">
         <x:v>91</x:v>
       </x:c>
     </x:row>
     <x:row r="384" spans="1:21">
       <x:c r="A384" s="13" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="B384" s="14" t="s">
-        <x:v>617</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="C384" s="15" t="n">
         <x:v>35357</x:v>
       </x:c>
       <x:c r="D384" s="15" t="s"/>
       <x:c r="E384" s="14" t="s"/>
       <x:c r="F384" s="14" t="s"/>
       <x:c r="G384" s="14" t="s">
-        <x:v>618</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="H384" s="14" t="s"/>
       <x:c r="I384" s="16" t="s">
-        <x:v>619</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="J384" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="K384" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="L384" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M384" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N384" s="15" t="n">
         <x:v>34037</x:v>
       </x:c>
       <x:c r="O384" s="14" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="P384" s="14" t="s">
-        <x:v>620</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="Q384" s="16" t="s">
-        <x:v>621</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="R384" s="14" t="s">
-        <x:v>622</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="S384" s="14" t="n">
         <x:v>596753</x:v>
       </x:c>
       <x:c r="T384" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U384" s="16" t="s">
         <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="385" spans="1:21">
       <x:c r="A385" s="1" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="B385" s="0" t="s">
-        <x:v>617</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="C385" s="3" t="n">
         <x:v>35357</x:v>
       </x:c>
       <x:c r="D385" s="3" t="s"/>
       <x:c r="G385" s="0" t="s">
         <x:v>585</x:v>
       </x:c>
       <x:c r="I385" s="4" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="J385" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="K385" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="L385" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M385" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N385" s="3" t="n">
         <x:v>34037</x:v>
@@ -25076,51 +25079,51 @@
       </x:c>
       <x:c r="P385" s="0" t="s">
         <x:v>587</x:v>
       </x:c>
       <x:c r="Q385" s="4" t="s">
         <x:v>588</x:v>
       </x:c>
       <x:c r="R385" s="0" t="s">
         <x:v>589</x:v>
       </x:c>
       <x:c r="S385" s="0" t="n">
         <x:v>596756</x:v>
       </x:c>
       <x:c r="T385" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U385" s="4" t="s">
         <x:v>530</x:v>
       </x:c>
     </x:row>
     <x:row r="386" spans="1:21">
       <x:c r="A386" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B386" s="14" t="s">
-        <x:v>623</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="C386" s="15" t="n">
         <x:v>40607</x:v>
       </x:c>
       <x:c r="D386" s="15" t="s"/>
       <x:c r="E386" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F386" s="14" t="s"/>
       <x:c r="G386" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="H386" s="14" t="s"/>
       <x:c r="I386" s="16" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="J386" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="K386" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L386" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -25135,108 +25138,108 @@
       </x:c>
       <x:c r="P386" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="Q386" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R386" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S386" s="14" t="n">
         <x:v>603061</x:v>
       </x:c>
       <x:c r="T386" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U386" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="387" spans="1:21">
       <x:c r="A387" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B387" s="0" t="s">
-        <x:v>623</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="C387" s="3" t="n">
         <x:v>40607</x:v>
       </x:c>
       <x:c r="D387" s="3" t="s"/>
       <x:c r="E387" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G387" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="I387" s="4" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="J387" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="K387" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L387" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M387" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N387" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O387" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P387" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="Q387" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R387" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S387" s="0" t="n">
         <x:v>603062</x:v>
       </x:c>
       <x:c r="T387" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U387" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="388" spans="1:21">
       <x:c r="A388" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B388" s="14" t="s">
-        <x:v>624</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="C388" s="15" t="n">
         <x:v>40607</x:v>
       </x:c>
       <x:c r="D388" s="15" t="s"/>
       <x:c r="E388" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F388" s="14" t="s"/>
       <x:c r="G388" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="H388" s="14" t="s"/>
       <x:c r="I388" s="16" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="J388" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="K388" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L388" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -25251,224 +25254,224 @@
       </x:c>
       <x:c r="P388" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="Q388" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R388" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S388" s="14" t="n">
         <x:v>603059</x:v>
       </x:c>
       <x:c r="T388" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U388" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="389" spans="1:21">
       <x:c r="A389" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B389" s="0" t="s">
-        <x:v>624</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="C389" s="3" t="n">
         <x:v>40607</x:v>
       </x:c>
       <x:c r="D389" s="3" t="s"/>
       <x:c r="E389" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G389" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="I389" s="4" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="J389" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="K389" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L389" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M389" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N389" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O389" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P389" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="Q389" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R389" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S389" s="0" t="n">
         <x:v>603060</x:v>
       </x:c>
       <x:c r="T389" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U389" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="390" spans="1:21">
       <x:c r="A390" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B390" s="14" t="s">
-        <x:v>625</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="C390" s="15" t="n">
         <x:v>40607</x:v>
       </x:c>
       <x:c r="D390" s="15" t="s"/>
       <x:c r="E390" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F390" s="14" t="s"/>
       <x:c r="G390" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="H390" s="14" t="s"/>
       <x:c r="I390" s="16" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="J390" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="K390" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L390" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M390" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N390" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O390" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P390" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="Q390" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R390" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S390" s="14" t="n">
         <x:v>603053</x:v>
       </x:c>
       <x:c r="T390" s="16" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="U390" s="16" t="s">
-        <x:v>626</x:v>
+        <x:v>627</x:v>
       </x:c>
     </x:row>
     <x:row r="391" spans="1:21">
       <x:c r="A391" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B391" s="0" t="s">
-        <x:v>625</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="C391" s="3" t="n">
         <x:v>40607</x:v>
       </x:c>
       <x:c r="D391" s="3" t="s"/>
       <x:c r="E391" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G391" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="I391" s="4" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="J391" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="K391" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L391" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M391" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N391" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O391" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P391" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="Q391" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R391" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S391" s="0" t="n">
         <x:v>578907</x:v>
       </x:c>
       <x:c r="T391" s="4" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="U391" s="4" t="s">
-        <x:v>627</x:v>
+        <x:v>628</x:v>
       </x:c>
     </x:row>
     <x:row r="392" spans="1:21">
       <x:c r="A392" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B392" s="14" t="s">
-        <x:v>625</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="C392" s="15" t="n">
         <x:v>40607</x:v>
       </x:c>
       <x:c r="D392" s="15" t="s"/>
       <x:c r="E392" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F392" s="14" t="s"/>
       <x:c r="G392" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="H392" s="14" t="s"/>
       <x:c r="I392" s="16" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="J392" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="K392" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L392" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
@@ -25483,331 +25486,337 @@
       </x:c>
       <x:c r="P392" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="Q392" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R392" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S392" s="14" t="n">
         <x:v>578909</x:v>
       </x:c>
       <x:c r="T392" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U392" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="393" spans="1:21">
       <x:c r="A393" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B393" s="0" t="s">
-        <x:v>625</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="C393" s="3" t="n">
         <x:v>40607</x:v>
       </x:c>
       <x:c r="D393" s="3" t="s"/>
       <x:c r="E393" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G393" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="I393" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="J393" s="0" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="K393" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L393" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M393" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N393" s="3" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O393" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P393" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="Q393" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R393" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S393" s="0" t="n">
         <x:v>608935</x:v>
       </x:c>
       <x:c r="T393" s="4" t="s">
-        <x:v>111</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="U393" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
     </x:row>
     <x:row r="394" spans="1:21">
       <x:c r="A394" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B394" s="14" t="s">
-        <x:v>625</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="C394" s="15" t="n">
         <x:v>40607</x:v>
       </x:c>
       <x:c r="D394" s="15" t="s"/>
       <x:c r="E394" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F394" s="14" t="s"/>
       <x:c r="G394" s="14" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="H394" s="14" t="s"/>
       <x:c r="I394" s="16" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="J394" s="14" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="K394" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L394" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M394" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N394" s="15" t="n">
         <x:v>34572</x:v>
       </x:c>
       <x:c r="O394" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="P394" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="Q394" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R394" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S394" s="14" t="n">
         <x:v>603054</x:v>
       </x:c>
       <x:c r="T394" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U394" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="395" spans="1:21">
       <x:c r="A395" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B395" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="C395" s="3" t="n">
-        <x:v>35801</x:v>
+        <x:v>41757</x:v>
       </x:c>
       <x:c r="D395" s="3" t="s"/>
       <x:c r="E395" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G395" s="0" t="s">
-        <x:v>628</x:v>
+        <x:v>454</x:v>
+      </x:c>
+      <x:c r="H395" s="0" t="s">
+        <x:v>455</x:v>
       </x:c>
       <x:c r="I395" s="4" t="s">
-        <x:v>629</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="J395" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K395" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L395" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M395" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N395" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O395" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P395" s="0" t="s">
+        <x:v>629</x:v>
+      </x:c>
+      <x:c r="Q395" s="4" t="s">
         <x:v>630</x:v>
       </x:c>
-      <x:c r="Q395" s="4" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="R395" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S395" s="0" t="n">
-        <x:v>558949</x:v>
+        <x:v>602829</x:v>
       </x:c>
       <x:c r="T395" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U395" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="396" spans="1:21">
       <x:c r="A396" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B396" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="C396" s="15" t="n">
-        <x:v>35801</x:v>
+        <x:v>41757</x:v>
       </x:c>
       <x:c r="D396" s="15" t="s"/>
       <x:c r="E396" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F396" s="14" t="s"/>
       <x:c r="G396" s="14" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="H396" s="14" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="I396" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J396" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K396" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L396" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M396" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N396" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O396" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P396" s="14" t="s">
         <x:v>631</x:v>
       </x:c>
       <x:c r="Q396" s="16" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="R396" s="14" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="S396" s="14" t="n">
-        <x:v>553200</x:v>
+        <x:v>604163</x:v>
       </x:c>
       <x:c r="T396" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U396" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="397" spans="1:21">
       <x:c r="A397" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B397" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="C397" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D397" s="3" t="s"/>
       <x:c r="E397" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G397" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="H397" s="0" t="s">
+        <x:v>370</x:v>
       </x:c>
       <x:c r="I397" s="4" t="s">
-        <x:v>614</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="J397" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K397" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L397" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M397" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N397" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O397" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P397" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="Q397" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R397" s="0" t="s">
-        <x:v>452</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="S397" s="0" t="n">
-        <x:v>547558</x:v>
+        <x:v>556868</x:v>
       </x:c>
       <x:c r="T397" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U397" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="398" spans="1:21">
       <x:c r="A398" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B398" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="C398" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D398" s="15" t="s"/>
       <x:c r="E398" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F398" s="14" t="s"/>
       <x:c r="G398" s="14" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="H398" s="14" t="s">
         <x:v>370</x:v>
@@ -25821,533 +25830,529 @@
       <x:c r="K398" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L398" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M398" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N398" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O398" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P398" s="14" t="s">
         <x:v>632</x:v>
       </x:c>
       <x:c r="Q398" s="16" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="R398" s="14" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="S398" s="14" t="n">
-        <x:v>556868</x:v>
+        <x:v>508944</x:v>
       </x:c>
       <x:c r="T398" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U398" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>547</x:v>
       </x:c>
     </x:row>
     <x:row r="399" spans="1:21">
       <x:c r="A399" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B399" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="C399" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D399" s="3" t="s"/>
       <x:c r="E399" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G399" s="0" t="s">
-        <x:v>369</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="H399" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="I399" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J399" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K399" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L399" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M399" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N399" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O399" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P399" s="0" t="s">
-        <x:v>632</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="Q399" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R399" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S399" s="0" t="n">
-        <x:v>508944</x:v>
+        <x:v>511009</x:v>
       </x:c>
       <x:c r="T399" s="4" t="s">
-        <x:v>188</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="U399" s="4" t="s">
-        <x:v>547</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="400" spans="1:21">
       <x:c r="A400" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B400" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="C400" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D400" s="15" t="s"/>
       <x:c r="E400" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F400" s="14" t="s"/>
       <x:c r="G400" s="14" t="s">
-        <x:v>633</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>512</x:v>
+      </x:c>
+      <x:c r="H400" s="14" t="s"/>
       <x:c r="I400" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="J400" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K400" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L400" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M400" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N400" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O400" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P400" s="14" t="s">
-        <x:v>635</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="Q400" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R400" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S400" s="14" t="n">
-        <x:v>511009</x:v>
+        <x:v>549043</x:v>
       </x:c>
       <x:c r="T400" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="U400" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="401" spans="1:21">
       <x:c r="A401" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B401" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="C401" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D401" s="3" t="s"/>
       <x:c r="E401" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G401" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>633</x:v>
+      </x:c>
+      <x:c r="H401" s="0" t="s">
+        <x:v>634</x:v>
       </x:c>
       <x:c r="I401" s="4" t="s">
-        <x:v>513</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J401" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K401" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L401" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M401" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N401" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O401" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P401" s="0" t="s">
-        <x:v>515</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="Q401" s="4" t="s">
-        <x:v>88</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="R401" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S401" s="0" t="n">
-        <x:v>549043</x:v>
+        <x:v>556325</x:v>
       </x:c>
       <x:c r="T401" s="4" t="s">
-        <x:v>636</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U401" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="402" spans="1:21">
       <x:c r="A402" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B402" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="C402" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D402" s="15" t="s"/>
       <x:c r="E402" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F402" s="14" t="s"/>
       <x:c r="G402" s="14" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="H402" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="I402" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J402" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K402" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L402" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M402" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N402" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O402" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P402" s="14" t="s">
-        <x:v>635</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="Q402" s="16" t="s">
-        <x:v>169</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="R402" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="S402" s="14" t="n">
-        <x:v>556325</x:v>
+        <x:v>556328</x:v>
       </x:c>
       <x:c r="T402" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U402" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="403" spans="1:21">
       <x:c r="A403" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B403" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="C403" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D403" s="3" t="s"/>
       <x:c r="E403" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G403" s="0" t="s">
-        <x:v>633</x:v>
-[...2 lines deleted...]
-        <x:v>634</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="I403" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="J403" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K403" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L403" s="0" t="s">
-        <x:v>26</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="M403" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N403" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O403" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P403" s="0" t="s">
-        <x:v>637</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="Q403" s="4" t="s">
-        <x:v>409</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="R403" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="S403" s="0" t="n">
-        <x:v>556328</x:v>
+        <x:v>547558</x:v>
       </x:c>
       <x:c r="T403" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U403" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="404" spans="1:21">
       <x:c r="A404" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B404" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="C404" s="15" t="n">
-        <x:v>41757</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D404" s="15" t="s"/>
       <x:c r="E404" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F404" s="14" t="s"/>
       <x:c r="G404" s="14" t="s">
-        <x:v>435</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>641</x:v>
+      </x:c>
+      <x:c r="H404" s="14" t="s"/>
       <x:c r="I404" s="16" t="s">
-        <x:v>361</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="J404" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K404" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L404" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="M404" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="N404" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O404" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P404" s="14" t="s">
-        <x:v>631</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="Q404" s="16" t="s">
-        <x:v>431</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="R404" s="14" t="s">
-        <x:v>433</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S404" s="14" t="n">
-        <x:v>604163</x:v>
+        <x:v>558949</x:v>
       </x:c>
       <x:c r="T404" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U404" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="405" spans="1:21">
       <x:c r="A405" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B405" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="C405" s="3" t="n">
-        <x:v>41757</x:v>
+        <x:v>35801</x:v>
       </x:c>
       <x:c r="D405" s="3" t="s"/>
       <x:c r="E405" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G405" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="H405" s="0" t="s">
-        <x:v>455</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="I405" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="J405" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K405" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L405" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M405" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N405" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O405" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P405" s="0" t="s">
-        <x:v>638</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="Q405" s="4" t="s">
-        <x:v>639</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="R405" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="S405" s="0" t="n">
-        <x:v>602829</x:v>
+        <x:v>553200</x:v>
       </x:c>
       <x:c r="T405" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U405" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="406" spans="1:21">
       <x:c r="A406" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B406" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="C406" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D406" s="15" t="s"/>
       <x:c r="E406" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F406" s="14" t="s"/>
       <x:c r="G406" s="14" t="s">
-        <x:v>640</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="H406" s="14" t="s"/>
       <x:c r="I406" s="16" t="s">
-        <x:v>641</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="J406" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K406" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L406" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M406" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N406" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O406" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P406" s="14" t="s">
-        <x:v>640</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="Q406" s="16" t="s">
-        <x:v>641</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="R406" s="14" t="s">
         <x:v>420</x:v>
       </x:c>
       <x:c r="S406" s="14" t="n">
         <x:v>514130</x:v>
       </x:c>
       <x:c r="T406" s="16" t="s">
-        <x:v>642</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="U406" s="16" t="s">
         <x:v>386</x:v>
       </x:c>
     </x:row>
     <x:row r="407" spans="1:21">
       <x:c r="A407" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B407" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="C407" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D407" s="3" t="s"/>
       <x:c r="E407" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G407" s="0" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="I407" s="4" t="s">
         <x:v>513</x:v>
       </x:c>
@@ -26360,51 +26365,51 @@
       <x:c r="L407" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M407" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N407" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O407" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P407" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="Q407" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R407" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S407" s="0" t="n">
         <x:v>497337</x:v>
       </x:c>
       <x:c r="T407" s="4" t="s">
-        <x:v>642</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="U407" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="408" spans="1:21">
       <x:c r="A408" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B408" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="C408" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D408" s="15" t="s"/>
       <x:c r="E408" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F408" s="14" t="s"/>
       <x:c r="G408" s="14" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="H408" s="14" t="s">
         <x:v>634</x:v>
@@ -26469,57 +26474,57 @@
       <x:c r="H409" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="I409" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J409" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K409" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L409" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M409" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N409" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O409" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P409" s="0" t="s">
-        <x:v>643</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="Q409" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="R409" s="0" t="s">
-        <x:v>645</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="S409" s="0" t="n">
         <x:v>511008</x:v>
       </x:c>
       <x:c r="T409" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="U409" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="410" spans="1:21">
       <x:c r="A410" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B410" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="C410" s="15" t="n">
         <x:v>41757</x:v>
       </x:c>
       <x:c r="D410" s="15" t="s"/>
       <x:c r="E410" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -26540,163 +26545,163 @@
       <x:c r="L410" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M410" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N410" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O410" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P410" s="14" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="Q410" s="16" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R410" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S410" s="14" t="n">
         <x:v>603051</x:v>
       </x:c>
       <x:c r="T410" s="16" t="s">
-        <x:v>646</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="U410" s="16" t="s">
         <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="411" spans="1:21">
       <x:c r="A411" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B411" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="C411" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D411" s="3" t="s"/>
       <x:c r="E411" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G411" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I411" s="4" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J411" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K411" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L411" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M411" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N411" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O411" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P411" s="0" t="s">
-        <x:v>647</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="Q411" s="4" t="s">
-        <x:v>648</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="R411" s="0" t="s">
-        <x:v>649</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="S411" s="0" t="n">
         <x:v>502687</x:v>
       </x:c>
       <x:c r="T411" s="4" t="s">
-        <x:v>650</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="U411" s="4" t="s">
-        <x:v>651</x:v>
+        <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="412" spans="1:21">
       <x:c r="A412" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B412" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="C412" s="15" t="n">
         <x:v>41757</x:v>
       </x:c>
       <x:c r="D412" s="15" t="s"/>
       <x:c r="E412" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F412" s="14" t="s"/>
       <x:c r="G412" s="14" t="s">
         <x:v>454</x:v>
       </x:c>
       <x:c r="H412" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I412" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="J412" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K412" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L412" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M412" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N412" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O412" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P412" s="14" t="s">
-        <x:v>652</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="Q412" s="16" t="s">
-        <x:v>653</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="R412" s="14" t="s">
-        <x:v>654</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="S412" s="14" t="n">
         <x:v>602830</x:v>
       </x:c>
       <x:c r="T412" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U412" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="413" spans="1:21">
       <x:c r="A413" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B413" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="C413" s="3" t="n">
         <x:v>41757</x:v>
       </x:c>
       <x:c r="D413" s="3" t="s"/>
       <x:c r="E413" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -26767,360 +26772,357 @@
       <x:c r="H414" s="14" t="s">
         <x:v>455</x:v>
       </x:c>
       <x:c r="I414" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="J414" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K414" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L414" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M414" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N414" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O414" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P414" s="14" t="s">
-        <x:v>638</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="Q414" s="16" t="s">
-        <x:v>639</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="R414" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S414" s="14" t="n">
         <x:v>558860</x:v>
       </x:c>
       <x:c r="T414" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U414" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="415" spans="1:21">
       <x:c r="A415" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B415" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="C415" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D415" s="3" t="s"/>
       <x:c r="E415" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G415" s="0" t="s">
-        <x:v>655</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="H415" s="0" t="s">
-        <x:v>656</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="I415" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="J415" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K415" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L415" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M415" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N415" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O415" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P415" s="0" t="s">
-        <x:v>657</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="Q415" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="R415" s="0" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="S415" s="0" t="n">
         <x:v>547696</x:v>
       </x:c>
       <x:c r="T415" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U415" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="416" spans="1:21">
       <x:c r="A416" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B416" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="C416" s="15" t="n">
         <x:v>41757</x:v>
       </x:c>
       <x:c r="D416" s="15" t="s"/>
       <x:c r="E416" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F416" s="14" t="s"/>
       <x:c r="G416" s="14" t="s">
-        <x:v>658</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="H416" s="14" t="s"/>
       <x:c r="I416" s="16" t="s">
-        <x:v>659</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="J416" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K416" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L416" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M416" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N416" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O416" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P416" s="14" t="s">
-        <x:v>660</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="Q416" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R416" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S416" s="14" t="n">
         <x:v>601833</x:v>
       </x:c>
       <x:c r="T416" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U416" s="16" t="s">
         <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="417" spans="1:21">
       <x:c r="A417" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B417" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="C417" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D417" s="3" t="s"/>
       <x:c r="E417" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G417" s="0" t="s">
-        <x:v>628</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="I417" s="4" t="s">
-        <x:v>629</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="J417" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K417" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L417" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M417" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N417" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O417" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P417" s="0" t="s">
-        <x:v>661</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="Q417" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="R417" s="0" t="s">
         <x:v>41</x:v>
       </x:c>
       <x:c r="S417" s="0" t="n">
         <x:v>550695</x:v>
       </x:c>
       <x:c r="T417" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U417" s="4" t="s">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="418" spans="1:21">
       <x:c r="A418" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B418" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="C418" s="15" t="n">
         <x:v>41757</x:v>
       </x:c>
       <x:c r="D418" s="15" t="s"/>
       <x:c r="E418" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F418" s="14" t="s"/>
       <x:c r="G418" s="14" t="s">
-        <x:v>655</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="H418" s="14" t="s">
-        <x:v>656</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="I418" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="J418" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K418" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L418" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M418" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N418" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O418" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P418" s="14" t="s">
-        <x:v>657</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="Q418" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="R418" s="14" t="s">
         <x:v>380</x:v>
       </x:c>
       <x:c r="S418" s="14" t="n">
         <x:v>617445</x:v>
       </x:c>
       <x:c r="T418" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U418" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="419" spans="1:21">
       <x:c r="A419" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B419" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="C419" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D419" s="3" t="s"/>
       <x:c r="E419" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G419" s="0" t="s">
-        <x:v>655</x:v>
-[...2 lines deleted...]
-        <x:v>656</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="I419" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="J419" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K419" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L419" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M419" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N419" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O419" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P419" s="0" t="s">
-        <x:v>657</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="Q419" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="R419" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="S419" s="0" t="n">
-        <x:v>493091</x:v>
+        <x:v>515610</x:v>
       </x:c>
       <x:c r="T419" s="4" t="s">
-        <x:v>662</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="U419" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="420" spans="1:21">
       <x:c r="A420" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B420" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="C420" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D420" s="15" t="s"/>
       <x:c r="E420" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F420" s="14" t="s"/>
       <x:c r="G420" s="14" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="H420" s="14" t="s">
         <x:v>634</x:v>
@@ -27158,75 +27160,75 @@
       <x:c r="S420" s="14" t="n">
         <x:v>565598</x:v>
       </x:c>
       <x:c r="T420" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U420" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="421" spans="1:21">
       <x:c r="A421" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B421" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="C421" s="3" t="n">
         <x:v>41757</x:v>
       </x:c>
       <x:c r="D421" s="3" t="s"/>
       <x:c r="E421" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G421" s="0" t="s">
-        <x:v>613</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="I421" s="4" t="s">
-        <x:v>614</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="J421" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K421" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L421" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M421" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N421" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O421" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P421" s="0" t="s">
-        <x:v>615</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="Q421" s="4" t="s">
         <x:v>451</x:v>
       </x:c>
       <x:c r="R421" s="0" t="s">
         <x:v>452</x:v>
       </x:c>
       <x:c r="S421" s="0" t="n">
         <x:v>602211</x:v>
       </x:c>
       <x:c r="T421" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U421" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="422" spans="1:21">
       <x:c r="A422" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B422" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="C422" s="15" t="n">
@@ -27365,51 +27367,51 @@
       <x:c r="I424" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="J424" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K424" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L424" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M424" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N424" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O424" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P424" s="14" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="Q424" s="16" t="s">
-        <x:v>639</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="R424" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S424" s="14" t="n">
         <x:v>602831</x:v>
       </x:c>
       <x:c r="T424" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U424" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="425" spans="1:21">
       <x:c r="A425" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B425" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="C425" s="3" t="n">
         <x:v>41757</x:v>
       </x:c>
       <x:c r="D425" s="3" t="s"/>
@@ -27425,54 +27427,54 @@
       <x:c r="I425" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="J425" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K425" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L425" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M425" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N425" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O425" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P425" s="0" t="s">
         <x:v>672</x:v>
       </x:c>
       <x:c r="Q425" s="4" t="s">
-        <x:v>653</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="R425" s="0" t="s">
-        <x:v>654</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="S425" s="0" t="n">
         <x:v>602832</x:v>
       </x:c>
       <x:c r="T425" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U425" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="426" spans="1:21">
       <x:c r="A426" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B426" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="C426" s="15" t="n">
         <x:v>41757</x:v>
       </x:c>
       <x:c r="D426" s="15" t="s"/>
       <x:c r="E426" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -27483,57 +27485,57 @@
       <x:c r="H426" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="I426" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J426" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K426" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L426" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M426" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N426" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O426" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P426" s="14" t="s">
-        <x:v>643</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="Q426" s="16" t="s">
-        <x:v>644</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="R426" s="14" t="s">
-        <x:v>645</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="S426" s="14" t="n">
         <x:v>608132</x:v>
       </x:c>
       <x:c r="T426" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U426" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="427" spans="1:21">
       <x:c r="A427" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B427" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="C427" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D427" s="3" t="s"/>
       <x:c r="E427" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -27673,54 +27675,54 @@
       <x:c r="L429" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M429" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N429" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O429" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P429" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="Q429" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="R429" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="S429" s="0" t="n">
         <x:v>502686</x:v>
       </x:c>
       <x:c r="T429" s="4" t="s">
-        <x:v>650</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="U429" s="4" t="s">
-        <x:v>651</x:v>
+        <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="430" spans="1:21">
       <x:c r="A430" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B430" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="C430" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D430" s="15" t="s"/>
       <x:c r="E430" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F430" s="14" t="s"/>
       <x:c r="G430" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H430" s="14" t="s"/>
       <x:c r="I430" s="16" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="J430" s="14" t="s">
@@ -27732,105 +27734,105 @@
       <x:c r="L430" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M430" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N430" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O430" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P430" s="14" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="Q430" s="16" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="R430" s="14" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="S430" s="14" t="n">
         <x:v>502688</x:v>
       </x:c>
       <x:c r="T430" s="16" t="s">
-        <x:v>650</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="U430" s="16" t="s">
-        <x:v>651</x:v>
+        <x:v>655</x:v>
       </x:c>
     </x:row>
     <x:row r="431" spans="1:21">
       <x:c r="A431" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B431" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="C431" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D431" s="3" t="s"/>
       <x:c r="E431" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G431" s="0" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="H431" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="I431" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J431" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K431" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L431" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M431" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N431" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O431" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P431" s="0" t="s">
-        <x:v>643</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="Q431" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="R431" s="0" t="s">
-        <x:v>645</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="S431" s="0" t="n">
         <x:v>556327</x:v>
       </x:c>
       <x:c r="T431" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U431" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="432" spans="1:21">
       <x:c r="A432" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B432" s="14" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="C432" s="15" t="n">
         <x:v>41757</x:v>
       </x:c>
       <x:c r="D432" s="15" t="s"/>
       <x:c r="E432" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -27995,78 +27997,78 @@
       <x:c r="S434" s="14" t="n">
         <x:v>609743</x:v>
       </x:c>
       <x:c r="T434" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U434" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="435" spans="1:21">
       <x:c r="A435" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B435" s="0" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="C435" s="3" t="n">
         <x:v>41757</x:v>
       </x:c>
       <x:c r="D435" s="3" t="s"/>
       <x:c r="E435" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G435" s="0" t="s">
-        <x:v>658</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="I435" s="4" t="s">
-        <x:v>659</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="J435" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K435" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L435" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M435" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N435" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O435" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P435" s="0" t="s">
-        <x:v>658</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="Q435" s="4" t="s">
-        <x:v>659</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="R435" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="S435" s="0" t="n">
         <x:v>614392</x:v>
       </x:c>
       <x:c r="T435" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U435" s="4" t="s">
         <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="436" spans="1:21">
       <x:c r="A436" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B436" s="14" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="C436" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D436" s="15" t="s"/>
@@ -28108,1993 +28110,1988 @@
       <x:c r="R436" s="14" t="s">
         <x:v>410</x:v>
       </x:c>
       <x:c r="S436" s="14" t="n">
         <x:v>507555</x:v>
       </x:c>
       <x:c r="T436" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="U436" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="437" spans="1:21">
       <x:c r="A437" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B437" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="C437" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D437" s="3" t="s"/>
       <x:c r="G437" s="0" t="s">
-        <x:v>664</x:v>
+        <x:v>633</x:v>
+      </x:c>
+      <x:c r="H437" s="0" t="s">
+        <x:v>634</x:v>
       </x:c>
       <x:c r="I437" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J437" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K437" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L437" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M437" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N437" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O437" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P437" s="0" t="s">
-        <x:v>664</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="Q437" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R437" s="0" t="s">
-        <x:v>667</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="S437" s="0" t="n">
-        <x:v>581329</x:v>
+        <x:v>504157</x:v>
       </x:c>
       <x:c r="T437" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="U437" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="438" spans="1:21">
       <x:c r="A438" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B438" s="14" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="C438" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D438" s="15" t="s"/>
       <x:c r="E438" s="14" t="s"/>
       <x:c r="F438" s="14" t="s"/>
       <x:c r="G438" s="14" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="H438" s="14" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="I438" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J438" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K438" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L438" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M438" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N438" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O438" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P438" s="14" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="Q438" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R438" s="14" t="s">
-        <x:v>645</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="S438" s="14" t="n">
-        <x:v>504157</x:v>
+        <x:v>554779</x:v>
       </x:c>
       <x:c r="T438" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U438" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="439" spans="1:21">
       <x:c r="A439" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="B439" s="0" t="s">
-        <x:v>676</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="C439" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D439" s="3" t="s"/>
       <x:c r="G439" s="0" t="s">
-        <x:v>633</x:v>
-[...2 lines deleted...]
-        <x:v>634</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="I439" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="J439" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K439" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="L439" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M439" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N439" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O439" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P439" s="0" t="s">
-        <x:v>633</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="Q439" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="R439" s="0" t="s">
-        <x:v>645</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="S439" s="0" t="n">
-        <x:v>554779</x:v>
+        <x:v>596057</x:v>
       </x:c>
       <x:c r="T439" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U439" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="440" spans="1:21">
       <x:c r="A440" s="13" t="s">
-        <x:v>494</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B440" s="14" t="s">
-        <x:v>677</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="C440" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D440" s="15" t="s"/>
       <x:c r="E440" s="14" t="s"/>
       <x:c r="F440" s="14" t="s"/>
       <x:c r="G440" s="14" t="s">
-        <x:v>637</x:v>
-[...1 lines deleted...]
-      <x:c r="H440" s="14" t="s"/>
+        <x:v>633</x:v>
+      </x:c>
+      <x:c r="H440" s="14" t="s">
+        <x:v>634</x:v>
+      </x:c>
       <x:c r="I440" s="16" t="s">
-        <x:v>409</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J440" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K440" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L440" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M440" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N440" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O440" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P440" s="14" t="s">
-        <x:v>637</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="Q440" s="16" t="s">
-        <x:v>409</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R440" s="14" t="s">
-        <x:v>410</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S440" s="14" t="n">
-        <x:v>596057</x:v>
+        <x:v>608333</x:v>
       </x:c>
       <x:c r="T440" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U440" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>678</x:v>
       </x:c>
     </x:row>
     <x:row r="441" spans="1:21">
       <x:c r="A441" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B441" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="C441" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D441" s="3" t="s"/>
       <x:c r="G441" s="0" t="s">
-        <x:v>633</x:v>
-[...2 lines deleted...]
-        <x:v>634</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="I441" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="J441" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K441" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L441" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M441" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N441" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O441" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P441" s="0" t="s">
-        <x:v>633</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="Q441" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="R441" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="S441" s="0" t="n">
-        <x:v>608333</x:v>
+        <x:v>564364</x:v>
       </x:c>
       <x:c r="T441" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U441" s="4" t="s">
-        <x:v>678</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="442" spans="1:21">
       <x:c r="A442" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B442" s="14" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="C442" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D442" s="15" t="s"/>
       <x:c r="E442" s="14" t="s"/>
       <x:c r="F442" s="14" t="s"/>
       <x:c r="G442" s="14" t="s">
-        <x:v>664</x:v>
-[...1 lines deleted...]
-      <x:c r="H442" s="14" t="s"/>
+        <x:v>613</x:v>
+      </x:c>
+      <x:c r="H442" s="14" t="s">
+        <x:v>614</x:v>
+      </x:c>
       <x:c r="I442" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="J442" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K442" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L442" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M442" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N442" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O442" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P442" s="14" t="s">
-        <x:v>664</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="Q442" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="R442" s="14" t="s">
-        <x:v>667</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="S442" s="14" t="n">
-        <x:v>564364</x:v>
+        <x:v>611945</x:v>
       </x:c>
       <x:c r="T442" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U442" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="443" spans="1:21">
       <x:c r="A443" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B443" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="C443" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D443" s="3" t="s"/>
       <x:c r="G443" s="0" t="s">
-        <x:v>655</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="H443" s="0" t="s">
-        <x:v>656</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="I443" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J443" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K443" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L443" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M443" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N443" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O443" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P443" s="0" t="s">
-        <x:v>655</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="Q443" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R443" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S443" s="0" t="n">
-        <x:v>611945</x:v>
+        <x:v>554778</x:v>
       </x:c>
       <x:c r="T443" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U443" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="444" spans="1:21">
       <x:c r="A444" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="B444" s="14" t="s">
-        <x:v>676</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="C444" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D444" s="15" t="s"/>
       <x:c r="E444" s="14" t="s"/>
       <x:c r="F444" s="14" t="s"/>
       <x:c r="G444" s="14" t="s">
-        <x:v>633</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>647</x:v>
+      </x:c>
+      <x:c r="H444" s="14" t="s"/>
       <x:c r="I444" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="J444" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K444" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="L444" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M444" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N444" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O444" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P444" s="14" t="s">
-        <x:v>633</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="Q444" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="R444" s="14" t="s">
-        <x:v>170</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="S444" s="14" t="n">
-        <x:v>554778</x:v>
+        <x:v>596055</x:v>
       </x:c>
       <x:c r="T444" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U444" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="445" spans="1:21">
       <x:c r="A445" s="1" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="B445" s="0" t="s">
         <x:v>677</x:v>
       </x:c>
       <x:c r="C445" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D445" s="3" t="s"/>
       <x:c r="G445" s="0" t="s">
-        <x:v>643</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="I445" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="J445" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K445" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="L445" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M445" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N445" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O445" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P445" s="0" t="s">
-        <x:v>643</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="Q445" s="4" t="s">
-        <x:v>644</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="R445" s="0" t="s">
-        <x:v>645</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="S445" s="0" t="n">
-        <x:v>596055</x:v>
+        <x:v>596058</x:v>
       </x:c>
       <x:c r="T445" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U445" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="446" spans="1:21">
       <x:c r="A446" s="13" t="s">
-        <x:v>494</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B446" s="14" t="s">
-        <x:v>677</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="C446" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D446" s="15" t="s"/>
       <x:c r="E446" s="14" t="s"/>
       <x:c r="F446" s="14" t="s"/>
       <x:c r="G446" s="14" t="s">
-        <x:v>679</x:v>
-[...1 lines deleted...]
-      <x:c r="H446" s="14" t="s"/>
+        <x:v>633</x:v>
+      </x:c>
+      <x:c r="H446" s="14" t="s">
+        <x:v>634</x:v>
+      </x:c>
       <x:c r="I446" s="16" t="s">
-        <x:v>491</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J446" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K446" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L446" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M446" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N446" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O446" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P446" s="14" t="s">
-        <x:v>680</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="Q446" s="16" t="s">
-        <x:v>491</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R446" s="14" t="s">
-        <x:v>492</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="S446" s="14" t="n">
-        <x:v>596058</x:v>
+        <x:v>507554</x:v>
       </x:c>
       <x:c r="T446" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="U446" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="447" spans="1:21">
       <x:c r="A447" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B447" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="C447" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D447" s="3" t="s"/>
       <x:c r="G447" s="0" t="s">
-        <x:v>633</x:v>
-[...2 lines deleted...]
-        <x:v>634</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="I447" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="J447" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K447" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L447" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M447" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N447" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O447" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P447" s="0" t="s">
-        <x:v>633</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="Q447" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="R447" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="S447" s="0" t="n">
-        <x:v>507554</x:v>
+        <x:v>510104</x:v>
       </x:c>
       <x:c r="T447" s="4" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="U447" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="448" spans="1:21">
       <x:c r="A448" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B448" s="14" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="C448" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D448" s="15" t="s"/>
       <x:c r="E448" s="14" t="s"/>
       <x:c r="F448" s="14" t="s"/>
       <x:c r="G448" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
-      <x:c r="H448" s="14" t="s"/>
+      <x:c r="H448" s="14" t="s">
+        <x:v>614</x:v>
+      </x:c>
       <x:c r="I448" s="16" t="s">
-        <x:v>614</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="J448" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K448" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L448" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M448" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N448" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O448" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P448" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="Q448" s="16" t="s">
-        <x:v>614</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="R448" s="14" t="s">
-        <x:v>452</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="S448" s="14" t="n">
-        <x:v>510104</x:v>
+        <x:v>490581</x:v>
       </x:c>
       <x:c r="T448" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="U448" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="449" spans="1:21">
       <x:c r="A449" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B449" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="C449" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D449" s="3" t="s"/>
       <x:c r="G449" s="0" t="s">
-        <x:v>655</x:v>
-[...2 lines deleted...]
-        <x:v>656</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="I449" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="J449" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K449" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L449" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M449" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N449" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O449" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P449" s="0" t="s">
-        <x:v>655</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="Q449" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="R449" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="S449" s="0" t="n">
-        <x:v>490581</x:v>
+        <x:v>597577</x:v>
       </x:c>
       <x:c r="T449" s="4" t="s">
-        <x:v>681</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U449" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="450" spans="1:21">
       <x:c r="A450" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B450" s="14" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="C450" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D450" s="15" t="s"/>
       <x:c r="E450" s="14" t="s"/>
       <x:c r="F450" s="14" t="s"/>
       <x:c r="G450" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
-      <x:c r="H450" s="14" t="s"/>
+      <x:c r="H450" s="14" t="s">
+        <x:v>614</x:v>
+      </x:c>
       <x:c r="I450" s="16" t="s">
-        <x:v>614</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="J450" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K450" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L450" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M450" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N450" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O450" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P450" s="14" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="Q450" s="16" t="s">
-        <x:v>614</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="R450" s="14" t="s">
-        <x:v>452</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="S450" s="14" t="n">
-        <x:v>597577</x:v>
+        <x:v>539345</x:v>
       </x:c>
       <x:c r="T450" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U450" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="451" spans="1:21">
       <x:c r="A451" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="B451" s="0" t="s">
-        <x:v>676</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="C451" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D451" s="3" t="s"/>
       <x:c r="G451" s="0" t="s">
-        <x:v>655</x:v>
-[...2 lines deleted...]
-        <x:v>656</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="I451" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="J451" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K451" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="L451" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M451" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N451" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O451" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P451" s="0" t="s">
-        <x:v>655</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="Q451" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="R451" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="S451" s="0" t="n">
-        <x:v>539345</x:v>
+        <x:v>596054</x:v>
       </x:c>
       <x:c r="T451" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U451" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="452" spans="1:21">
       <x:c r="A452" s="13" t="s">
-        <x:v>494</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B452" s="14" t="s">
-        <x:v>677</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="C452" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D452" s="15" t="s"/>
       <x:c r="E452" s="14" t="s"/>
       <x:c r="F452" s="14" t="s"/>
       <x:c r="G452" s="14" t="s">
-        <x:v>682</x:v>
-[...1 lines deleted...]
-      <x:c r="H452" s="14" t="s"/>
+        <x:v>633</x:v>
+      </x:c>
+      <x:c r="H452" s="14" t="s">
+        <x:v>634</x:v>
+      </x:c>
       <x:c r="I452" s="16" t="s">
-        <x:v>683</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J452" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K452" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L452" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M452" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N452" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O452" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P452" s="14" t="s">
-        <x:v>682</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="Q452" s="16" t="s">
-        <x:v>683</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R452" s="14" t="s">
-        <x:v>684</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="S452" s="14" t="n">
-        <x:v>596054</x:v>
+        <x:v>553999</x:v>
       </x:c>
       <x:c r="T452" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U452" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="453" spans="1:21">
       <x:c r="A453" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B453" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="C453" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D453" s="3" t="s"/>
       <x:c r="G453" s="0" t="s">
-        <x:v>633</x:v>
-[...2 lines deleted...]
-        <x:v>634</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="I453" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="J453" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K453" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L453" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M453" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N453" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O453" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P453" s="0" t="s">
-        <x:v>633</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="Q453" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="R453" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="S453" s="0" t="n">
-        <x:v>553999</x:v>
+        <x:v>581329</x:v>
       </x:c>
       <x:c r="T453" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U453" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="454" spans="1:21">
       <x:c r="A454" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="B454" s="14" t="s">
-        <x:v>676</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="C454" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D454" s="15" t="s"/>
       <x:c r="E454" s="14" t="s"/>
       <x:c r="F454" s="14" t="s"/>
       <x:c r="G454" s="14" t="s">
-        <x:v>633</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>685</x:v>
+      </x:c>
+      <x:c r="H454" s="14" t="s"/>
       <x:c r="I454" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J454" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K454" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="L454" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M454" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N454" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O454" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P454" s="14" t="s">
-        <x:v>633</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="Q454" s="16" t="s">
-        <x:v>127</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R454" s="14" t="s">
-        <x:v>645</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="S454" s="14" t="n">
-        <x:v>608334</x:v>
+        <x:v>596056</x:v>
       </x:c>
       <x:c r="T454" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U454" s="16" t="s">
-        <x:v>678</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="455" spans="1:21">
       <x:c r="A455" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B455" s="0" t="s">
-        <x:v>677</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="C455" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D455" s="3" t="s"/>
       <x:c r="G455" s="0" t="s">
-        <x:v>685</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="I455" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="J455" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K455" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L455" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M455" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N455" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O455" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P455" s="0" t="s">
-        <x:v>685</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="Q455" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="R455" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="S455" s="0" t="n">
-        <x:v>596056</x:v>
+        <x:v>544518</x:v>
       </x:c>
       <x:c r="T455" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U455" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="456" spans="1:21">
       <x:c r="A456" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B456" s="14" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="C456" s="15" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D456" s="15" t="s"/>
       <x:c r="E456" s="14" t="s"/>
       <x:c r="F456" s="14" t="s"/>
       <x:c r="G456" s="14" t="s">
-        <x:v>613</x:v>
-[...1 lines deleted...]
-      <x:c r="H456" s="14" t="s"/>
+        <x:v>633</x:v>
+      </x:c>
+      <x:c r="H456" s="14" t="s">
+        <x:v>634</x:v>
+      </x:c>
       <x:c r="I456" s="16" t="s">
-        <x:v>614</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="J456" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K456" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L456" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M456" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N456" s="15" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O456" s="14" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P456" s="14" t="s">
-        <x:v>613</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="Q456" s="16" t="s">
-        <x:v>614</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R456" s="14" t="s">
-        <x:v>452</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="S456" s="14" t="n">
-        <x:v>544518</x:v>
+        <x:v>606205</x:v>
       </x:c>
       <x:c r="T456" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U456" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="457" spans="1:21">
       <x:c r="A457" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B457" s="0" t="s">
         <x:v>676</x:v>
       </x:c>
       <x:c r="C457" s="3" t="n">
         <x:v>35801</x:v>
       </x:c>
       <x:c r="D457" s="3" t="s"/>
       <x:c r="G457" s="0" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="H457" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="I457" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="J457" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K457" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L457" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M457" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N457" s="3" t="n">
         <x:v>34581</x:v>
       </x:c>
       <x:c r="O457" s="0" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="P457" s="0" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="Q457" s="4" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R457" s="0" t="s">
-        <x:v>410</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="S457" s="0" t="n">
-        <x:v>606205</x:v>
+        <x:v>608334</x:v>
       </x:c>
       <x:c r="T457" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U457" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>678</x:v>
       </x:c>
     </x:row>
     <x:row r="458" spans="1:21">
       <x:c r="A458" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B458" s="14" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C458" s="15" t="n">
-        <x:v>35800</x:v>
+        <x:v>41759</x:v>
       </x:c>
       <x:c r="D458" s="15" t="s"/>
       <x:c r="E458" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F458" s="14" t="s"/>
       <x:c r="G458" s="14" t="s">
-        <x:v>550</x:v>
-[...1 lines deleted...]
-      <x:c r="H458" s="14" t="s"/>
+        <x:v>465</x:v>
+      </x:c>
+      <x:c r="H458" s="14" t="s">
+        <x:v>466</x:v>
+      </x:c>
       <x:c r="I458" s="16" t="s">
-        <x:v>551</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="J458" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K458" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L458" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M458" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N458" s="15" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O458" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P458" s="14" t="s">
-        <x:v>552</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="Q458" s="16" t="s">
-        <x:v>97</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="R458" s="14" t="s">
-        <x:v>51</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="S458" s="14" t="n">
-        <x:v>546504</x:v>
+        <x:v>610128</x:v>
       </x:c>
       <x:c r="T458" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U458" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="459" spans="1:21">
       <x:c r="A459" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B459" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C459" s="3" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D459" s="3" t="s"/>
       <x:c r="E459" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G459" s="0" t="s">
-        <x:v>688</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I459" s="4" t="s">
-        <x:v>689</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="J459" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K459" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L459" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M459" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N459" s="3" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O459" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P459" s="0" t="s">
-        <x:v>690</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q459" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="R459" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S459" s="0" t="n">
-        <x:v>553007</x:v>
+        <x:v>552298</x:v>
       </x:c>
       <x:c r="T459" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U459" s="4" t="s">
-        <x:v>198</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="460" spans="1:21">
       <x:c r="A460" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B460" s="14" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C460" s="15" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D460" s="15" t="s"/>
       <x:c r="E460" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F460" s="14" t="s"/>
       <x:c r="G460" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="H460" s="14" t="s"/>
       <x:c r="I460" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J460" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K460" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L460" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M460" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N460" s="15" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O460" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P460" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q460" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R460" s="14" t="s">
-        <x:v>29</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S460" s="14" t="n">
-        <x:v>498157</x:v>
+        <x:v>496617</x:v>
       </x:c>
       <x:c r="T460" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U460" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="461" spans="1:21">
       <x:c r="A461" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B461" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C461" s="3" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D461" s="3" t="s"/>
       <x:c r="E461" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G461" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="I461" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="J461" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K461" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L461" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M461" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N461" s="3" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O461" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P461" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="Q461" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="R461" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S461" s="0" t="n">
-        <x:v>496617</x:v>
+        <x:v>497029</x:v>
       </x:c>
       <x:c r="T461" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U461" s="4" t="s">
-        <x:v>99</x:v>
+        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="462" spans="1:21">
       <x:c r="A462" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B462" s="14" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C462" s="15" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D462" s="15" t="s"/>
       <x:c r="E462" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F462" s="14" t="s"/>
       <x:c r="G462" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="H462" s="14" t="s"/>
       <x:c r="I462" s="16" t="s">
-        <x:v>689</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="J462" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K462" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L462" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M462" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N462" s="15" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O462" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P462" s="14" t="s">
-        <x:v>690</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="Q462" s="16" t="s">
-        <x:v>460</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R462" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S462" s="14" t="n">
-        <x:v>497029</x:v>
+        <x:v>546504</x:v>
       </x:c>
       <x:c r="T462" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="U462" s="16" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="463" spans="1:21">
       <x:c r="A463" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B463" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C463" s="3" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D463" s="3" t="s"/>
       <x:c r="E463" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G463" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="I463" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="J463" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K463" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L463" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M463" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N463" s="3" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O463" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P463" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>690</x:v>
       </x:c>
       <x:c r="Q463" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="R463" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S463" s="0" t="n">
-        <x:v>552298</x:v>
+        <x:v>553007</x:v>
       </x:c>
       <x:c r="T463" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U463" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="464" spans="1:21">
       <x:c r="A464" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B464" s="14" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C464" s="15" t="n">
-        <x:v>41759</x:v>
+        <x:v>35800</x:v>
       </x:c>
       <x:c r="D464" s="15" t="s"/>
       <x:c r="E464" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F464" s="14" t="s"/>
       <x:c r="G464" s="14" t="s">
-        <x:v>465</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="H464" s="14" t="s"/>
       <x:c r="I464" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="J464" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K464" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L464" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M464" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N464" s="15" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O464" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P464" s="14" t="s">
-        <x:v>465</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="Q464" s="16" t="s">
-        <x:v>105</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="R464" s="14" t="s">
-        <x:v>106</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S464" s="14" t="n">
-        <x:v>610128</x:v>
+        <x:v>498157</x:v>
       </x:c>
       <x:c r="T464" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U464" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="465" spans="1:21">
       <x:c r="A465" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B465" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C465" s="3" t="n">
-        <x:v>35800</x:v>
+        <x:v>41759</x:v>
       </x:c>
       <x:c r="D465" s="3" t="s"/>
       <x:c r="E465" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G465" s="0" t="s">
-        <x:v>561</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="H465" s="0" t="s">
-        <x:v>562</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="I465" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="J465" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K465" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L465" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M465" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N465" s="3" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O465" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P465" s="0" t="s">
         <x:v>691</x:v>
       </x:c>
       <x:c r="Q465" s="4" t="s">
-        <x:v>361</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="R465" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S465" s="0" t="n">
-        <x:v>549278</x:v>
+        <x:v>616895</x:v>
       </x:c>
       <x:c r="T465" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U465" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="466" spans="1:21">
       <x:c r="A466" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B466" s="14" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C466" s="15" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D466" s="15" t="s"/>
       <x:c r="E466" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F466" s="14" t="s"/>
       <x:c r="G466" s="14" t="s">
-        <x:v>692</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="H466" s="14" t="s"/>
       <x:c r="I466" s="16" t="s">
-        <x:v>693</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="J466" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K466" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L466" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M466" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N466" s="15" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O466" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P466" s="14" t="s">
-        <x:v>692</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="Q466" s="16" t="s">
-        <x:v>693</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="R466" s="14" t="s">
-        <x:v>694</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="S466" s="14" t="n">
-        <x:v>501428</x:v>
+        <x:v>550559</x:v>
       </x:c>
       <x:c r="T466" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U466" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="467" spans="1:21">
       <x:c r="A467" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B467" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C467" s="3" t="n">
         <x:v>41759</x:v>
       </x:c>
       <x:c r="D467" s="3" t="s"/>
       <x:c r="E467" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G467" s="0" t="s">
-        <x:v>695</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="H467" s="0" t="s">
-        <x:v>696</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="I467" s="4" t="s">
-        <x:v>522</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="J467" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K467" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L467" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M467" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N467" s="3" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O467" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P467" s="0" t="s">
-        <x:v>695</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="Q467" s="4" t="s">
-        <x:v>522</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R467" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S467" s="0" t="n">
-        <x:v>616895</x:v>
+        <x:v>602727</x:v>
       </x:c>
       <x:c r="T467" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U467" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="468" spans="1:21">
       <x:c r="A468" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B468" s="14" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C468" s="15" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D468" s="15" t="s"/>
       <x:c r="E468" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F468" s="14" t="s"/>
       <x:c r="G468" s="14" t="s">
-        <x:v>692</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="H468" s="14" t="s"/>
       <x:c r="I468" s="16" t="s">
-        <x:v>693</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="J468" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K468" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L468" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M468" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N468" s="15" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O468" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P468" s="14" t="s">
-        <x:v>692</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="Q468" s="16" t="s">
-        <x:v>693</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="R468" s="14" t="s">
-        <x:v>694</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S468" s="14" t="n">
-        <x:v>550559</x:v>
+        <x:v>497336</x:v>
       </x:c>
       <x:c r="T468" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="U468" s="16" t="s">
-        <x:v>145</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="469" spans="1:21">
       <x:c r="A469" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B469" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C469" s="3" t="n">
-        <x:v>41759</x:v>
+        <x:v>35800</x:v>
       </x:c>
       <x:c r="D469" s="3" t="s"/>
       <x:c r="E469" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G469" s="0" t="s">
-        <x:v>411</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="H469" s="0" t="s">
-        <x:v>412</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="I469" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="J469" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K469" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L469" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M469" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="N469" s="3" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O469" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P469" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="Q469" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="R469" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S469" s="0" t="n">
-        <x:v>602727</x:v>
+        <x:v>549278</x:v>
       </x:c>
       <x:c r="T469" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U469" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="470" spans="1:21">
       <x:c r="A470" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B470" s="14" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C470" s="15" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D470" s="15" t="s"/>
       <x:c r="E470" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F470" s="14" t="s"/>
       <x:c r="G470" s="14" t="s">
-        <x:v>512</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="H470" s="14" t="s"/>
       <x:c r="I470" s="16" t="s">
-        <x:v>513</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="J470" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K470" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L470" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="M470" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N470" s="15" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O470" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P470" s="14" t="s">
-        <x:v>515</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="Q470" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="R470" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="S470" s="14" t="n">
-        <x:v>497336</x:v>
+        <x:v>501428</x:v>
       </x:c>
       <x:c r="T470" s="16" t="s">
-        <x:v>642</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U470" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="471" spans="1:21">
       <x:c r="A471" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B471" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C471" s="3" t="n">
         <x:v>41759</x:v>
       </x:c>
       <x:c r="D471" s="3" t="s"/>
       <x:c r="E471" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G471" s="0" t="s">
         <x:v>697</x:v>
       </x:c>
       <x:c r="I471" s="4" t="s">
         <x:v>597</x:v>
       </x:c>
@@ -30129,54 +30126,54 @@
         <x:v>494881</x:v>
       </x:c>
       <x:c r="T471" s="4" t="s">
         <x:v>701</x:v>
       </x:c>
       <x:c r="U471" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="472" spans="1:21">
       <x:c r="A472" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B472" s="14" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C472" s="15" t="n">
         <x:v>41759</x:v>
       </x:c>
       <x:c r="D472" s="15" t="s"/>
       <x:c r="E472" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F472" s="14" t="s"/>
       <x:c r="G472" s="14" t="s">
-        <x:v>655</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="H472" s="14" t="s">
-        <x:v>656</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="I472" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="J472" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K472" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L472" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M472" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N472" s="15" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O472" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P472" s="14" t="s">
         <x:v>702</x:v>
       </x:c>
@@ -30189,54 +30186,54 @@
       <x:c r="S472" s="14" t="n">
         <x:v>493089</x:v>
       </x:c>
       <x:c r="T472" s="16" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="U472" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="473" spans="1:21">
       <x:c r="A473" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B473" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C473" s="3" t="n">
         <x:v>41759</x:v>
       </x:c>
       <x:c r="D473" s="3" t="s"/>
       <x:c r="E473" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G473" s="0" t="s">
-        <x:v>655</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="H473" s="0" t="s">
-        <x:v>656</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="I473" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="J473" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K473" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L473" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M473" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N473" s="3" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O473" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P473" s="0" t="s">
         <x:v>702</x:v>
       </x:c>
@@ -30424,388 +30421,387 @@
       </x:c>
       <x:c r="Q476" s="16" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="R476" s="14" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="S476" s="14" t="n">
         <x:v>549096</x:v>
       </x:c>
       <x:c r="T476" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U476" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="477" spans="1:21">
       <x:c r="A477" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B477" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C477" s="3" t="n">
-        <x:v>41759</x:v>
+        <x:v>35800</x:v>
       </x:c>
       <x:c r="D477" s="3" t="s"/>
       <x:c r="E477" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G477" s="0" t="s">
-        <x:v>411</x:v>
-[...2 lines deleted...]
-        <x:v>412</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="I477" s="4" t="s">
-        <x:v>413</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="J477" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K477" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L477" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M477" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N477" s="3" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O477" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P477" s="0" t="s">
-        <x:v>414</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="Q477" s="4" t="s">
-        <x:v>127</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="R477" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="S477" s="0" t="n">
-        <x:v>602730</x:v>
+        <x:v>547142</x:v>
       </x:c>
       <x:c r="T477" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U477" s="4" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="478" spans="1:21">
       <x:c r="A478" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B478" s="14" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C478" s="15" t="n">
-        <x:v>35800</x:v>
+        <x:v>41759</x:v>
       </x:c>
       <x:c r="D478" s="15" t="s"/>
       <x:c r="E478" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F478" s="14" t="s"/>
       <x:c r="G478" s="14" t="s">
-        <x:v>658</x:v>
-[...1 lines deleted...]
-      <x:c r="H478" s="14" t="s"/>
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="H478" s="14" t="s">
+        <x:v>412</x:v>
+      </x:c>
       <x:c r="I478" s="16" t="s">
-        <x:v>659</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="J478" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K478" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L478" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M478" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N478" s="15" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O478" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P478" s="14" t="s">
-        <x:v>658</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="Q478" s="16" t="s">
-        <x:v>659</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="R478" s="14" t="s">
-        <x:v>675</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S478" s="14" t="n">
-        <x:v>552230</x:v>
+        <x:v>602730</x:v>
       </x:c>
       <x:c r="T478" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U478" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="479" spans="1:21">
       <x:c r="A479" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B479" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C479" s="3" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D479" s="3" t="s"/>
       <x:c r="E479" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G479" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="I479" s="4" t="s">
-        <x:v>312</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="J479" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K479" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L479" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M479" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N479" s="3" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O479" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P479" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="Q479" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="R479" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="S479" s="0" t="n">
-        <x:v>552300</x:v>
+        <x:v>552230</x:v>
       </x:c>
       <x:c r="T479" s="4" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U479" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="480" spans="1:21">
       <x:c r="A480" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B480" s="14" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C480" s="15" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D480" s="15" t="s"/>
       <x:c r="E480" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F480" s="14" t="s"/>
       <x:c r="G480" s="14" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="H480" s="14" t="s"/>
       <x:c r="I480" s="16" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="J480" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K480" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L480" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M480" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N480" s="15" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O480" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P480" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="Q480" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R480" s="14" t="s">
-        <x:v>314</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S480" s="14" t="n">
-        <x:v>496615</x:v>
+        <x:v>552300</x:v>
       </x:c>
       <x:c r="T480" s="16" t="s">
-        <x:v>188</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U480" s="16" t="s">
-        <x:v>99</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="481" spans="1:21">
       <x:c r="A481" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B481" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C481" s="3" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D481" s="3" t="s"/>
       <x:c r="E481" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G481" s="0" t="s">
-        <x:v>703</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I481" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="J481" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K481" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L481" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M481" s="0" t="s">
-        <x:v>82</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="N481" s="3" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O481" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P481" s="0" t="s">
-        <x:v>703</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q481" s="4" t="s">
-        <x:v>116</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="R481" s="0" t="s">
-        <x:v>29</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="S481" s="0" t="n">
-        <x:v>545311</x:v>
+        <x:v>496615</x:v>
       </x:c>
       <x:c r="T481" s="4" t="s">
-        <x:v>253</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="U481" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="482" spans="1:21">
       <x:c r="A482" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B482" s="14" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C482" s="15" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D482" s="15" t="s"/>
       <x:c r="E482" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F482" s="14" t="s"/>
       <x:c r="G482" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="H482" s="14" t="s"/>
       <x:c r="I482" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="J482" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K482" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L482" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M482" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="N482" s="15" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O482" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P482" s="14" t="s">
-        <x:v>320</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="Q482" s="16" t="s">
-        <x:v>312</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="R482" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="S482" s="14" t="n">
-        <x:v>547142</x:v>
+        <x:v>545311</x:v>
       </x:c>
       <x:c r="T482" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="U482" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="483" spans="1:21">
       <x:c r="A483" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B483" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C483" s="3" t="n">
         <x:v>41759</x:v>
       </x:c>
       <x:c r="D483" s="3" t="s"/>
       <x:c r="E483" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G483" s="0" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="I483" s="4" t="s">
         <x:v>689</x:v>
       </x:c>
@@ -30867,51 +30863,51 @@
       <x:c r="H484" s="14" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="I484" s="16" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="J484" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K484" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L484" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M484" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N484" s="15" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O484" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P484" s="14" t="s">
-        <x:v>691</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="Q484" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R484" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S484" s="14" t="n">
         <x:v>600973</x:v>
       </x:c>
       <x:c r="T484" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U484" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="485" spans="1:21">
       <x:c r="A485" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B485" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C485" s="3" t="n">
@@ -31345,75 +31341,75 @@
       <x:c r="L492" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M492" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N492" s="15" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O492" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P492" s="14" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="Q492" s="16" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="R492" s="14" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="S492" s="14" t="n">
         <x:v>544954</x:v>
       </x:c>
       <x:c r="T492" s="16" t="s">
-        <x:v>650</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="U492" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="493" spans="1:21">
       <x:c r="A493" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B493" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C493" s="3" t="n">
         <x:v>41759</x:v>
       </x:c>
       <x:c r="D493" s="3" t="s"/>
       <x:c r="E493" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G493" s="0" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="I493" s="4" t="s">
-        <x:v>639</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="J493" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K493" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L493" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M493" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N493" s="3" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O493" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P493" s="0" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="Q493" s="4" t="s">
         <x:v>224</x:v>
       </x:c>
@@ -31511,51 +31507,51 @@
       <x:c r="H495" s="0" t="s">
         <x:v>562</x:v>
       </x:c>
       <x:c r="I495" s="4" t="s">
         <x:v>419</x:v>
       </x:c>
       <x:c r="J495" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K495" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L495" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M495" s="0" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N495" s="3" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O495" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P495" s="0" t="s">
-        <x:v>691</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="Q495" s="4" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="R495" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S495" s="0" t="n">
         <x:v>503929</x:v>
       </x:c>
       <x:c r="T495" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U495" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="496" spans="1:21">
       <x:c r="A496" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B496" s="14" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C496" s="15" t="n">
@@ -31893,54 +31889,54 @@
         <x:v>599381</x:v>
       </x:c>
       <x:c r="T501" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U501" s="4" t="s">
         <x:v>723</x:v>
       </x:c>
     </x:row>
     <x:row r="502" spans="1:21">
       <x:c r="A502" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B502" s="14" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C502" s="15" t="n">
         <x:v>41759</x:v>
       </x:c>
       <x:c r="D502" s="15" t="s"/>
       <x:c r="E502" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F502" s="14" t="s"/>
       <x:c r="G502" s="14" t="s">
-        <x:v>655</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="H502" s="14" t="s">
-        <x:v>656</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="I502" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="J502" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K502" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L502" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M502" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N502" s="15" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O502" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P502" s="14" t="s">
         <x:v>702</x:v>
       </x:c>
@@ -32224,51 +32220,51 @@
       <x:c r="L507" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M507" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N507" s="3" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O507" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P507" s="0" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="Q507" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="R507" s="0" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S507" s="0" t="n">
         <x:v>603047</x:v>
       </x:c>
       <x:c r="T507" s="4" t="s">
-        <x:v>646</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="U507" s="4" t="s">
         <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="508" spans="1:21">
       <x:c r="A508" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B508" s="14" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C508" s="15" t="n">
         <x:v>41759</x:v>
       </x:c>
       <x:c r="D508" s="15" t="s"/>
       <x:c r="E508" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F508" s="14" t="s"/>
       <x:c r="G508" s="14" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="H508" s="14" t="s"/>
       <x:c r="I508" s="16" t="s">
@@ -32420,78 +32416,78 @@
       <x:c r="S510" s="14" t="n">
         <x:v>558986</x:v>
       </x:c>
       <x:c r="T510" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U510" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="511" spans="1:21">
       <x:c r="A511" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B511" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C511" s="3" t="n">
         <x:v>41759</x:v>
       </x:c>
       <x:c r="D511" s="3" t="s"/>
       <x:c r="E511" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G511" s="0" t="s">
-        <x:v>658</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="I511" s="4" t="s">
-        <x:v>659</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="J511" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K511" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L511" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M511" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N511" s="3" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O511" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P511" s="0" t="s">
-        <x:v>658</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="Q511" s="4" t="s">
-        <x:v>659</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="R511" s="0" t="s">
         <x:v>675</x:v>
       </x:c>
       <x:c r="S511" s="0" t="n">
         <x:v>601789</x:v>
       </x:c>
       <x:c r="T511" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U511" s="4" t="s">
         <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="512" spans="1:21">
       <x:c r="A512" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B512" s="14" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C512" s="15" t="n">
         <x:v>41759</x:v>
       </x:c>
       <x:c r="D512" s="15" t="s"/>
@@ -32863,51 +32859,51 @@
       <x:c r="L518" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M518" s="14" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="N518" s="15" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O518" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P518" s="14" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="Q518" s="16" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="R518" s="14" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="S518" s="14" t="n">
         <x:v>495461</x:v>
       </x:c>
       <x:c r="T518" s="16" t="s">
-        <x:v>650</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="U518" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="519" spans="1:21">
       <x:c r="A519" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B519" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C519" s="3" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D519" s="3" t="s"/>
       <x:c r="E519" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G519" s="0" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="H519" s="0" t="s">
         <x:v>412</x:v>
       </x:c>
@@ -32975,111 +32971,111 @@
       <x:c r="I520" s="16" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="J520" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K520" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L520" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="M520" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N520" s="15" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O520" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P520" s="14" t="s">
         <x:v>731</x:v>
       </x:c>
       <x:c r="Q520" s="16" t="s">
-        <x:v>614</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="R520" s="14" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="S520" s="14" t="n">
         <x:v>513682</x:v>
       </x:c>
       <x:c r="T520" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U520" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="521" spans="1:21">
       <x:c r="A521" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B521" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C521" s="3" t="n">
         <x:v>41759</x:v>
       </x:c>
       <x:c r="D521" s="3" t="s"/>
       <x:c r="E521" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G521" s="0" t="s">
-        <x:v>692</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="I521" s="4" t="s">
-        <x:v>693</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="J521" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K521" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L521" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M521" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N521" s="3" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O521" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P521" s="0" t="s">
-        <x:v>692</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="Q521" s="4" t="s">
-        <x:v>693</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="R521" s="0" t="s">
-        <x:v>694</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="S521" s="0" t="n">
         <x:v>607934</x:v>
       </x:c>
       <x:c r="T521" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U521" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="522" spans="1:21">
       <x:c r="A522" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B522" s="14" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C522" s="15" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D522" s="15" t="s"/>
       <x:c r="E522" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
@@ -33103,51 +33099,51 @@
       <x:c r="M522" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N522" s="15" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O522" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P522" s="14" t="s">
         <x:v>713</x:v>
       </x:c>
       <x:c r="Q522" s="16" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="R522" s="14" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="S522" s="14" t="n">
         <x:v>544955</x:v>
       </x:c>
       <x:c r="T522" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="U522" s="16" t="s">
-        <x:v>336</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="523" spans="1:21">
       <x:c r="A523" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B523" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C523" s="3" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D523" s="3" t="s"/>
       <x:c r="E523" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="G523" s="0" t="s">
         <x:v>732</x:v>
       </x:c>
       <x:c r="H523" s="0" t="s">
         <x:v>733</x:v>
       </x:c>
       <x:c r="I523" s="4" t="s">
         <x:v>312</x:v>
       </x:c>
@@ -33417,79 +33413,79 @@
         <x:v>503822</x:v>
       </x:c>
       <x:c r="T527" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U527" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="528" spans="1:21">
       <x:c r="A528" s="13" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B528" s="14" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C528" s="15" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D528" s="15" t="s"/>
       <x:c r="E528" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="F528" s="14" t="s"/>
       <x:c r="G528" s="14" t="s">
-        <x:v>658</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="H528" s="14" t="s"/>
       <x:c r="I528" s="16" t="s">
-        <x:v>659</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="J528" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K528" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L528" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M528" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N528" s="15" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O528" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P528" s="14" t="s">
-        <x:v>660</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="Q528" s="16" t="s">
-        <x:v>109</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="R528" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="S528" s="14" t="n">
         <x:v>552231</x:v>
       </x:c>
       <x:c r="T528" s="16" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="U528" s="16" t="s">
         <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="529" spans="1:21">
       <x:c r="A529" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B529" s="0" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="C529" s="3" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D529" s="3" t="s"/>
@@ -34425,78 +34421,78 @@
       </x:c>
       <x:c r="S545" s="0" t="n">
         <x:v>589715</x:v>
       </x:c>
       <x:c r="T545" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U545" s="4" t="s">
         <x:v>601</x:v>
       </x:c>
     </x:row>
     <x:row r="546" spans="1:21">
       <x:c r="A546" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B546" s="14" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="C546" s="15" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D546" s="15" t="s"/>
       <x:c r="E546" s="14" t="s"/>
       <x:c r="F546" s="14" t="s"/>
       <x:c r="G546" s="14" t="s">
-        <x:v>655</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="H546" s="14" t="s">
-        <x:v>656</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="I546" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="J546" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K546" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L546" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M546" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N546" s="15" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O546" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P546" s="14" t="s">
-        <x:v>655</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="Q546" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="R546" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S546" s="14" t="n">
         <x:v>609814</x:v>
       </x:c>
       <x:c r="T546" s="16" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="U546" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="547" spans="1:21">
       <x:c r="A547" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B547" s="0" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="C547" s="3" t="n">
@@ -34538,135 +34534,135 @@
       </x:c>
       <x:c r="S547" s="0" t="n">
         <x:v>518879</x:v>
       </x:c>
       <x:c r="T547" s="4" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U547" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="548" spans="1:21">
       <x:c r="A548" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B548" s="14" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="C548" s="15" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D548" s="15" t="s"/>
       <x:c r="E548" s="14" t="s"/>
       <x:c r="F548" s="14" t="s"/>
       <x:c r="G548" s="14" t="s">
-        <x:v>655</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="H548" s="14" t="s">
-        <x:v>656</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="I548" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="J548" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K548" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L548" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M548" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N548" s="15" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O548" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P548" s="14" t="s">
-        <x:v>655</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="Q548" s="16" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="R548" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S548" s="14" t="n">
         <x:v>478497</x:v>
       </x:c>
       <x:c r="T548" s="16" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="U548" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="549" spans="1:21">
       <x:c r="A549" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B549" s="0" t="s">
         <x:v>743</x:v>
       </x:c>
       <x:c r="C549" s="3" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D549" s="3" t="s"/>
       <x:c r="G549" s="0" t="s">
-        <x:v>655</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="H549" s="0" t="s">
-        <x:v>656</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="I549" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="J549" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K549" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L549" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M549" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N549" s="3" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O549" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P549" s="0" t="s">
-        <x:v>655</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="Q549" s="4" t="s">
         <x:v>379</x:v>
       </x:c>
       <x:c r="R549" s="0" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="S549" s="0" t="n">
         <x:v>479141</x:v>
       </x:c>
       <x:c r="T549" s="4" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="U549" s="4" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="550" spans="1:21">
       <x:c r="A550" s="13" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B550" s="14" t="s">
         <x:v>753</x:v>
       </x:c>
       <x:c r="C550" s="15" t="n">
@@ -35147,493 +35143,492 @@
       </x:c>
       <x:c r="O558" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P558" s="14" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="Q558" s="16" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="R558" s="14" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="S558" s="14" t="n">
         <x:v>518880</x:v>
       </x:c>
       <x:c r="T558" s="16" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="U558" s="16" t="s">
         <x:v>99</x:v>
       </x:c>
     </x:row>
     <x:row r="559" spans="1:21">
       <x:c r="A559" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="B559" s="0" t="s">
-        <x:v>743</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="C559" s="3" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D559" s="3" t="s"/>
       <x:c r="G559" s="0" t="s">
-        <x:v>655</x:v>
-[...2 lines deleted...]
-        <x:v>656</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="I559" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="J559" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K559" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="L559" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M559" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N559" s="3" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O559" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P559" s="0" t="s">
-        <x:v>655</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="Q559" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="R559" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="S559" s="0" t="n">
-        <x:v>539353</x:v>
+        <x:v>596039</x:v>
       </x:c>
       <x:c r="T559" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U559" s="4" t="s">
-        <x:v>145</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="560" spans="1:21">
       <x:c r="A560" s="13" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="B560" s="14" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="C560" s="15" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D560" s="15" t="s"/>
       <x:c r="E560" s="14" t="s"/>
       <x:c r="F560" s="14" t="s"/>
       <x:c r="G560" s="14" t="s">
-        <x:v>762</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="H560" s="14" t="s"/>
       <x:c r="I560" s="16" t="s">
-        <x:v>763</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="J560" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K560" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="L560" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M560" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N560" s="15" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O560" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P560" s="14" t="s">
-        <x:v>762</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="Q560" s="16" t="s">
-        <x:v>763</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="R560" s="14" t="s">
-        <x:v>764</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="S560" s="14" t="n">
-        <x:v>596051</x:v>
+        <x:v>596042</x:v>
       </x:c>
       <x:c r="T560" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U560" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="561" spans="1:21">
       <x:c r="A561" s="1" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="B561" s="0" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="C561" s="3" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D561" s="3" t="s"/>
       <x:c r="G561" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="I561" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="J561" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K561" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="L561" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M561" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N561" s="3" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O561" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P561" s="0" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="Q561" s="4" t="s">
-        <x:v>97</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="R561" s="0" t="s">
-        <x:v>51</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="S561" s="0" t="n">
-        <x:v>596053</x:v>
+        <x:v>596047</x:v>
       </x:c>
       <x:c r="T561" s="4" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U561" s="4" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="562" spans="1:21">
       <x:c r="A562" s="13" t="s">
-        <x:v>494</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B562" s="14" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="C562" s="15" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D562" s="15" t="s"/>
       <x:c r="E562" s="14" t="s"/>
       <x:c r="F562" s="14" t="s"/>
       <x:c r="G562" s="14" t="s">
-        <x:v>766</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="H562" s="14" t="s"/>
       <x:c r="I562" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="J562" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K562" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L562" s="14" t="s">
-        <x:v>95</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M562" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N562" s="15" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O562" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P562" s="14" t="s">
-        <x:v>766</x:v>
+        <x:v>688</x:v>
       </x:c>
       <x:c r="Q562" s="16" t="s">
-        <x:v>327</x:v>
+        <x:v>689</x:v>
       </x:c>
       <x:c r="R562" s="14" t="s">
-        <x:v>767</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="S562" s="14" t="n">
-        <x:v>596039</x:v>
+        <x:v>571129</x:v>
       </x:c>
       <x:c r="T562" s="16" t="s">
-        <x:v>144</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="U562" s="16" t="s">
-        <x:v>152</x:v>
+        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="563" spans="1:21">
       <x:c r="A563" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B563" s="0" t="s">
-        <x:v>734</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="C563" s="3" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D563" s="3" t="s"/>
       <x:c r="G563" s="0" t="s">
-        <x:v>768</x:v>
+        <x:v>613</x:v>
+      </x:c>
+      <x:c r="H563" s="0" t="s">
+        <x:v>614</x:v>
       </x:c>
       <x:c r="I563" s="4" t="s">
-        <x:v>659</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="J563" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K563" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L563" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M563" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N563" s="3" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O563" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P563" s="0" t="s">
-        <x:v>768</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="Q563" s="4" t="s">
-        <x:v>659</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="R563" s="0" t="s">
-        <x:v>675</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S563" s="0" t="n">
-        <x:v>596042</x:v>
+        <x:v>558290</x:v>
       </x:c>
       <x:c r="T563" s="4" t="s">
-        <x:v>144</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U563" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="564" spans="1:21">
       <x:c r="A564" s="13" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="B564" s="14" t="s">
         <x:v>734</x:v>
       </x:c>
       <x:c r="C564" s="15" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D564" s="15" t="s"/>
       <x:c r="E564" s="14" t="s"/>
       <x:c r="F564" s="14" t="s"/>
       <x:c r="G564" s="14" t="s">
-        <x:v>769</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="H564" s="14" t="s"/>
       <x:c r="I564" s="16" t="s">
-        <x:v>770</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="J564" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K564" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="L564" s="14" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M564" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N564" s="15" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O564" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P564" s="14" t="s">
+        <x:v>767</x:v>
+      </x:c>
+      <x:c r="Q564" s="16" t="s">
+        <x:v>768</x:v>
+      </x:c>
+      <x:c r="R564" s="14" t="s">
         <x:v>769</x:v>
       </x:c>
-      <x:c r="Q564" s="16" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="S564" s="14" t="n">
-        <x:v>596047</x:v>
+        <x:v>596051</x:v>
       </x:c>
       <x:c r="T564" s="16" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="U564" s="16" t="s">
         <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="565" spans="1:21">
       <x:c r="A565" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="B565" s="0" t="s">
-        <x:v>743</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="C565" s="3" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D565" s="3" t="s"/>
       <x:c r="G565" s="0" t="s">
-        <x:v>655</x:v>
-[...2 lines deleted...]
-        <x:v>656</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="I565" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="J565" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K565" s="0" t="s">
-        <x:v>25</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="L565" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="M565" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N565" s="3" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O565" s="0" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P565" s="0" t="s">
-        <x:v>655</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="Q565" s="4" t="s">
-        <x:v>379</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="R565" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="S565" s="0" t="n">
-        <x:v>558290</x:v>
+        <x:v>596053</x:v>
       </x:c>
       <x:c r="T565" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="U565" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="566" spans="1:21">
       <x:c r="A566" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B566" s="14" t="s">
-        <x:v>734</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="C566" s="15" t="n">
         <x:v>35800</x:v>
       </x:c>
       <x:c r="D566" s="15" t="s"/>
       <x:c r="E566" s="14" t="s"/>
       <x:c r="F566" s="14" t="s"/>
       <x:c r="G566" s="14" t="s">
-        <x:v>688</x:v>
-[...1 lines deleted...]
-      <x:c r="H566" s="14" t="s"/>
+        <x:v>613</x:v>
+      </x:c>
+      <x:c r="H566" s="14" t="s">
+        <x:v>614</x:v>
+      </x:c>
       <x:c r="I566" s="16" t="s">
-        <x:v>689</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="J566" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="K566" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="L566" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="M566" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="N566" s="15" t="n">
         <x:v>34254</x:v>
       </x:c>
       <x:c r="O566" s="14" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="P566" s="14" t="s">
-        <x:v>688</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="Q566" s="16" t="s">
-        <x:v>689</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="R566" s="14" t="s">
-        <x:v>89</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="S566" s="14" t="n">
-        <x:v>571129</x:v>
+        <x:v>539353</x:v>
       </x:c>
       <x:c r="T566" s="16" t="s">
-        <x:v>98</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="U566" s="16" t="s">
         <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="567" spans="1:21">
       <x:c r="A567" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B567" s="0" t="s">
         <x:v>771</x:v>
       </x:c>
       <x:c r="C567" s="3" t="n">
         <x:v>35150</x:v>
       </x:c>
       <x:c r="D567" s="3" t="s"/>
       <x:c r="G567" s="0" t="s">
         <x:v>633</x:v>
       </x:c>
       <x:c r="H567" s="0" t="s">
         <x:v>634</x:v>
       </x:c>
       <x:c r="I567" s="4" t="s">
         <x:v>127</x:v>
       </x:c>