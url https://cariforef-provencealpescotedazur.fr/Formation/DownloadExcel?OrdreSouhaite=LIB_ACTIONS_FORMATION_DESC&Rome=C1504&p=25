--- v0 (2026-02-20)
+++ v1 (2026-02-20)
@@ -353,59 +353,59 @@
   <x:si>
     <x:t>07/31/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Public en emploi , Public sans emploi , Salarié</x:t>
   </x:si>
   <x:si>
     <x:t>06/16/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>formation entièrement présentielle</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/31/2027 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>06/01/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/14/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>06/01/2025 00:00:00</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Responsable d'affaires immobilières BC03 Assurer la gestion financière et technique d’un immeuble</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>Gestion immobilière</x:t>
   </x:si>
   <x:si>
     <x:t>08/28/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable d'affaires immobilières BC02 Assurer la gestion locative d’un portefeuille de biens immobiliers</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable d'affaires immobilières BC01 Conseiller et accompagner un client dans son projet immobilier</x:t>
   </x:si>
   <x:si>
     <x:t>Responsable d'affaires immobilières (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>Groupe Conseil Assurances Formation - Suptertiaire</x:t>
@@ -1415,288 +1415,288 @@
   <x:si>
     <x:t>Campus Riera - Campus International Riera</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Professionnel Sévigné</x:t>
   </x:si>
   <x:si>
     <x:t>Fanfani</x:t>
   </x:si>
   <x:si>
     <x:t>PARIS</x:t>
   </x:si>
   <x:si>
     <x:t>09/08/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>MONTFAVET</x:t>
   </x:si>
   <x:si>
     <x:t>Escial Académie</x:t>
   </x:si>
   <x:si>
     <x:t>07/06/2026 00:00:00</x:t>
   </x:si>
   <x:si>
+    <x:t>En Avant Mauricette - Ecole du Luxe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>En Avant Mauricette - Ecole du Luxe - Antenne Sainte Maxime</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAINTE-MAXIME</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA VALETTE-DU-VAR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Formation Conseil - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M2s Formation School</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13127</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VITROLLES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diploma Sup - Ensao</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Diploma Sup - Ensao - Antenne Nice</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/07/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/09/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/09/2028 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/24/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delta - Groupe Someform</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Groupement Promotion Echanges Internationaux</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GPEI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANTIBES</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Campus International Riera</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Campus Riera - Campus International Riera - Antenne Cannes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Association Internationale pour la Formation - Idrac business School - Antenne Mougins</x:t>
+  </x:si>
+  <x:si>
     <x:t>Groupe Belmont - Antenne Aix en Provence</x:t>
   </x:si>
   <x:si>
     <x:t>09/05/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>08/19/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/03/2025 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Campus International Riera</x:t>
+    <x:t>92100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/09/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>En Avant Mauricette - Ecole du Luxe</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>10/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/10/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Chambre de Commerce et d'Industrie du Var - Capforma - Antenne Draguignan</x:t>
   </x:si>
   <x:si>
     <x:t>Maestris - Groupe Eductive</x:t>
   </x:si>
   <x:si>
-    <x:t>92100</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>09/01/2028 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>Institut Formation Conseil - Antenne Marseille</x:t>
-[...61 lines deleted...]
-  <x:si>
     <x:t>08/25/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>07/12/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en contrat de pro</x:t>
   </x:si>
   <x:si>
     <x:t>BTS professions immobilières (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>BTS professions immobilières</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi</x:t>
   </x:si>
   <x:si>
     <x:t>09/06/2024 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>BTS Professions immobilières</x:t>
   </x:si>
   <x:si>
+    <x:t>Idrac business School - Compétences Commerce et International - Antenne Grasse</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cadre demandeur d'emploi , Demandeur d'emploi , Demandeur d'emploi longue durée , Demandeur d'emploi moins de 26 ans , Demandeur d'emploi plus de 26 ans</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GAP CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut Formation Conseil|Institut Formation Conseil - Antenne Marseille</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/19/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Handicapé , Jeune 16-25 ans , Particulier, individuel , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GROUPE BELMONT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Provence formation - Erudis Aix</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IPAG Business School</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IPAG BS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>83512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA SEYNE SUR MER CEDEX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Conseil Régional</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Programme Régional Formation  2022-2026 (PRF)</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Performance Méditerranée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/11/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/14/2027 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mon Ecole en Ligne</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Demandeur d'emploi , Demandeur d'emploi moins de 26 ans , Jeune 16-25 ans , Maître d'apprentissage , Tout public</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LE CANNET</x:t>
+  </x:si>
+  <x:si>
     <x:t>ESID</x:t>
   </x:si>
   <x:si>
     <x:t>IFC Méditerranée</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée V Hugo</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée J Audiberti</x:t>
   </x:si>
   <x:si>
     <x:t>06605</x:t>
   </x:si>
   <x:si>
     <x:t>ANTIBES CEDEX</x:t>
   </x:si>
   <x:si>
-    <x:t>Institut Formation Conseil|Institut Formation Conseil - Antenne Marseille</x:t>
-[...2 lines deleted...]
-    <x:t>09/19/2024 00:00:00</x:t>
+    <x:t>Demandeur d'emploi , Jeune 16-25 ans , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Idrac business School - Compétences Commerce et International - Antenne Mougins</x:t>
   </x:si>
   <x:si>
     <x:t>09/19/2025 00:00:00</x:t>
-  </x:si>
-[...61 lines deleted...]
-    <x:t>05/14/2027 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>ÉRUDIS Formation</x:t>
   </x:si>
   <x:si>
     <x:t>83175</x:t>
   </x:si>
   <x:si>
     <x:t>BRIGNOLES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>IDRAC BS</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ESARC Evolution - ESGVC </x:t>
   </x:si>
   <x:si>
     <x:t>ESID - Nice</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée M de Sully</x:t>
   </x:si>
   <x:si>
     <x:t>07/29/2028 00:00:00</x:t>
   </x:si>
@@ -3417,202 +3417,202 @@
       </x:c>
       <x:c r="S21" s="0" t="n">
         <x:v>613764</x:v>
       </x:c>
       <x:c r="T21" s="4" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="U21" s="4" t="s">
         <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:21">
       <x:c r="A22" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B22" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C22" s="15" t="n">
         <x:v>40077</x:v>
       </x:c>
       <x:c r="D22" s="15" t="s"/>
       <x:c r="E22" s="14" t="s"/>
       <x:c r="F22" s="14" t="s"/>
       <x:c r="G22" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H22" s="14" t="s"/>
       <x:c r="I22" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J22" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K22" s="14" t="s">
-        <x:v>87</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L22" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M22" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N22" s="15" t="n">
         <x:v>35011</x:v>
       </x:c>
       <x:c r="O22" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P22" s="14" t="s">
-        <x:v>23</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q22" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R22" s="14" t="s">
-        <x:v>30</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S22" s="14" t="n">
-        <x:v>571473</x:v>
+        <x:v>578816</x:v>
       </x:c>
       <x:c r="T22" s="16" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="U22" s="16" t="s">
-        <x:v>89</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:21">
       <x:c r="A23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C23" s="3" t="n">
         <x:v>40077</x:v>
       </x:c>
       <x:c r="D23" s="3" t="s"/>
       <x:c r="G23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="I23" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="J23" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K23" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="L23" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M23" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N23" s="3" t="n">
         <x:v>35011</x:v>
       </x:c>
       <x:c r="O23" s="0" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P23" s="0" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="Q23" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R23" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="S23" s="0" t="n">
-        <x:v>571475</x:v>
+        <x:v>571473</x:v>
       </x:c>
       <x:c r="T23" s="4" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="U23" s="4" t="s">
         <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:21">
       <x:c r="A24" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="14" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C24" s="15" t="n">
         <x:v>40077</x:v>
       </x:c>
       <x:c r="D24" s="15" t="s"/>
       <x:c r="E24" s="14" t="s"/>
       <x:c r="F24" s="14" t="s"/>
       <x:c r="G24" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H24" s="14" t="s"/>
       <x:c r="I24" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J24" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K24" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="L24" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M24" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N24" s="15" t="n">
         <x:v>35011</x:v>
       </x:c>
       <x:c r="O24" s="14" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="P24" s="14" t="s">
-        <x:v>85</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="Q24" s="16" t="s">
-        <x:v>48</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R24" s="14" t="s">
-        <x:v>59</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S24" s="14" t="n">
-        <x:v>578816</x:v>
+        <x:v>571475</x:v>
       </x:c>
       <x:c r="T24" s="16" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="U24" s="16" t="s">
-        <x:v>69</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:21">
       <x:c r="A25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="C25" s="3" t="n">
         <x:v>36073</x:v>
       </x:c>
       <x:c r="D25" s="3" t="s"/>
       <x:c r="G25" s="0" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="I25" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="J25" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="K25" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
@@ -5068,156 +5068,156 @@
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
         <x:v>534975</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
         <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
-        <x:v>40174</x:v>
+        <x:v>36382</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="E51" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G51" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="K51" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L51" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M51" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N51" s="3" t="n">
-        <x:v>42158</x:v>
+        <x:v>42154</x:v>
       </x:c>
       <x:c r="O51" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="P51" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q51" s="4" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R51" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S51" s="0" t="n">
-        <x:v>589698</x:v>
+        <x:v>534977</x:v>
       </x:c>
       <x:c r="T51" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U51" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:21">
       <x:c r="A52" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B52" s="14" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C52" s="15" t="n">
-        <x:v>36382</x:v>
+        <x:v>40174</x:v>
       </x:c>
       <x:c r="D52" s="15" t="s"/>
       <x:c r="E52" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F52" s="14" t="s"/>
       <x:c r="G52" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H52" s="14" t="s"/>
       <x:c r="I52" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J52" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="K52" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L52" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M52" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N52" s="15" t="n">
-        <x:v>42154</x:v>
+        <x:v>42158</x:v>
       </x:c>
       <x:c r="O52" s="14" t="s">
-        <x:v>152</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="P52" s="14" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="Q52" s="16" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="R52" s="14" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
-        <x:v>534977</x:v>
+        <x:v>589698</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
-        <x:v>154</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>40174</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="E53" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G53" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
@@ -6444,51 +6444,51 @@
       <x:c r="L74" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M74" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N74" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O74" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P74" s="14" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="Q74" s="16" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="R74" s="14" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="S74" s="14" t="n">
         <x:v>572712</x:v>
       </x:c>
       <x:c r="T74" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U74" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:21">
       <x:c r="A75" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C75" s="3" t="n">
         <x:v>38273</x:v>
       </x:c>
       <x:c r="D75" s="3" t="s"/>
       <x:c r="E75" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G75" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="H75" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
@@ -6793,66 +6793,66 @@
         <x:v>150</x:v>
       </x:c>
       <x:c r="H80" s="14" t="s"/>
       <x:c r="I80" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J80" s="14" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="K80" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L80" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M80" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N80" s="15" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O80" s="14" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="P80" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q80" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R80" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S80" s="14" t="n">
-        <x:v>550758</x:v>
+        <x:v>534963</x:v>
       </x:c>
       <x:c r="T80" s="16" t="s">
-        <x:v>157</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="U80" s="16" t="s">
-        <x:v>155</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:21">
       <x:c r="A81" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C81" s="3" t="n">
         <x:v>35438</x:v>
       </x:c>
       <x:c r="D81" s="3" t="s"/>
       <x:c r="E81" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G81" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I81" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J81" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
@@ -6966,66 +6966,66 @@
       <x:c r="G83" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="I83" s="4" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J83" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="K83" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L83" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M83" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N83" s="3" t="n">
         <x:v>41014</x:v>
       </x:c>
       <x:c r="O83" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="P83" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q83" s="4" t="s">
-        <x:v>54</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R83" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S83" s="0" t="n">
-        <x:v>534963</x:v>
+        <x:v>550758</x:v>
       </x:c>
       <x:c r="T83" s="4" t="s">
-        <x:v>154</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="U83" s="4" t="s">
-        <x:v>159</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:21">
       <x:c r="A84" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B84" s="14" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="C84" s="15" t="n">
         <x:v>35438</x:v>
       </x:c>
       <x:c r="D84" s="15" t="s"/>
       <x:c r="E84" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F84" s="14" t="s"/>
       <x:c r="G84" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="H84" s="14" t="s"/>
       <x:c r="I84" s="16" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="J84" s="14" t="s">
@@ -9473,168 +9473,168 @@
       <x:c r="K127" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L127" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M127" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N127" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O127" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P127" s="0" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="Q127" s="4" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="R127" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="S127" s="0" t="n">
-        <x:v>613741</x:v>
+        <x:v>578830</x:v>
       </x:c>
       <x:c r="T127" s="4" t="s">
-        <x:v>60</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="U127" s="4" t="s">
-        <x:v>93</x:v>
+        <x:v>69</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:21">
       <x:c r="A128" s="13" t="s">
-        <x:v>130</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B128" s="14" t="s">
-        <x:v>323</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C128" s="15" t="n">
         <x:v>37641</x:v>
       </x:c>
       <x:c r="D128" s="15" t="s"/>
       <x:c r="E128" s="14" t="s"/>
       <x:c r="F128" s="14" t="s"/>
       <x:c r="G128" s="14" t="s">
-        <x:v>324</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="H128" s="14" t="s"/>
       <x:c r="I128" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="J128" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="K128" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L128" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M128" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N128" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O128" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P128" s="14" t="s">
-        <x:v>325</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="Q128" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="R128" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="S128" s="14" t="n">
-        <x:v>597143</x:v>
+        <x:v>613741</x:v>
       </x:c>
       <x:c r="T128" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="U128" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>93</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:21">
       <x:c r="A129" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B129" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C129" s="3" t="n">
         <x:v>37641</x:v>
       </x:c>
       <x:c r="D129" s="3" t="s"/>
       <x:c r="G129" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="I129" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="J129" s="0" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="K129" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="L129" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M129" s="0" t="s">
-        <x:v>28</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N129" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O129" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P129" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="Q129" s="4" t="s">
-        <x:v>48</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="R129" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S129" s="0" t="n">
-        <x:v>578830</x:v>
+        <x:v>597143</x:v>
       </x:c>
       <x:c r="T129" s="4" t="s">
-        <x:v>96</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U129" s="4" t="s">
-        <x:v>69</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:21">
       <x:c r="A130" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B130" s="14" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C130" s="15" t="n">
         <x:v>37641</x:v>
       </x:c>
       <x:c r="D130" s="15" t="s"/>
       <x:c r="E130" s="14" t="s"/>
       <x:c r="F130" s="14" t="s"/>
       <x:c r="G130" s="14" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="H130" s="14" t="s"/>
       <x:c r="I130" s="16" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="J130" s="14" t="s">
         <x:v>98</x:v>
       </x:c>
@@ -12244,51 +12244,51 @@
       <x:c r="L174" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M174" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N174" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O174" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P174" s="14" t="s">
         <x:v>411</x:v>
       </x:c>
       <x:c r="Q174" s="16" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="R174" s="14" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="S174" s="14" t="n">
         <x:v>552024</x:v>
       </x:c>
       <x:c r="T174" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U174" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:21">
       <x:c r="A175" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B175" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C175" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D175" s="3" t="s"/>
       <x:c r="E175" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G175" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H175" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
@@ -13533,51 +13533,51 @@
       <x:c r="L196" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M196" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N196" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O196" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P196" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q196" s="16" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="R196" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="S196" s="14" t="n">
         <x:v>552023</x:v>
       </x:c>
       <x:c r="T196" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U196" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:21">
       <x:c r="A197" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B197" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C197" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D197" s="3" t="s"/>
       <x:c r="E197" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G197" s="0" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="I197" s="4" t="s">
         <x:v>401</x:v>
       </x:c>
@@ -13765,51 +13765,51 @@
       <x:c r="L200" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M200" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N200" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O200" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P200" s="14" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="Q200" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R200" s="14" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="S200" s="14" t="n">
         <x:v>565854</x:v>
       </x:c>
       <x:c r="T200" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U200" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:21">
       <x:c r="A201" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B201" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C201" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D201" s="3" t="s"/>
       <x:c r="E201" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G201" s="0" t="s">
         <x:v>375</x:v>
       </x:c>
       <x:c r="I201" s="4" t="s">
         <x:v>376</x:v>
       </x:c>
@@ -14427,4330 +14427,4328 @@
         <x:v>550675</x:v>
       </x:c>
       <x:c r="T211" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U211" s="4" t="s">
         <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:21">
       <x:c r="A212" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B212" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C212" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D212" s="15" t="s"/>
       <x:c r="E212" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F212" s="14" t="s"/>
       <x:c r="G212" s="14" t="s">
-        <x:v>357</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="H212" s="14" t="s"/>
       <x:c r="I212" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="J212" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K212" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L212" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M212" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N212" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O212" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P212" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="Q212" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="R212" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="S212" s="14" t="n">
-        <x:v>515193</x:v>
+        <x:v>608700</x:v>
       </x:c>
       <x:c r="T212" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U212" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:21">
       <x:c r="A213" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B213" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C213" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D213" s="3" t="s"/>
       <x:c r="E213" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G213" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I213" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J213" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K213" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L213" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M213" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N213" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O213" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P213" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q213" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R213" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="S213" s="0" t="n">
-        <x:v>606952</x:v>
+        <x:v>499934</x:v>
       </x:c>
       <x:c r="T213" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="U213" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:21">
       <x:c r="A214" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B214" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C214" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D214" s="15" t="s"/>
       <x:c r="E214" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F214" s="14" t="s"/>
       <x:c r="G214" s="14" t="s">
-        <x:v>409</x:v>
-[...1 lines deleted...]
-      <x:c r="H214" s="14" t="s"/>
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="H214" s="14" t="s">
+        <x:v>140</x:v>
+      </x:c>
       <x:c r="I214" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J214" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K214" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L214" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M214" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N214" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O214" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P214" s="14" t="s">
-        <x:v>413</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="Q214" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="R214" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="S214" s="14" t="n">
-        <x:v>552311</x:v>
+        <x:v>600897</x:v>
       </x:c>
       <x:c r="T214" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U214" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:21">
       <x:c r="A215" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B215" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C215" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D215" s="3" t="s"/>
       <x:c r="E215" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G215" s="0" t="s">
-        <x:v>218</x:v>
-[...2 lines deleted...]
-        <x:v>219</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="I215" s="4" t="s">
-        <x:v>220</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J215" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K215" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L215" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M215" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N215" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O215" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P215" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="Q215" s="4" t="s">
-        <x:v>222</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R215" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S215" s="0" t="n">
-        <x:v>504707</x:v>
+        <x:v>599385</x:v>
       </x:c>
       <x:c r="T215" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U215" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:21">
       <x:c r="A216" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B216" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C216" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D216" s="15" t="s"/>
       <x:c r="E216" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F216" s="14" t="s"/>
       <x:c r="G216" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="H216" s="14" t="s"/>
       <x:c r="I216" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="J216" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K216" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L216" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M216" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N216" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O216" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P216" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="Q216" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="R216" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S216" s="14" t="n">
-        <x:v>598949</x:v>
+        <x:v>603558</x:v>
       </x:c>
       <x:c r="T216" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U216" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:21">
       <x:c r="A217" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B217" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C217" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D217" s="3" t="s"/>
       <x:c r="E217" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G217" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="I217" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="J217" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K217" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L217" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M217" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N217" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O217" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P217" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="Q217" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="R217" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="S217" s="0" t="n">
-        <x:v>607283</x:v>
+        <x:v>501376</x:v>
       </x:c>
       <x:c r="T217" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U217" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:21">
       <x:c r="A218" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B218" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C218" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D218" s="15" t="s"/>
       <x:c r="E218" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F218" s="14" t="s"/>
       <x:c r="G218" s="14" t="s">
-        <x:v>342</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H218" s="14" t="s"/>
       <x:c r="I218" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J218" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K218" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L218" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M218" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N218" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O218" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P218" s="14" t="s">
-        <x:v>344</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q218" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R218" s="14" t="s">
-        <x:v>349</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="S218" s="14" t="n">
-        <x:v>607458</x:v>
+        <x:v>548695</x:v>
       </x:c>
       <x:c r="T218" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="U218" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:21">
       <x:c r="A219" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B219" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C219" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D219" s="3" t="s"/>
       <x:c r="E219" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G219" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="I219" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J219" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K219" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L219" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M219" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N219" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O219" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P219" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="Q219" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R219" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S219" s="0" t="n">
-        <x:v>549479</x:v>
+        <x:v>548696</x:v>
       </x:c>
       <x:c r="T219" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="U219" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:21">
       <x:c r="A220" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B220" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C220" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D220" s="15" t="s"/>
       <x:c r="E220" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F220" s="14" t="s"/>
       <x:c r="G220" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="H220" s="14" t="s"/>
       <x:c r="I220" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="J220" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K220" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L220" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M220" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N220" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O220" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P220" s="14" t="s">
-        <x:v>408</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="Q220" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="R220" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S220" s="14" t="n">
-        <x:v>560003</x:v>
+        <x:v>549480</x:v>
       </x:c>
       <x:c r="T220" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U220" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:21">
       <x:c r="A221" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B221" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C221" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D221" s="3" t="s"/>
       <x:c r="E221" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G221" s="0" t="s">
-        <x:v>418</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="I221" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="J221" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K221" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L221" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M221" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N221" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O221" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P221" s="0" t="s">
-        <x:v>441</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="Q221" s="4" t="s">
-        <x:v>419</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R221" s="0" t="s">
-        <x:v>421</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S221" s="0" t="n">
-        <x:v>494749</x:v>
+        <x:v>603598</x:v>
       </x:c>
       <x:c r="T221" s="4" t="s">
-        <x:v>449</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="U221" s="4" t="s">
-        <x:v>450</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:21">
       <x:c r="A222" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B222" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C222" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D222" s="15" t="s"/>
       <x:c r="E222" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F222" s="14" t="s"/>
       <x:c r="G222" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H222" s="14" t="s"/>
       <x:c r="I222" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="J222" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K222" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L222" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M222" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N222" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O222" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P222" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="Q222" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="R222" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="S222" s="14" t="n">
-        <x:v>550674</x:v>
+        <x:v>601558</x:v>
       </x:c>
       <x:c r="T222" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U222" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:21">
       <x:c r="A223" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B223" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C223" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D223" s="3" t="s"/>
       <x:c r="E223" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G223" s="0" t="s">
-        <x:v>391</x:v>
-[...2 lines deleted...]
-        <x:v>392</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I223" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J223" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K223" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L223" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M223" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N223" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O223" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P223" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="Q223" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="R223" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S223" s="0" t="n">
-        <x:v>495519</x:v>
+        <x:v>606931</x:v>
       </x:c>
       <x:c r="T223" s="4" t="s">
-        <x:v>451</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U223" s="4" t="s">
-        <x:v>452</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:21">
       <x:c r="A224" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B224" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C224" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D224" s="15" t="s"/>
       <x:c r="E224" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F224" s="14" t="s"/>
       <x:c r="G224" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H224" s="14" t="s"/>
       <x:c r="I224" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J224" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K224" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L224" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M224" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N224" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O224" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P224" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q224" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R224" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S224" s="14" t="n">
-        <x:v>544952</x:v>
+        <x:v>535333</x:v>
       </x:c>
       <x:c r="T224" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U224" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:21">
       <x:c r="A225" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B225" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C225" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D225" s="3" t="s"/>
       <x:c r="E225" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G225" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="I225" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="J225" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K225" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L225" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M225" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N225" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O225" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P225" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q225" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="R225" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S225" s="0" t="n">
-        <x:v>603475</x:v>
+        <x:v>599825</x:v>
       </x:c>
       <x:c r="T225" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="U225" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:21">
       <x:c r="A226" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B226" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C226" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D226" s="15" t="s"/>
       <x:c r="E226" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F226" s="14" t="s"/>
       <x:c r="G226" s="14" t="s">
-        <x:v>435</x:v>
-[...1 lines deleted...]
-      <x:c r="H226" s="14" t="s"/>
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="H226" s="14" t="s">
+        <x:v>334</x:v>
+      </x:c>
       <x:c r="I226" s="16" t="s">
-        <x:v>436</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J226" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K226" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L226" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M226" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N226" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O226" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P226" s="14" t="s">
-        <x:v>435</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="Q226" s="16" t="s">
-        <x:v>436</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="R226" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S226" s="14" t="n">
-        <x:v>545316</x:v>
+        <x:v>609590</x:v>
       </x:c>
       <x:c r="T226" s="16" t="s">
-        <x:v>453</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U226" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>464</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:21">
       <x:c r="A227" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B227" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C227" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D227" s="3" t="s"/>
       <x:c r="E227" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G227" s="0" t="s">
-        <x:v>380</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="H227" s="0" t="s">
-        <x:v>381</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="I227" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J227" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K227" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L227" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M227" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N227" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O227" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P227" s="0" t="s">
-        <x:v>383</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q227" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R227" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="S227" s="0" t="n">
-        <x:v>599473</x:v>
+        <x:v>513608</x:v>
       </x:c>
       <x:c r="T227" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="U227" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>465</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:21">
       <x:c r="A228" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B228" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C228" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D228" s="15" t="s"/>
       <x:c r="E228" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F228" s="14" t="s"/>
       <x:c r="G228" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="H228" s="14" t="s"/>
       <x:c r="I228" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="J228" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K228" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L228" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M228" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N228" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O228" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P228" s="14" t="s">
-        <x:v>454</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="Q228" s="16" t="s">
-        <x:v>319</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="R228" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="S228" s="14" t="n">
-        <x:v>502394</x:v>
+        <x:v>513665</x:v>
       </x:c>
       <x:c r="T228" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U228" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:21">
       <x:c r="A229" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B229" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C229" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D229" s="3" t="s"/>
       <x:c r="E229" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G229" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="H229" s="0" t="s">
+        <x:v>468</x:v>
       </x:c>
       <x:c r="I229" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="J229" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K229" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L229" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M229" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N229" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O229" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P229" s="0" t="s">
-        <x:v>448</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="Q229" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="R229" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="S229" s="0" t="n">
-        <x:v>499346</x:v>
+        <x:v>497756</x:v>
       </x:c>
       <x:c r="T229" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U229" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:21">
       <x:c r="A230" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B230" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C230" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D230" s="15" t="s"/>
       <x:c r="E230" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F230" s="14" t="s"/>
       <x:c r="G230" s="14" t="s">
-        <x:v>139</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="H230" s="14" t="s"/>
       <x:c r="I230" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="J230" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K230" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L230" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M230" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N230" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O230" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P230" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="Q230" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="R230" s="14" t="s">
-        <x:v>142</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="S230" s="14" t="n">
-        <x:v>614686</x:v>
+        <x:v>607459</x:v>
       </x:c>
       <x:c r="T230" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U230" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:21">
       <x:c r="A231" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B231" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C231" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D231" s="3" t="s"/>
       <x:c r="E231" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G231" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="H231" s="0" t="s">
+        <x:v>367</x:v>
       </x:c>
       <x:c r="I231" s="4" t="s">
-        <x:v>328</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J231" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K231" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L231" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M231" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N231" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O231" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P231" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="Q231" s="4" t="s">
-        <x:v>168</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R231" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S231" s="0" t="n">
-        <x:v>547442</x:v>
+        <x:v>608242</x:v>
       </x:c>
       <x:c r="T231" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U231" s="4" t="s">
-        <x:v>455</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:21">
       <x:c r="A232" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B232" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C232" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D232" s="15" t="s"/>
       <x:c r="E232" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F232" s="14" t="s"/>
       <x:c r="G232" s="14" t="s">
-        <x:v>357</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="H232" s="14" t="s"/>
       <x:c r="I232" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J232" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K232" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L232" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M232" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N232" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O232" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P232" s="14" t="s">
-        <x:v>357</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="Q232" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R232" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S232" s="14" t="n">
-        <x:v>607866</x:v>
+        <x:v>616221</x:v>
       </x:c>
       <x:c r="T232" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U232" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:21">
       <x:c r="A233" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B233" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C233" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D233" s="3" t="s"/>
       <x:c r="E233" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G233" s="0" t="s">
-        <x:v>366</x:v>
-[...2 lines deleted...]
-        <x:v>367</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="I233" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="J233" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K233" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L233" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M233" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N233" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O233" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P233" s="0" t="s">
-        <x:v>368</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="Q233" s="4" t="s">
-        <x:v>369</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="R233" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="S233" s="0" t="n">
-        <x:v>608090</x:v>
+        <x:v>496642</x:v>
       </x:c>
       <x:c r="T233" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U233" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:21">
       <x:c r="A234" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B234" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C234" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D234" s="15" t="s"/>
       <x:c r="E234" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F234" s="14" t="s"/>
       <x:c r="G234" s="14" t="s">
-        <x:v>311</x:v>
-[...1 lines deleted...]
-      <x:c r="H234" s="14" t="s"/>
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="H234" s="14" t="s">
+        <x:v>219</x:v>
+      </x:c>
       <x:c r="I234" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J234" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K234" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L234" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M234" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N234" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O234" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P234" s="14" t="s">
-        <x:v>311</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="Q234" s="16" t="s">
-        <x:v>168</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="R234" s="14" t="s">
-        <x:v>169</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S234" s="14" t="n">
-        <x:v>558035</x:v>
+        <x:v>608010</x:v>
       </x:c>
       <x:c r="T234" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U234" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:21">
       <x:c r="A235" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B235" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C235" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D235" s="3" t="s"/>
       <x:c r="E235" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G235" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="I235" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="J235" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K235" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L235" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M235" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N235" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O235" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P235" s="0" t="s">
-        <x:v>439</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="Q235" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="R235" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S235" s="0" t="n">
-        <x:v>545032</x:v>
+        <x:v>502389</x:v>
       </x:c>
       <x:c r="T235" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="U235" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:21">
       <x:c r="A236" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B236" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C236" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D236" s="15" t="s"/>
       <x:c r="E236" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F236" s="14" t="s"/>
       <x:c r="G236" s="14" t="s">
-        <x:v>150</x:v>
-[...1 lines deleted...]
-      <x:c r="H236" s="14" t="s"/>
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="H236" s="14" t="s">
+        <x:v>334</x:v>
+      </x:c>
       <x:c r="I236" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J236" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K236" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L236" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M236" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N236" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O236" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P236" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="Q236" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="R236" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="S236" s="14" t="n">
-        <x:v>506000</x:v>
+        <x:v>510914</x:v>
       </x:c>
       <x:c r="T236" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U236" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:21">
       <x:c r="A237" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B237" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C237" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D237" s="3" t="s"/>
       <x:c r="E237" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G237" s="0" t="s">
-        <x:v>333</x:v>
-[...2 lines deleted...]
-        <x:v>334</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="I237" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="J237" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K237" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L237" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M237" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N237" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O237" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P237" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="Q237" s="4" t="s">
-        <x:v>336</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R237" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S237" s="0" t="n">
-        <x:v>510918</x:v>
+        <x:v>507204</x:v>
       </x:c>
       <x:c r="T237" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="U237" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:21">
       <x:c r="A238" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B238" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C238" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D238" s="15" t="s"/>
       <x:c r="E238" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F238" s="14" t="s"/>
       <x:c r="G238" s="14" t="s">
-        <x:v>366</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="H238" s="14" t="s"/>
       <x:c r="I238" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="J238" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K238" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L238" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M238" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N238" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O238" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P238" s="14" t="s">
-        <x:v>426</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="Q238" s="16" t="s">
-        <x:v>427</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="R238" s="14" t="s">
-        <x:v>428</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S238" s="14" t="n">
-        <x:v>511083</x:v>
+        <x:v>510956</x:v>
       </x:c>
       <x:c r="T238" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U238" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>86</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:21">
       <x:c r="A239" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B239" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C239" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D239" s="3" t="s"/>
       <x:c r="E239" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G239" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="H239" s="0" t="s">
+        <x:v>392</x:v>
       </x:c>
       <x:c r="I239" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="J239" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K239" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L239" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M239" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N239" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O239" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P239" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="Q239" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="R239" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="S239" s="0" t="n">
-        <x:v>605209</x:v>
+        <x:v>549122</x:v>
       </x:c>
       <x:c r="T239" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U239" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:21">
       <x:c r="A240" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B240" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C240" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D240" s="15" t="s"/>
       <x:c r="E240" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F240" s="14" t="s"/>
       <x:c r="G240" s="14" t="s">
-        <x:v>396</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="H240" s="14" t="s"/>
       <x:c r="I240" s="16" t="s">
-        <x:v>398</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="J240" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K240" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L240" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M240" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N240" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O240" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P240" s="14" t="s">
-        <x:v>399</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="Q240" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="R240" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="S240" s="14" t="n">
-        <x:v>549103</x:v>
+        <x:v>608702</x:v>
       </x:c>
       <x:c r="T240" s="16" t="s">
-        <x:v>330</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U240" s="16" t="s">
-        <x:v>456</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:21">
       <x:c r="A241" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B241" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C241" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D241" s="3" t="s"/>
       <x:c r="E241" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G241" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="H241" s="0" t="s">
+        <x:v>140</x:v>
       </x:c>
       <x:c r="I241" s="4" t="s">
-        <x:v>458</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J241" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K241" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L241" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M241" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N241" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O241" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P241" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q241" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R241" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S241" s="0" t="n">
-        <x:v>608701</x:v>
+        <x:v>549222</x:v>
       </x:c>
       <x:c r="T241" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U241" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:21">
       <x:c r="A242" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B242" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C242" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D242" s="15" t="s"/>
       <x:c r="E242" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F242" s="14" t="s"/>
       <x:c r="G242" s="14" t="s">
-        <x:v>446</x:v>
-[...1 lines deleted...]
-      <x:c r="H242" s="14" t="s"/>
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="H242" s="14" t="s">
+        <x:v>219</x:v>
+      </x:c>
       <x:c r="I242" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J242" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K242" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L242" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M242" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N242" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O242" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P242" s="14" t="s">
-        <x:v>446</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q242" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="R242" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S242" s="14" t="n">
-        <x:v>560942</x:v>
+        <x:v>549348</x:v>
       </x:c>
       <x:c r="T242" s="16" t="s">
-        <x:v>462</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U242" s="16" t="s">
-        <x:v>463</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:21">
       <x:c r="A243" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B243" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C243" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D243" s="3" t="s"/>
       <x:c r="E243" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G243" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="H243" s="0" t="s">
-        <x:v>432</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="I243" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J243" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K243" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L243" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M243" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N243" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O243" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P243" s="0" t="s">
-        <x:v>464</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="Q243" s="4" t="s">
-        <x:v>346</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R243" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S243" s="0" t="n">
-        <x:v>500511</x:v>
+        <x:v>515193</x:v>
       </x:c>
       <x:c r="T243" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U243" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:21">
       <x:c r="A244" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B244" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C244" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D244" s="15" t="s"/>
       <x:c r="E244" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F244" s="14" t="s"/>
       <x:c r="G244" s="14" t="s">
-        <x:v>385</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="H244" s="14" t="s"/>
       <x:c r="I244" s="16" t="s">
-        <x:v>353</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="J244" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K244" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L244" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M244" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N244" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O244" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P244" s="14" t="s">
-        <x:v>387</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="Q244" s="16" t="s">
-        <x:v>388</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R244" s="14" t="s">
-        <x:v>389</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S244" s="14" t="n">
-        <x:v>547721</x:v>
+        <x:v>606952</x:v>
       </x:c>
       <x:c r="T244" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="U244" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:21">
       <x:c r="A245" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B245" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C245" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D245" s="3" t="s"/>
       <x:c r="E245" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G245" s="0" t="s">
-        <x:v>431</x:v>
-[...2 lines deleted...]
-        <x:v>432</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="I245" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="J245" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K245" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L245" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M245" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N245" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O245" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P245" s="0" t="s">
-        <x:v>431</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="Q245" s="4" t="s">
-        <x:v>433</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="R245" s="0" t="s">
-        <x:v>434</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S245" s="0" t="n">
-        <x:v>602186</x:v>
+        <x:v>552311</x:v>
       </x:c>
       <x:c r="T245" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U245" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:21">
       <x:c r="A246" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B246" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C246" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D246" s="15" t="s"/>
       <x:c r="E246" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F246" s="14" t="s"/>
       <x:c r="G246" s="14" t="s">
-        <x:v>105</x:v>
-[...1 lines deleted...]
-      <x:c r="H246" s="14" t="s"/>
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="H246" s="14" t="s">
+        <x:v>219</x:v>
+      </x:c>
       <x:c r="I246" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="J246" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K246" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L246" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M246" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N246" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O246" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P246" s="14" t="s">
-        <x:v>107</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="Q246" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="R246" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="S246" s="14" t="n">
-        <x:v>503793</x:v>
+        <x:v>504707</x:v>
       </x:c>
       <x:c r="T246" s="16" t="s">
-        <x:v>125</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U246" s="16" t="s">
-        <x:v>355</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:21">
       <x:c r="A247" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B247" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C247" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D247" s="3" t="s"/>
       <x:c r="E247" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G247" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="I247" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J247" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K247" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L247" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M247" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N247" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O247" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P247" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="Q247" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R247" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S247" s="0" t="n">
-        <x:v>499342</x:v>
+        <x:v>598949</x:v>
       </x:c>
       <x:c r="T247" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U247" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:21">
       <x:c r="A248" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B248" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C248" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D248" s="15" t="s"/>
       <x:c r="E248" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F248" s="14" t="s"/>
       <x:c r="G248" s="14" t="s">
-        <x:v>465</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="H248" s="14" t="s"/>
       <x:c r="I248" s="16" t="s">
-        <x:v>466</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J248" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K248" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L248" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M248" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N248" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O248" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P248" s="14" t="s">
-        <x:v>161</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q248" s="16" t="s">
-        <x:v>54</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R248" s="14" t="s">
-        <x:v>70</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S248" s="14" t="n">
-        <x:v>608579</x:v>
+        <x:v>607283</x:v>
       </x:c>
       <x:c r="T248" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U248" s="16" t="s">
-        <x:v>467</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:21">
       <x:c r="A249" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B249" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C249" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D249" s="3" t="s"/>
       <x:c r="E249" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G249" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="I249" s="4" t="s">
-        <x:v>458</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="J249" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K249" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L249" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M249" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N249" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O249" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P249" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="Q249" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="R249" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="S249" s="0" t="n">
-        <x:v>608703</x:v>
+        <x:v>607458</x:v>
       </x:c>
       <x:c r="T249" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U249" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:21">
       <x:c r="A250" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B250" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C250" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D250" s="15" t="s"/>
       <x:c r="E250" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F250" s="14" t="s"/>
       <x:c r="G250" s="14" t="s">
-        <x:v>230</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="H250" s="14" t="s"/>
       <x:c r="I250" s="16" t="s">
-        <x:v>232</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="J250" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K250" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L250" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M250" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N250" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O250" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P250" s="14" t="s">
-        <x:v>233</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="Q250" s="16" t="s">
-        <x:v>234</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R250" s="14" t="s">
-        <x:v>235</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S250" s="14" t="n">
-        <x:v>546390</x:v>
+        <x:v>549479</x:v>
       </x:c>
       <x:c r="T250" s="16" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U250" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:21">
       <x:c r="A251" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B251" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C251" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D251" s="3" t="s"/>
       <x:c r="E251" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G251" s="0" t="s">
-        <x:v>437</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="I251" s="4" t="s">
-        <x:v>376</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J251" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K251" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L251" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M251" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N251" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O251" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P251" s="0" t="s">
-        <x:v>438</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="Q251" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R251" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S251" s="0" t="n">
-        <x:v>556216</x:v>
+        <x:v>560003</x:v>
       </x:c>
       <x:c r="T251" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U251" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:21">
       <x:c r="A252" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B252" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C252" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D252" s="15" t="s"/>
       <x:c r="E252" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F252" s="14" t="s"/>
       <x:c r="G252" s="14" t="s">
-        <x:v>139</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="H252" s="14" t="s"/>
       <x:c r="I252" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="J252" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K252" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L252" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M252" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N252" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O252" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P252" s="14" t="s">
-        <x:v>468</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="Q252" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="R252" s="14" t="s">
-        <x:v>349</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="S252" s="14" t="n">
-        <x:v>503859</x:v>
+        <x:v>494749</x:v>
       </x:c>
       <x:c r="T252" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="U252" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>476</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:21">
       <x:c r="A253" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B253" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C253" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D253" s="3" t="s"/>
       <x:c r="E253" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G253" s="0" t="s">
-        <x:v>457</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I253" s="4" t="s">
-        <x:v>458</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J253" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K253" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L253" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M253" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N253" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O253" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P253" s="0" t="s">
-        <x:v>459</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q253" s="4" t="s">
-        <x:v>460</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R253" s="0" t="s">
-        <x:v>461</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S253" s="0" t="n">
-        <x:v>608700</x:v>
+        <x:v>550674</x:v>
       </x:c>
       <x:c r="T253" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U253" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:21">
       <x:c r="A254" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B254" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C254" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D254" s="15" t="s"/>
       <x:c r="E254" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F254" s="14" t="s"/>
       <x:c r="G254" s="14" t="s">
-        <x:v>117</x:v>
-[...1 lines deleted...]
-      <x:c r="H254" s="14" t="s"/>
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="H254" s="14" t="s">
+        <x:v>392</x:v>
+      </x:c>
       <x:c r="I254" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="J254" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K254" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L254" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M254" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N254" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O254" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P254" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="Q254" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="R254" s="14" t="s">
-        <x:v>469</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="S254" s="14" t="n">
-        <x:v>499934</x:v>
+        <x:v>495519</x:v>
       </x:c>
       <x:c r="T254" s="16" t="s">
-        <x:v>470</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="U254" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>478</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:21">
       <x:c r="A255" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B255" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C255" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D255" s="3" t="s"/>
       <x:c r="E255" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G255" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="I255" s="4" t="s">
-        <x:v>317</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="J255" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K255" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L255" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M255" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N255" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O255" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P255" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="Q255" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="R255" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S255" s="0" t="n">
-        <x:v>603558</x:v>
+        <x:v>544952</x:v>
       </x:c>
       <x:c r="T255" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="U255" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:21">
       <x:c r="A256" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B256" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C256" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D256" s="15" t="s"/>
       <x:c r="E256" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F256" s="14" t="s"/>
       <x:c r="G256" s="14" t="s">
-        <x:v>471</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="H256" s="14" t="s"/>
       <x:c r="I256" s="16" t="s">
-        <x:v>472</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="J256" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K256" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L256" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M256" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N256" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O256" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P256" s="14" t="s">
-        <x:v>471</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="Q256" s="16" t="s">
-        <x:v>472</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="R256" s="14" t="s">
-        <x:v>473</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="S256" s="14" t="n">
-        <x:v>501376</x:v>
+        <x:v>603475</x:v>
       </x:c>
       <x:c r="T256" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U256" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:21">
       <x:c r="A257" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B257" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C257" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D257" s="3" t="s"/>
       <x:c r="E257" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G257" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="I257" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="J257" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K257" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L257" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M257" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N257" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O257" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P257" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="Q257" s="4" t="s">
-        <x:v>118</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="R257" s="0" t="s">
-        <x:v>469</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="S257" s="0" t="n">
-        <x:v>548695</x:v>
+        <x:v>545316</x:v>
       </x:c>
       <x:c r="T257" s="4" t="s">
-        <x:v>444</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="U257" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:21">
       <x:c r="A258" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B258" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C258" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D258" s="15" t="s"/>
       <x:c r="E258" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F258" s="14" t="s"/>
       <x:c r="G258" s="14" t="s">
-        <x:v>117</x:v>
-[...1 lines deleted...]
-      <x:c r="H258" s="14" t="s"/>
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="H258" s="14" t="s">
+        <x:v>381</x:v>
+      </x:c>
       <x:c r="I258" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="J258" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K258" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L258" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M258" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N258" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O258" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P258" s="14" t="s">
-        <x:v>119</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="Q258" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R258" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S258" s="14" t="n">
-        <x:v>548696</x:v>
+        <x:v>599473</x:v>
       </x:c>
       <x:c r="T258" s="16" t="s">
-        <x:v>444</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U258" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:21">
       <x:c r="A259" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B259" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C259" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D259" s="3" t="s"/>
       <x:c r="E259" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G259" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="I259" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="J259" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K259" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L259" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M259" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N259" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O259" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P259" s="0" t="s">
-        <x:v>361</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="Q259" s="4" t="s">
-        <x:v>362</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="R259" s="0" t="s">
-        <x:v>445</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S259" s="0" t="n">
-        <x:v>549480</x:v>
+        <x:v>502394</x:v>
       </x:c>
       <x:c r="T259" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="U259" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:21">
       <x:c r="A260" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B260" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C260" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D260" s="15" t="s"/>
       <x:c r="E260" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F260" s="14" t="s"/>
       <x:c r="G260" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="H260" s="14" t="s"/>
       <x:c r="I260" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="J260" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K260" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L260" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M260" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N260" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O260" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P260" s="14" t="s">
-        <x:v>439</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="Q260" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R260" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S260" s="14" t="n">
-        <x:v>616221</x:v>
+        <x:v>499346</x:v>
       </x:c>
       <x:c r="T260" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U260" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:21">
       <x:c r="A261" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B261" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C261" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D261" s="3" t="s"/>
       <x:c r="E261" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G261" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="I261" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="J261" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K261" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L261" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M261" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N261" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O261" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P261" s="0" t="s">
-        <x:v>409</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="Q261" s="4" t="s">
-        <x:v>382</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R261" s="0" t="s">
-        <x:v>384</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S261" s="0" t="n">
-        <x:v>496642</x:v>
+        <x:v>503793</x:v>
       </x:c>
       <x:c r="T261" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="U261" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:21">
       <x:c r="A262" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B262" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C262" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D262" s="15" t="s"/>
       <x:c r="E262" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F262" s="14" t="s"/>
       <x:c r="G262" s="14" t="s">
-        <x:v>218</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="H262" s="14" t="s"/>
       <x:c r="I262" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="J262" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K262" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L262" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M262" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N262" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O262" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P262" s="14" t="s">
-        <x:v>259</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q262" s="16" t="s">
-        <x:v>226</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R262" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S262" s="14" t="n">
-        <x:v>608010</x:v>
+        <x:v>611118</x:v>
       </x:c>
       <x:c r="T262" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="U262" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:21">
       <x:c r="A263" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B263" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C263" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D263" s="3" t="s"/>
       <x:c r="E263" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G263" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="H263" s="0" t="s">
+        <x:v>140</x:v>
       </x:c>
       <x:c r="I263" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J263" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K263" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L263" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M263" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N263" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O263" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P263" s="0" t="s">
-        <x:v>454</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q263" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R263" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S263" s="0" t="n">
-        <x:v>502389</x:v>
+        <x:v>614686</x:v>
       </x:c>
       <x:c r="T263" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U263" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:21">
       <x:c r="A264" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B264" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C264" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D264" s="15" t="s"/>
       <x:c r="E264" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F264" s="14" t="s"/>
       <x:c r="G264" s="14" t="s">
-        <x:v>333</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="H264" s="14" t="s"/>
       <x:c r="I264" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="J264" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K264" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L264" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M264" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N264" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O264" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P264" s="14" t="s">
-        <x:v>390</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="Q264" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R264" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S264" s="14" t="n">
-        <x:v>510914</x:v>
+        <x:v>547442</x:v>
       </x:c>
       <x:c r="T264" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U264" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>482</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:21">
       <x:c r="A265" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B265" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C265" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D265" s="3" t="s"/>
       <x:c r="E265" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G265" s="0" t="s">
-        <x:v>440</x:v>
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="H265" s="0" t="s">
+        <x:v>358</x:v>
       </x:c>
       <x:c r="I265" s="4" t="s">
-        <x:v>319</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J265" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K265" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L265" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M265" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N265" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O265" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P265" s="0" t="s">
-        <x:v>474</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="Q265" s="4" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="R265" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S265" s="0" t="n">
-        <x:v>507204</x:v>
+        <x:v>607866</x:v>
       </x:c>
       <x:c r="T265" s="4" t="s">
-        <x:v>330</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U265" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:21">
       <x:c r="A266" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B266" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C266" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D266" s="15" t="s"/>
       <x:c r="E266" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F266" s="14" t="s"/>
       <x:c r="G266" s="14" t="s">
-        <x:v>400</x:v>
-[...1 lines deleted...]
-      <x:c r="H266" s="14" t="s"/>
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="H266" s="14" t="s">
+        <x:v>367</x:v>
+      </x:c>
       <x:c r="I266" s="16" t="s">
-        <x:v>401</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J266" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K266" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L266" s="14" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M266" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N266" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O266" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P266" s="14" t="s">
-        <x:v>475</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="Q266" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="R266" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="S266" s="14" t="n">
-        <x:v>510956</x:v>
+        <x:v>608090</x:v>
       </x:c>
       <x:c r="T266" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U266" s="16" t="s">
-        <x:v>86</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:21">
       <x:c r="A267" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B267" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C267" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D267" s="3" t="s"/>
       <x:c r="E267" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G267" s="0" t="s">
-        <x:v>391</x:v>
-[...2 lines deleted...]
-        <x:v>392</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="I267" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="J267" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K267" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L267" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M267" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N267" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O267" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P267" s="0" t="s">
-        <x:v>391</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="Q267" s="4" t="s">
-        <x:v>393</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="R267" s="0" t="s">
-        <x:v>394</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="S267" s="0" t="n">
-        <x:v>549122</x:v>
+        <x:v>558035</x:v>
       </x:c>
       <x:c r="T267" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U267" s="4" t="s">
-        <x:v>237</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:21">
       <x:c r="A268" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B268" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C268" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D268" s="15" t="s"/>
       <x:c r="E268" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F268" s="14" t="s"/>
       <x:c r="G268" s="14" t="s">
-        <x:v>457</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="H268" s="14" t="s"/>
       <x:c r="I268" s="16" t="s">
-        <x:v>458</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J268" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K268" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L268" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M268" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N268" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O268" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P268" s="14" t="s">
-        <x:v>459</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="Q268" s="16" t="s">
-        <x:v>460</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R268" s="14" t="s">
-        <x:v>461</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S268" s="14" t="n">
-        <x:v>608702</x:v>
+        <x:v>545032</x:v>
       </x:c>
       <x:c r="T268" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U268" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:21">
       <x:c r="A269" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B269" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C269" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D269" s="3" t="s"/>
       <x:c r="E269" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G269" s="0" t="s">
-        <x:v>139</x:v>
-[...2 lines deleted...]
-        <x:v>140</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="I269" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="J269" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K269" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L269" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M269" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N269" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O269" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P269" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q269" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R269" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S269" s="0" t="n">
-        <x:v>549222</x:v>
+        <x:v>506000</x:v>
       </x:c>
       <x:c r="T269" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U269" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:21">
       <x:c r="A270" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B270" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C270" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D270" s="15" t="s"/>
       <x:c r="E270" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F270" s="14" t="s"/>
       <x:c r="G270" s="14" t="s">
-        <x:v>218</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="H270" s="14" t="s">
-        <x:v>219</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="I270" s="16" t="s">
-        <x:v>220</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="J270" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K270" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L270" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M270" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N270" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O270" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P270" s="14" t="s">
-        <x:v>221</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="Q270" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="R270" s="14" t="s">
-        <x:v>223</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="S270" s="14" t="n">
-        <x:v>549348</x:v>
+        <x:v>510918</x:v>
       </x:c>
       <x:c r="T270" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U270" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:21">
       <x:c r="A271" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B271" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C271" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D271" s="3" t="s"/>
       <x:c r="E271" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G271" s="0" t="s">
-        <x:v>476</x:v>
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="H271" s="0" t="s">
+        <x:v>367</x:v>
       </x:c>
       <x:c r="I271" s="4" t="s">
-        <x:v>477</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J271" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K271" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L271" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M271" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N271" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O271" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P271" s="0" t="s">
-        <x:v>478</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="Q271" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="R271" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="S271" s="0" t="n">
-        <x:v>603598</x:v>
+        <x:v>511083</x:v>
       </x:c>
       <x:c r="T271" s="4" t="s">
-        <x:v>479</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="U271" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:21">
       <x:c r="A272" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B272" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C272" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D272" s="15" t="s"/>
       <x:c r="E272" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F272" s="14" t="s"/>
       <x:c r="G272" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="H272" s="14" t="s"/>
       <x:c r="I272" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="J272" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K272" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L272" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M272" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N272" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O272" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P272" s="14" t="s">
-        <x:v>117</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="Q272" s="16" t="s">
-        <x:v>118</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="R272" s="14" t="s">
-        <x:v>469</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="S272" s="14" t="n">
-        <x:v>601558</x:v>
+        <x:v>605209</x:v>
       </x:c>
       <x:c r="T272" s="16" t="s">
-        <x:v>122</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U272" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:21">
       <x:c r="A273" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B273" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C273" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D273" s="3" t="s"/>
       <x:c r="E273" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G273" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="H273" s="0" t="s">
+        <x:v>397</x:v>
       </x:c>
       <x:c r="I273" s="4" t="s">
-        <x:v>106</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="J273" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K273" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L273" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M273" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N273" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O273" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P273" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="Q273" s="4" t="s">
-        <x:v>108</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R273" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S273" s="0" t="n">
-        <x:v>606931</x:v>
+        <x:v>549103</x:v>
       </x:c>
       <x:c r="T273" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="U273" s="4" t="s">
-        <x:v>341</x:v>
+        <x:v>483</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:21">
       <x:c r="A274" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B274" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C274" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D274" s="15" t="s"/>
       <x:c r="E274" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F274" s="14" t="s"/>
       <x:c r="G274" s="14" t="s">
-        <x:v>150</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="H274" s="14" t="s"/>
       <x:c r="I274" s="16" t="s">
-        <x:v>151</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="J274" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K274" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L274" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M274" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N274" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O274" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P274" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="Q274" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="R274" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="S274" s="14" t="n">
-        <x:v>535333</x:v>
+        <x:v>608701</x:v>
       </x:c>
       <x:c r="T274" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U274" s="16" t="s">
-        <x:v>137</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:21">
       <x:c r="A275" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B275" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C275" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D275" s="3" t="s"/>
       <x:c r="E275" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G275" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="I275" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J275" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K275" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L275" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M275" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N275" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O275" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P275" s="0" t="s">
-        <x:v>435</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="Q275" s="4" t="s">
-        <x:v>436</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R275" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S275" s="0" t="n">
-        <x:v>599825</x:v>
+        <x:v>560942</x:v>
       </x:c>
       <x:c r="T275" s="4" t="s">
-        <x:v>480</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="U275" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>485</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:21">
       <x:c r="A276" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B276" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C276" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D276" s="15" t="s"/>
       <x:c r="E276" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F276" s="14" t="s"/>
       <x:c r="G276" s="14" t="s">
-        <x:v>333</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="H276" s="14" t="s">
-        <x:v>334</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="I276" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="J276" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K276" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L276" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M276" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N276" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O276" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P276" s="14" t="s">
-        <x:v>390</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="Q276" s="16" t="s">
-        <x:v>222</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="R276" s="14" t="s">
-        <x:v>41</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="S276" s="14" t="n">
-        <x:v>609590</x:v>
+        <x:v>500511</x:v>
       </x:c>
       <x:c r="T276" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U276" s="16" t="s">
-        <x:v>481</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:21">
       <x:c r="A277" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B277" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C277" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D277" s="3" t="s"/>
       <x:c r="E277" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G277" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="H277" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="I277" s="4" t="s">
-        <x:v>232</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="J277" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K277" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L277" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M277" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N277" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O277" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P277" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="Q277" s="4" t="s">
-        <x:v>234</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="R277" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="S277" s="0" t="n">
-        <x:v>513608</x:v>
+        <x:v>547721</x:v>
       </x:c>
       <x:c r="T277" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="U277" s="4" t="s">
-        <x:v>482</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:21">
       <x:c r="A278" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B278" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C278" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D278" s="15" t="s"/>
       <x:c r="E278" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F278" s="14" t="s"/>
       <x:c r="G278" s="14" t="s">
-        <x:v>483</x:v>
-[...1 lines deleted...]
-      <x:c r="H278" s="14" t="s"/>
+        <x:v>431</x:v>
+      </x:c>
+      <x:c r="H278" s="14" t="s">
+        <x:v>432</x:v>
+      </x:c>
       <x:c r="I278" s="16" t="s">
-        <x:v>339</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="J278" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K278" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L278" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M278" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N278" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O278" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P278" s="14" t="s">
-        <x:v>483</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="Q278" s="16" t="s">
-        <x:v>339</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="R278" s="14" t="s">
-        <x:v>337</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="S278" s="14" t="n">
-        <x:v>513665</x:v>
+        <x:v>602186</x:v>
       </x:c>
       <x:c r="T278" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U278" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:21">
       <x:c r="A279" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B279" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C279" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D279" s="3" t="s"/>
       <x:c r="E279" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G279" s="0" t="s">
-        <x:v>484</x:v>
-[...2 lines deleted...]
-        <x:v>485</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="I279" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="J279" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K279" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L279" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M279" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N279" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O279" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P279" s="0" t="s">
-        <x:v>484</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="Q279" s="4" t="s">
-        <x:v>486</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="R279" s="0" t="s">
-        <x:v>487</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="S279" s="0" t="n">
-        <x:v>497756</x:v>
+        <x:v>499342</x:v>
       </x:c>
       <x:c r="T279" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U279" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:21">
       <x:c r="A280" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B280" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C280" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D280" s="15" t="s"/>
       <x:c r="E280" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F280" s="14" t="s"/>
       <x:c r="G280" s="14" t="s">
-        <x:v>342</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="H280" s="14" t="s"/>
       <x:c r="I280" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="J280" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K280" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L280" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M280" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N280" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O280" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P280" s="14" t="s">
-        <x:v>344</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="Q280" s="16" t="s">
-        <x:v>343</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="R280" s="14" t="s">
-        <x:v>349</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="S280" s="14" t="n">
-        <x:v>607459</x:v>
+        <x:v>608579</x:v>
       </x:c>
       <x:c r="T280" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U280" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>488</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:21">
       <x:c r="A281" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B281" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C281" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D281" s="3" t="s"/>
       <x:c r="E281" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G281" s="0" t="s">
-        <x:v>366</x:v>
-[...2 lines deleted...]
-        <x:v>367</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="I281" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="J281" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K281" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L281" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M281" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N281" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O281" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P281" s="0" t="s">
-        <x:v>371</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="Q281" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="R281" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="S281" s="0" t="n">
-        <x:v>608242</x:v>
+        <x:v>608703</x:v>
       </x:c>
       <x:c r="T281" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U281" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:21">
       <x:c r="A282" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B282" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C282" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D282" s="15" t="s"/>
       <x:c r="E282" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F282" s="14" t="s"/>
       <x:c r="G282" s="14" t="s">
-        <x:v>153</x:v>
-[...1 lines deleted...]
-      <x:c r="H282" s="14" t="s"/>
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="H282" s="14" t="s">
+        <x:v>231</x:v>
+      </x:c>
       <x:c r="I282" s="16" t="s">
-        <x:v>466</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="J282" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K282" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L282" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M282" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N282" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O282" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P282" s="14" t="s">
-        <x:v>153</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="Q282" s="16" t="s">
-        <x:v>114</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="R282" s="14" t="s">
-        <x:v>109</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="S282" s="14" t="n">
-        <x:v>611118</x:v>
+        <x:v>546390</x:v>
       </x:c>
       <x:c r="T282" s="16" t="s">
-        <x:v>488</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U282" s="16" t="s">
-        <x:v>417</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:21">
       <x:c r="A283" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B283" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C283" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D283" s="3" t="s"/>
       <x:c r="E283" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G283" s="0" t="s">
-        <x:v>139</x:v>
-[...2 lines deleted...]
-        <x:v>140</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="I283" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="J283" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K283" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L283" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M283" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N283" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O283" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P283" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="Q283" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R283" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S283" s="0" t="n">
-        <x:v>600897</x:v>
+        <x:v>556216</x:v>
       </x:c>
       <x:c r="T283" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U283" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:21">
       <x:c r="A284" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B284" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C284" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D284" s="15" t="s"/>
       <x:c r="E284" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F284" s="14" t="s"/>
       <x:c r="G284" s="14" t="s">
-        <x:v>429</x:v>
-[...1 lines deleted...]
-      <x:c r="H284" s="14" t="s"/>
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="H284" s="14" t="s">
+        <x:v>140</x:v>
+      </x:c>
       <x:c r="I284" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J284" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K284" s="14" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L284" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M284" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N284" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O284" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P284" s="14" t="s">
-        <x:v>429</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="Q284" s="16" t="s">
-        <x:v>120</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="R284" s="14" t="s">
-        <x:v>121</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="S284" s="14" t="n">
-        <x:v>599385</x:v>
+        <x:v>503859</x:v>
       </x:c>
       <x:c r="T284" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U284" s="16" t="s">
-        <x:v>283</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:21">
       <x:c r="A285" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B285" s="0" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C285" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D285" s="3" t="s"/>
       <x:c r="E285" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="G285" s="0" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="I285" s="4" t="s">
         <x:v>317</x:v>
       </x:c>
       <x:c r="J285" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
@@ -18760,51 +18758,51 @@
       <x:c r="L285" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M285" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N285" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O285" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P285" s="0" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="Q285" s="4" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="R285" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S285" s="0" t="n">
         <x:v>546513</x:v>
       </x:c>
       <x:c r="T285" s="4" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U285" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:21">
       <x:c r="A286" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B286" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C286" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D286" s="15" t="s"/>
       <x:c r="E286" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F286" s="14" t="s"/>
       <x:c r="G286" s="14" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="H286" s="14" t="s">
         <x:v>432</x:v>
@@ -18869,51 +18867,51 @@
       <x:c r="H287" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I287" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J287" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K287" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="L287" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M287" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N287" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O287" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P287" s="0" t="s">
-        <x:v>468</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="Q287" s="4" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="R287" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S287" s="0" t="n">
         <x:v>549282</x:v>
       </x:c>
       <x:c r="T287" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U287" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:21">
       <x:c r="A288" s="13" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B288" s="14" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="C288" s="15" t="n">
@@ -19297,1459 +19295,1456 @@
       </x:c>
       <x:c r="O294" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P294" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="Q294" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R294" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S294" s="14" t="n">
         <x:v>542836</x:v>
       </x:c>
       <x:c r="T294" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U294" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:21">
       <x:c r="A295" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="B295" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C295" s="3" t="n">
-        <x:v>14922</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D295" s="3" t="s"/>
       <x:c r="G295" s="0" t="s">
-        <x:v>366</x:v>
-[...2 lines deleted...]
-        <x:v>367</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="I295" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="J295" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K295" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="L295" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M295" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N295" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O295" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P295" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="Q295" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="R295" s="0" t="s">
-        <x:v>428</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="S295" s="0" t="n">
-        <x:v>554767</x:v>
+        <x:v>513391</x:v>
       </x:c>
       <x:c r="T295" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U295" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:21">
       <x:c r="A296" s="13" t="s">
-        <x:v>130</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B296" s="14" t="s">
-        <x:v>493</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="C296" s="15" t="n">
-        <x:v>38380</x:v>
+        <x:v>14922</x:v>
       </x:c>
       <x:c r="D296" s="15" t="s"/>
       <x:c r="E296" s="14" t="s"/>
       <x:c r="F296" s="14" t="s"/>
       <x:c r="G296" s="14" t="s">
-        <x:v>497</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="H296" s="14" t="s"/>
       <x:c r="I296" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="J296" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K296" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L296" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M296" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N296" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O296" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P296" s="14" t="s">
-        <x:v>497</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="Q296" s="16" t="s">
-        <x:v>382</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="R296" s="14" t="s">
-        <x:v>384</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="S296" s="14" t="n">
-        <x:v>597209</x:v>
+        <x:v>608978</x:v>
       </x:c>
       <x:c r="T296" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U296" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:21">
       <x:c r="A297" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B297" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C297" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D297" s="3" t="s"/>
       <x:c r="G297" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="H297" s="0" t="s">
+        <x:v>140</x:v>
       </x:c>
       <x:c r="I297" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J297" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K297" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L297" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M297" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N297" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O297" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P297" s="0" t="s">
-        <x:v>498</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="Q297" s="4" t="s">
-        <x:v>343</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R297" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S297" s="0" t="n">
-        <x:v>597210</x:v>
+        <x:v>531264</x:v>
       </x:c>
       <x:c r="T297" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="U297" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:21">
       <x:c r="A298" s="13" t="s">
-        <x:v>130</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B298" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C298" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D298" s="15" t="s"/>
       <x:c r="E298" s="14" t="s"/>
       <x:c r="F298" s="14" t="s"/>
       <x:c r="G298" s="14" t="s">
-        <x:v>499</x:v>
-[...1 lines deleted...]
-      <x:c r="H298" s="14" t="s"/>
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="H298" s="14" t="s">
+        <x:v>140</x:v>
+      </x:c>
       <x:c r="I298" s="16" t="s">
-        <x:v>388</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J298" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K298" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L298" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M298" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N298" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O298" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P298" s="14" t="s">
-        <x:v>499</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="Q298" s="16" t="s">
-        <x:v>388</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R298" s="14" t="s">
-        <x:v>389</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="S298" s="14" t="n">
-        <x:v>597218</x:v>
+        <x:v>608086</x:v>
       </x:c>
       <x:c r="T298" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U298" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:21">
       <x:c r="A299" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B299" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C299" s="3" t="n">
-        <x:v>38380</x:v>
+        <x:v>14922</x:v>
       </x:c>
       <x:c r="D299" s="3" t="s"/>
       <x:c r="G299" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="I299" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J299" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K299" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="L299" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M299" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N299" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O299" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P299" s="0" t="s">
-        <x:v>358</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="Q299" s="4" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R299" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S299" s="0" t="n">
-        <x:v>597223</x:v>
+        <x:v>492705</x:v>
       </x:c>
       <x:c r="T299" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="U299" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:21">
       <x:c r="A300" s="13" t="s">
-        <x:v>130</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B300" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C300" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D300" s="15" t="s"/>
       <x:c r="E300" s="14" t="s"/>
       <x:c r="F300" s="14" t="s"/>
       <x:c r="G300" s="14" t="s">
-        <x:v>500</x:v>
-[...1 lines deleted...]
-      <x:c r="H300" s="14" t="s"/>
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="H300" s="14" t="s">
+        <x:v>140</x:v>
+      </x:c>
       <x:c r="I300" s="16" t="s">
-        <x:v>501</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J300" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K300" s="14" t="s">
-        <x:v>133</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L300" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M300" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N300" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O300" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P300" s="14" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="Q300" s="16" t="s">
-        <x:v>501</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R300" s="14" t="s">
-        <x:v>502</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="S300" s="14" t="n">
-        <x:v>597225</x:v>
+        <x:v>556951</x:v>
       </x:c>
       <x:c r="T300" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U300" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:21">
       <x:c r="A301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B301" s="0" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="C301" s="3" t="n">
         <x:v>14922</x:v>
       </x:c>
       <x:c r="D301" s="3" t="s"/>
       <x:c r="G301" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H301" s="0" t="s">
-        <x:v>386</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="I301" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J301" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K301" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L301" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M301" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N301" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O301" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P301" s="0" t="s">
-        <x:v>385</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="Q301" s="4" t="s">
-        <x:v>353</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R301" s="0" t="s">
-        <x:v>389</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="S301" s="0" t="n">
-        <x:v>609809</x:v>
+        <x:v>554766</x:v>
       </x:c>
       <x:c r="T301" s="4" t="s">
-        <x:v>122</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U301" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:21">
       <x:c r="A302" s="13" t="s">
-        <x:v>491</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B302" s="14" t="s">
-        <x:v>492</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C302" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D302" s="15" t="s"/>
       <x:c r="E302" s="14" t="s"/>
       <x:c r="F302" s="14" t="s"/>
       <x:c r="G302" s="14" t="s">
-        <x:v>139</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>442</x:v>
+      </x:c>
+      <x:c r="H302" s="14" t="s"/>
       <x:c r="I302" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J302" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K302" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L302" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M302" s="14" t="s">
-        <x:v>91</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N302" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O302" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P302" s="14" t="s">
-        <x:v>503</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="Q302" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R302" s="14" t="s">
-        <x:v>349</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="S302" s="14" t="n">
-        <x:v>531216</x:v>
+        <x:v>566525</x:v>
       </x:c>
       <x:c r="T302" s="16" t="s">
-        <x:v>504</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="U302" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:21">
       <x:c r="A303" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B303" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C303" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D303" s="3" t="s"/>
       <x:c r="G303" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="I303" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="J303" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K303" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L303" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M303" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N303" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O303" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P303" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="Q303" s="4" t="s">
-        <x:v>114</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="R303" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="S303" s="0" t="n">
-        <x:v>597216</x:v>
+        <x:v>597212</x:v>
       </x:c>
       <x:c r="T303" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U303" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:21">
       <x:c r="A304" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B304" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C304" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D304" s="15" t="s"/>
       <x:c r="E304" s="14" t="s"/>
       <x:c r="F304" s="14" t="s"/>
       <x:c r="G304" s="14" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="H304" s="14" t="s"/>
       <x:c r="I304" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J304" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K304" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="L304" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M304" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N304" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O304" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P304" s="14" t="s">
-        <x:v>505</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="Q304" s="16" t="s">
-        <x:v>364</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R304" s="14" t="s">
-        <x:v>365</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S304" s="14" t="n">
-        <x:v>512795</x:v>
+        <x:v>597215</x:v>
       </x:c>
       <x:c r="T304" s="16" t="s">
-        <x:v>199</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U304" s="16" t="s">
-        <x:v>84</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:21">
       <x:c r="A305" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B305" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C305" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D305" s="3" t="s"/>
       <x:c r="G305" s="0" t="s">
-        <x:v>139</x:v>
-[...2 lines deleted...]
-        <x:v>140</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="I305" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="J305" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K305" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="L305" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M305" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N305" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O305" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P305" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="Q305" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="R305" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="S305" s="0" t="n">
-        <x:v>588296</x:v>
+        <x:v>597220</x:v>
       </x:c>
       <x:c r="T305" s="4" t="s">
-        <x:v>506</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U305" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:21">
       <x:c r="A306" s="13" t="s">
-        <x:v>491</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B306" s="14" t="s">
-        <x:v>492</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C306" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D306" s="15" t="s"/>
-      <x:c r="E306" s="14" t="s"/>
-      <x:c r="F306" s="14" t="s"/>
+      <x:c r="E306" s="14" t="s">
+        <x:v>509</x:v>
+      </x:c>
+      <x:c r="F306" s="14" t="s">
+        <x:v>510</x:v>
+      </x:c>
       <x:c r="G306" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="H306" s="14" t="s"/>
       <x:c r="I306" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="J306" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K306" s="14" t="s">
-        <x:v>507</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="L306" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M306" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N306" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O306" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P306" s="14" t="s">
-        <x:v>414</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="Q306" s="16" t="s">
-        <x:v>415</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="R306" s="14" t="s">
-        <x:v>416</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="S306" s="14" t="n">
-        <x:v>571272</x:v>
+        <x:v>583789</x:v>
       </x:c>
       <x:c r="T306" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="U306" s="16" t="s">
-        <x:v>314</x:v>
+        <x:v>514</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:21">
       <x:c r="A307" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B307" s="0" t="s">
-        <x:v>492</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="C307" s="3" t="n">
-        <x:v>38380</x:v>
+        <x:v>14922</x:v>
       </x:c>
       <x:c r="D307" s="3" t="s"/>
       <x:c r="G307" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="H307" s="0" t="s">
+        <x:v>386</x:v>
       </x:c>
       <x:c r="I307" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="J307" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K307" s="0" t="s">
-        <x:v>509</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L307" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M307" s="0" t="s">
-        <x:v>34</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N307" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O307" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P307" s="0" t="s">
-        <x:v>508</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="Q307" s="4" t="s">
-        <x:v>403</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="R307" s="0" t="s">
-        <x:v>404</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="S307" s="0" t="n">
-        <x:v>513391</x:v>
+        <x:v>609809</x:v>
       </x:c>
       <x:c r="T307" s="4" t="s">
-        <x:v>199</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="U307" s="4" t="s">
-        <x:v>137</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:21">
       <x:c r="A308" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="B308" s="14" t="s">
-        <x:v>496</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C308" s="15" t="n">
-        <x:v>14922</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D308" s="15" t="s"/>
       <x:c r="E308" s="14" t="s"/>
       <x:c r="F308" s="14" t="s"/>
       <x:c r="G308" s="14" t="s">
-        <x:v>418</x:v>
-[...1 lines deleted...]
-      <x:c r="H308" s="14" t="s"/>
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="H308" s="14" t="s">
+        <x:v>140</x:v>
+      </x:c>
       <x:c r="I308" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J308" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K308" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L308" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M308" s="14" t="s">
-        <x:v>34</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N308" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O308" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P308" s="14" t="s">
-        <x:v>418</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="Q308" s="16" t="s">
-        <x:v>419</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R308" s="14" t="s">
-        <x:v>510</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="S308" s="14" t="n">
-        <x:v>608978</x:v>
+        <x:v>531216</x:v>
       </x:c>
       <x:c r="T308" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="U308" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:21">
       <x:c r="A309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B309" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C309" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D309" s="3" t="s"/>
       <x:c r="G309" s="0" t="s">
-        <x:v>139</x:v>
-[...2 lines deleted...]
-        <x:v>140</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="I309" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="J309" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K309" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="L309" s="0" t="s">
-        <x:v>27</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M309" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="N309" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O309" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P309" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="Q309" s="4" t="s">
-        <x:v>141</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="R309" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="S309" s="0" t="n">
-        <x:v>531264</x:v>
+        <x:v>571728</x:v>
       </x:c>
       <x:c r="T309" s="4" t="s">
-        <x:v>504</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="U309" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:21">
       <x:c r="A310" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B310" s="14" t="s">
-        <x:v>493</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="C310" s="15" t="n">
-        <x:v>38380</x:v>
+        <x:v>14922</x:v>
       </x:c>
       <x:c r="D310" s="15" t="s"/>
       <x:c r="E310" s="14" t="s"/>
       <x:c r="F310" s="14" t="s"/>
       <x:c r="G310" s="14" t="s">
-        <x:v>139</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="H310" s="14" t="s">
-        <x:v>140</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="I310" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="J310" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K310" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L310" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M310" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N310" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O310" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P310" s="14" t="s">
-        <x:v>503</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="Q310" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="R310" s="14" t="s">
-        <x:v>349</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="S310" s="14" t="n">
-        <x:v>608086</x:v>
+        <x:v>554767</x:v>
       </x:c>
       <x:c r="T310" s="16" t="s">
-        <x:v>112</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U310" s="16" t="s">
-        <x:v>203</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:21">
       <x:c r="A311" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B311" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C311" s="3" t="n">
-        <x:v>14922</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D311" s="3" t="s"/>
       <x:c r="G311" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="I311" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="J311" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K311" s="0" t="s">
-        <x:v>511</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="L311" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M311" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N311" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O311" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P311" s="0" t="s">
-        <x:v>408</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="Q311" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="R311" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="S311" s="0" t="n">
-        <x:v>492705</x:v>
+        <x:v>597209</x:v>
       </x:c>
       <x:c r="T311" s="4" t="s">
-        <x:v>470</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U311" s="4" t="s">
-        <x:v>84</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:21">
       <x:c r="A312" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B312" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C312" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D312" s="15" t="s"/>
       <x:c r="E312" s="14" t="s"/>
       <x:c r="F312" s="14" t="s"/>
       <x:c r="G312" s="14" t="s">
-        <x:v>139</x:v>
-[...3 lines deleted...]
-      </x:c>
+        <x:v>520</x:v>
+      </x:c>
+      <x:c r="H312" s="14" t="s"/>
       <x:c r="I312" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="J312" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K312" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="L312" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M312" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N312" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O312" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P312" s="14" t="s">
-        <x:v>503</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="Q312" s="16" t="s">
-        <x:v>141</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="R312" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S312" s="14" t="n">
-        <x:v>556951</x:v>
+        <x:v>597210</x:v>
       </x:c>
       <x:c r="T312" s="16" t="s">
-        <x:v>83</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U312" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:21">
       <x:c r="A313" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B313" s="0" t="s">
-        <x:v>496</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="C313" s="3" t="n">
-        <x:v>14922</x:v>
+        <x:v>38380</x:v>
       </x:c>
       <x:c r="D313" s="3" t="s"/>
       <x:c r="G313" s="0" t="s">
-        <x:v>366</x:v>
-[...2 lines deleted...]
-        <x:v>367</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="I313" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="J313" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K313" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="L313" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M313" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N313" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O313" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P313" s="0" t="s">
-        <x:v>366</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="Q313" s="4" t="s">
-        <x:v>165</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="R313" s="0" t="s">
-        <x:v>370</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="S313" s="0" t="n">
-        <x:v>554766</x:v>
+        <x:v>597218</x:v>
       </x:c>
       <x:c r="T313" s="4" t="s">
-        <x:v>83</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U313" s="4" t="s">
-        <x:v>123</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:21">
       <x:c r="A314" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="B314" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C314" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D314" s="15" t="s"/>
       <x:c r="E314" s="14" t="s"/>
       <x:c r="F314" s="14" t="s"/>
       <x:c r="G314" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="H314" s="14" t="s"/>
       <x:c r="I314" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J314" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K314" s="14" t="s">
-        <x:v>39</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="L314" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M314" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="N314" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O314" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P314" s="14" t="s">
-        <x:v>442</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="Q314" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="R314" s="14" t="s">
-        <x:v>443</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="S314" s="14" t="n">
-        <x:v>566525</x:v>
+        <x:v>597223</x:v>
       </x:c>
       <x:c r="T314" s="16" t="s">
-        <x:v>94</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="U314" s="16" t="s">
-        <x:v>123</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:21">
       <x:c r="A315" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B315" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C315" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D315" s="3" t="s"/>
       <x:c r="G315" s="0" t="s">
-        <x:v>512</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="I315" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="J315" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K315" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L315" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M315" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N315" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O315" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P315" s="0" t="s">
-        <x:v>513</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="Q315" s="4" t="s">
-        <x:v>182</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="R315" s="0" t="s">
-        <x:v>183</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="S315" s="0" t="n">
-        <x:v>597212</x:v>
+        <x:v>597225</x:v>
       </x:c>
       <x:c r="T315" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U315" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:21">
       <x:c r="A316" s="13" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B316" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C316" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D316" s="15" t="s"/>
       <x:c r="E316" s="14" t="s"/>
       <x:c r="F316" s="14" t="s"/>
       <x:c r="G316" s="14" t="s">
-        <x:v>514</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="H316" s="14" t="s"/>
       <x:c r="I316" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="J316" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K316" s="14" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="L316" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M316" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N316" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O316" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P316" s="14" t="s">
-        <x:v>515</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="Q316" s="16" t="s">
-        <x:v>165</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="R316" s="14" t="s">
-        <x:v>166</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="S316" s="14" t="n">
-        <x:v>597215</x:v>
+        <x:v>597216</x:v>
       </x:c>
       <x:c r="T316" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U316" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:21">
       <x:c r="A317" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="B317" s="0" t="s">
-        <x:v>493</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="C317" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D317" s="3" t="s"/>
       <x:c r="G317" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="I317" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="J317" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K317" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="L317" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M317" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N317" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O317" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P317" s="0" t="s">
-        <x:v>426</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="Q317" s="4" t="s">
-        <x:v>516</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="R317" s="0" t="s">
-        <x:v>517</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="S317" s="0" t="n">
-        <x:v>597220</x:v>
+        <x:v>571272</x:v>
       </x:c>
       <x:c r="T317" s="4" t="s">
-        <x:v>112</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="U317" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:21">
       <x:c r="A318" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B318" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C318" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D318" s="15" t="s"/>
       <x:c r="E318" s="14" t="s"/>
       <x:c r="F318" s="14" t="s"/>
       <x:c r="G318" s="14" t="s">
-        <x:v>518</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="H318" s="14" t="s"/>
       <x:c r="I318" s="16" t="s">
-        <x:v>519</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="J318" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K318" s="14" t="s">
-        <x:v>520</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L318" s="14" t="s">
-        <x:v>40</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="M318" s="14" t="s">
-        <x:v>28</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="N318" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O318" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P318" s="14" t="s">
-        <x:v>518</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="Q318" s="16" t="s">
-        <x:v>519</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="R318" s="14" t="s">
-        <x:v>521</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="S318" s="14" t="n">
-        <x:v>571728</x:v>
+        <x:v>512795</x:v>
       </x:c>
       <x:c r="T318" s="16" t="s">
-        <x:v>136</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="U318" s="16" t="s">
-        <x:v>237</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:21">
       <x:c r="A319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B319" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C319" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D319" s="3" t="s"/>
-      <x:c r="E319" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G319" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="H319" s="0" t="s">
+        <x:v>140</x:v>
       </x:c>
       <x:c r="I319" s="4" t="s">
-        <x:v>525</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="J319" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K319" s="0" t="s">
-        <x:v>494</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="L319" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M319" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N319" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O319" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P319" s="0" t="s">
-        <x:v>524</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="Q319" s="4" t="s">
-        <x:v>525</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="R319" s="0" t="s">
-        <x:v>30</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="S319" s="0" t="n">
-        <x:v>583789</x:v>
+        <x:v>588296</x:v>
       </x:c>
       <x:c r="T319" s="4" t="s">
-        <x:v>526</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="U319" s="4" t="s">
-        <x:v>527</x:v>
+        <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:21">
       <x:c r="A320" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B320" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="C320" s="15" t="n">
         <x:v>14922</x:v>
       </x:c>
       <x:c r="D320" s="15" t="s"/>
       <x:c r="E320" s="14" t="s"/>
       <x:c r="F320" s="14" t="s"/>
       <x:c r="G320" s="14" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="H320" s="14" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="I320" s="16" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="J320" s="14" t="s">
@@ -21284,76 +21279,76 @@
       </x:c>
       <x:c r="S329" s="0" t="n">
         <x:v>597222</x:v>
       </x:c>
       <x:c r="T329" s="4" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U329" s="4" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:21">
       <x:c r="A330" s="13" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="B330" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="C330" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D330" s="15" t="s"/>
       <x:c r="E330" s="14" t="s"/>
       <x:c r="F330" s="14" t="s"/>
       <x:c r="G330" s="14" t="s">
-        <x:v>505</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="H330" s="14" t="s"/>
       <x:c r="I330" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="J330" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K330" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L330" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M330" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N330" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O330" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P330" s="14" t="s">
-        <x:v>505</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="Q330" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R330" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S330" s="14" t="n">
         <x:v>512796</x:v>
       </x:c>
       <x:c r="T330" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U330" s="16" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:21">
       <x:c r="A331" s="1" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="B331" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="C331" s="3" t="n">
@@ -21366,162 +21361,162 @@
       <x:c r="H331" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I331" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J331" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K331" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L331" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M331" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N331" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O331" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P331" s="0" t="s">
-        <x:v>503</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="Q331" s="4" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R331" s="0" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S331" s="0" t="n">
         <x:v>556950</x:v>
       </x:c>
       <x:c r="T331" s="4" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="U331" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:21">
       <x:c r="A332" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B332" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C332" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D332" s="15" t="s"/>
       <x:c r="E332" s="14" t="s"/>
       <x:c r="F332" s="14" t="s"/>
       <x:c r="G332" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="H332" s="14" t="s"/>
       <x:c r="I332" s="16" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="J332" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K332" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L332" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M332" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N332" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O332" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P332" s="14" t="s">
-        <x:v>508</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="Q332" s="16" t="s">
         <x:v>403</x:v>
       </x:c>
       <x:c r="R332" s="14" t="s">
         <x:v>404</x:v>
       </x:c>
       <x:c r="S332" s="14" t="n">
         <x:v>513393</x:v>
       </x:c>
       <x:c r="T332" s="16" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="U332" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:21">
       <x:c r="A333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B333" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C333" s="3" t="n">
         <x:v>14922</x:v>
       </x:c>
       <x:c r="D333" s="3" t="s"/>
       <x:c r="G333" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="I333" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="J333" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K333" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L333" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M333" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N333" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O333" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P333" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="Q333" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R333" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="S333" s="0" t="n">
         <x:v>498269</x:v>
       </x:c>
       <x:c r="T333" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U333" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:21">
       <x:c r="A334" s="13" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="B334" s="14" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="C334" s="15" t="n">
@@ -21536,51 +21531,51 @@
       <x:c r="H334" s="14" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="I334" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="J334" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K334" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L334" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M334" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N334" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O334" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P334" s="14" t="s">
-        <x:v>503</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="Q334" s="16" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="R334" s="14" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="S334" s="14" t="n">
         <x:v>608085</x:v>
       </x:c>
       <x:c r="T334" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U334" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:21">
       <x:c r="A335" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B335" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C335" s="3" t="n">
@@ -21788,132 +21783,132 @@
       <x:c r="R338" s="14" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="S338" s="14" t="n">
         <x:v>597226</x:v>
       </x:c>
       <x:c r="T338" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U338" s="16" t="s">
         <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:21">
       <x:c r="A339" s="1" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="B339" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="C339" s="3" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D339" s="3" t="s"/>
       <x:c r="G339" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="I339" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="J339" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K339" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L339" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M339" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N339" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O339" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P339" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="Q339" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R339" s="0" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="S339" s="0" t="n">
         <x:v>512794</x:v>
       </x:c>
       <x:c r="T339" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U339" s="4" t="s">
         <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="340" spans="1:21">
       <x:c r="A340" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B340" s="14" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C340" s="15" t="n">
         <x:v>38380</x:v>
       </x:c>
       <x:c r="D340" s="15" t="s"/>
       <x:c r="E340" s="14" t="s"/>
       <x:c r="F340" s="14" t="s"/>
       <x:c r="G340" s="14" t="s">
-        <x:v>505</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="H340" s="14" t="s"/>
       <x:c r="I340" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="J340" s="14" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K340" s="14" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L340" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M340" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="N340" s="15" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O340" s="14" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P340" s="14" t="s">
-        <x:v>505</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="Q340" s="16" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R340" s="14" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S340" s="14" t="n">
         <x:v>512797</x:v>
       </x:c>
       <x:c r="T340" s="16" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U340" s="16" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="341" spans="1:21">
       <x:c r="A341" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B341" s="0" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="C341" s="3" t="n">
@@ -22129,75 +22124,75 @@
       <x:c r="R344" s="14" t="s">
         <x:v>428</x:v>
       </x:c>
       <x:c r="S344" s="14" t="n">
         <x:v>608343</x:v>
       </x:c>
       <x:c r="T344" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="U344" s="16" t="s">
         <x:v>536</x:v>
       </x:c>
     </x:row>
     <x:row r="345" spans="1:21">
       <x:c r="A345" s="1" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="B345" s="0" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="C345" s="3" t="n">
         <x:v>14922</x:v>
       </x:c>
       <x:c r="D345" s="3" t="s"/>
       <x:c r="G345" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="I345" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="J345" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="K345" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="L345" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M345" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N345" s="3" t="n">
         <x:v>42133</x:v>
       </x:c>
       <x:c r="O345" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="P345" s="0" t="s">
-        <x:v>505</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="Q345" s="4" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="R345" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="S345" s="0" t="n">
         <x:v>506872</x:v>
       </x:c>
       <x:c r="T345" s="4" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="U345" s="4" t="s">
         <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="346" spans="1:21">
       <x:c r="A346" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B346" s="14" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="C346" s="15" t="n">
@@ -22303,76 +22298,76 @@
         <x:v>542828</x:v>
       </x:c>
       <x:c r="T347" s="4" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="U347" s="4" t="s">
         <x:v>537</x:v>
       </x:c>
     </x:row>
     <x:row r="348" spans="1:21">
       <x:c r="A348" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B348" s="14" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="C348" s="15" t="s"/>
       <x:c r="D348" s="15" t="s"/>
       <x:c r="E348" s="14" t="s"/>
       <x:c r="F348" s="14" t="s"/>
       <x:c r="G348" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="H348" s="14" t="s"/>
       <x:c r="I348" s="16" t="s">
-        <x:v>486</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="J348" s="14" t="s"/>
       <x:c r="K348" s="14" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="L348" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M348" s="14" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="N348" s="15" t="n">
         <x:v>42158</x:v>
       </x:c>
       <x:c r="O348" s="14" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="P348" s="14" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="Q348" s="16" t="s">
-        <x:v>486</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="R348" s="14" t="s">
-        <x:v>487</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="S348" s="14" t="n">
         <x:v>601279</x:v>
       </x:c>
       <x:c r="T348" s="16" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="U348" s="16" t="s">
         <x:v>542</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:autoFilter ref="A1:U1"/>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0" gridLinesSet="true"/>
   <x:pageMargins left="0.7875" right="0.7875" top="1.05277777777778" bottom="1.05277777777778" header="0.7875" footer="0.7875"/>
   <x:pageSetup paperSize="9" scale="100" pageOrder="downThenOver" orientation="portrait" blackAndWhite="0" draft="0" cellComments="none" errors="displayed" horizontalDpi="300" verticalDpi="300" copies="1"/>
   <x:headerFooter differentOddEven="0" differentFirst="0" scaleWithDoc="1" alignWithMargins="1">
     <x:oddHeader>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;Kffffff&amp;A</x:oddHeader>
     <x:oddFooter>&amp;C&amp;"Times New Roman,Normal"&amp;12&amp;KffffffPage &amp;P</x:oddFooter>
     <x:evenHeader/>
     <x:evenFooter/>
     <x:firstHeader/>
     <x:firstFooter/>
   </x:headerFooter>
   <x:tableParts count="0"/>