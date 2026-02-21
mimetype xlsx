--- v0 (2026-02-21)
+++ v1 (2026-02-21)
@@ -2960,268 +2960,268 @@
       </x:c>
       <x:c r="O37" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P37" s="0" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="Q37" s="4" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="R37" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="S37" s="0" t="n">
         <x:v>487265</x:v>
       </x:c>
       <x:c r="T37" s="4" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="U37" s="4" t="s">
         <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:21">
       <x:c r="A38" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B38" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C38" s="15" t="n">
         <x:v>36336</x:v>
       </x:c>
       <x:c r="D38" s="15" t="s"/>
       <x:c r="E38" s="14" t="s"/>
       <x:c r="F38" s="14" t="s"/>
       <x:c r="G38" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="H38" s="14" t="s"/>
       <x:c r="I38" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="J38" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K38" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="L38" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M38" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N38" s="15" t="n">
         <x:v>45529</x:v>
       </x:c>
       <x:c r="O38" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P38" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="Q38" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="R38" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="S38" s="14" t="n">
-        <x:v>571882</x:v>
+        <x:v>595854</x:v>
       </x:c>
       <x:c r="T38" s="16" t="s">
-        <x:v>88</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U38" s="16" t="s">
-        <x:v>72</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:21">
       <x:c r="A39" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C39" s="3" t="n">
         <x:v>36336</x:v>
       </x:c>
       <x:c r="D39" s="3" t="s"/>
       <x:c r="G39" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="I39" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J39" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K39" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L39" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M39" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N39" s="3" t="n">
         <x:v>45529</x:v>
       </x:c>
       <x:c r="O39" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P39" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="Q39" s="4" t="s">
-        <x:v>104</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R39" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S39" s="0" t="n">
-        <x:v>595854</x:v>
+        <x:v>536004</x:v>
       </x:c>
       <x:c r="T39" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="U39" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:21">
       <x:c r="A40" s="13" t="s">
-        <x:v>21</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B40" s="14" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C40" s="15" t="n">
         <x:v>36336</x:v>
       </x:c>
       <x:c r="D40" s="15" t="s"/>
       <x:c r="E40" s="14" t="s"/>
       <x:c r="F40" s="14" t="s"/>
       <x:c r="G40" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H40" s="14" t="s"/>
       <x:c r="I40" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="J40" s="14" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K40" s="14" t="s">
-        <x:v>25</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="L40" s="14" t="s">
-        <x:v>26</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="M40" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N40" s="15" t="n">
         <x:v>45529</x:v>
       </x:c>
       <x:c r="O40" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P40" s="14" t="s">
-        <x:v>33</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="Q40" s="16" t="s">
-        <x:v>24</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="R40" s="14" t="s">
-        <x:v>36</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="S40" s="14" t="n">
-        <x:v>536004</x:v>
+        <x:v>595855</x:v>
       </x:c>
       <x:c r="T40" s="16" t="s">
-        <x:v>106</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U40" s="16" t="s">
-        <x:v>107</x:v>
+        <x:v>98</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:21">
       <x:c r="A41" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="C41" s="3" t="n">
         <x:v>36336</x:v>
       </x:c>
       <x:c r="D41" s="3" t="s"/>
       <x:c r="G41" s="0" t="s">
-        <x:v>84</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="I41" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="J41" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K41" s="0" t="s">
-        <x:v>85</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="L41" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="M41" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N41" s="3" t="n">
         <x:v>45529</x:v>
       </x:c>
       <x:c r="O41" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P41" s="0" t="s">
-        <x:v>86</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="Q41" s="4" t="s">
-        <x:v>81</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="R41" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="S41" s="0" t="n">
-        <x:v>595855</x:v>
+        <x:v>571882</x:v>
       </x:c>
       <x:c r="T41" s="4" t="s">
-        <x:v>70</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="U41" s="4" t="s">
-        <x:v>98</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:21">
       <x:c r="A42" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B42" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C42" s="15" t="n">
         <x:v>36336</x:v>
       </x:c>
       <x:c r="D42" s="15" t="s"/>
       <x:c r="E42" s="14" t="s"/>
       <x:c r="F42" s="14" t="s"/>
       <x:c r="G42" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H42" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I42" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J42" s="14" t="s">
@@ -3578,51 +3578,51 @@
       <x:c r="K48" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="L48" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M48" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N48" s="15" t="n">
         <x:v>45529</x:v>
       </x:c>
       <x:c r="O48" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P48" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q48" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R48" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S48" s="14" t="n">
-        <x:v>580971</x:v>
+        <x:v>580036</x:v>
       </x:c>
       <x:c r="T48" s="16" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="U48" s="16" t="s">
         <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:21">
       <x:c r="A49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C49" s="3" t="n">
         <x:v>36336</x:v>
       </x:c>
       <x:c r="D49" s="3" t="s"/>
       <x:c r="G49" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H49" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
@@ -3635,57 +3635,57 @@
       <x:c r="K49" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="L49" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M49" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N49" s="3" t="n">
         <x:v>45529</x:v>
       </x:c>
       <x:c r="O49" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P49" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q49" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R49" s="0" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S49" s="0" t="n">
-        <x:v>580036</x:v>
+        <x:v>611971</x:v>
       </x:c>
       <x:c r="T49" s="4" t="s">
-        <x:v>101</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="U49" s="4" t="s">
-        <x:v>72</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:21">
       <x:c r="A50" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B50" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C50" s="15" t="n">
         <x:v>36336</x:v>
       </x:c>
       <x:c r="D50" s="15" t="s"/>
       <x:c r="E50" s="14" t="s"/>
       <x:c r="F50" s="14" t="s"/>
       <x:c r="G50" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H50" s="14" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I50" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J50" s="14" t="s">
@@ -3694,57 +3694,57 @@
       <x:c r="K50" s="14" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="L50" s="14" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="M50" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="N50" s="15" t="n">
         <x:v>45529</x:v>
       </x:c>
       <x:c r="O50" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="P50" s="14" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="Q50" s="16" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="R50" s="14" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="S50" s="14" t="n">
-        <x:v>611971</x:v>
+        <x:v>580971</x:v>
       </x:c>
       <x:c r="T50" s="16" t="s">
-        <x:v>70</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="U50" s="16" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:21">
       <x:c r="A51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C51" s="3" t="n">
         <x:v>36336</x:v>
       </x:c>
       <x:c r="D51" s="3" t="s"/>
       <x:c r="G51" s="0" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H51" s="0" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="I51" s="4" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="J51" s="0" t="s">
         <x:v>67</x:v>
       </x:c>