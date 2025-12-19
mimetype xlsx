--- v0 (2025-12-19)
+++ v1 (2025-12-19)
@@ -218,62 +218,62 @@
   <x:si>
     <x:t>04/21/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sculpteur statuaire praticien</x:t>
   </x:si>
   <x:si>
     <x:t>Institut Européen de Sculpture</x:t>
   </x:si>
   <x:si>
     <x:t>IES</x:t>
   </x:si>
   <x:si>
     <x:t>06130</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Profession libérale , Public en emploi , Salarié , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>permanente</x:t>
   </x:si>
   <x:si>
     <x:t>GRASSE</x:t>
   </x:si>
   <x:si>
+    <x:t>10/13/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/19/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>05/12/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/16/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>10/13/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>06/02/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/30/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>05/07/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Sculpteur statuaire décorateur</x:t>
   </x:si>
   <x:si>
     <x:t>Demandeur d'emploi , Demandeur d'emploi moins de 26 ans , Demandeur d'emploi plus de 26 ans , Public en emploi , Tout public</x:t>
   </x:si>
   <x:si>
     <x:t>Sculpteur ornemaniste pierre</x:t>
   </x:si>
   <x:si>
     <x:t>03/10/2025 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>03/11/2026 00:00:00</x:t>
@@ -398,62 +398,62 @@
   <x:si>
     <x:t>NICE</x:t>
   </x:si>
   <x:si>
     <x:t>Aix-Marseille Université</x:t>
   </x:si>
   <x:si>
     <x:t>13284</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE CEDEX 1</x:t>
   </x:si>
   <x:si>
     <x:t>Maîtriser les techniques de la chaux module 9 : MineralArt Relief</x:t>
   </x:si>
   <x:si>
     <x:t>Stucco Perfection</x:t>
   </x:si>
   <x:si>
     <x:t>06100</x:t>
   </x:si>
   <x:si>
     <x:t>formation mixte</x:t>
   </x:si>
   <x:si>
+    <x:t>05/09/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/31/2025 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>04/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>06/25/2026 00:00:00</x:t>
   </x:si>
   <x:si>
-    <x:t>05/09/2025 00:00:00</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t>01/15/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>04/02/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Maîtriser les techniques de la chaux module 7 techniques avancées d'imitation de marbre</x:t>
   </x:si>
   <x:si>
     <x:t>03/09/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/12/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>01/14/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>Licence mention arts plastiques parcours arts plastiques</x:t>
   </x:si>
   <x:si>
     <x:t>Bac + 3 et 4</x:t>
   </x:si>
   <x:si>
     <x:t>AIX EN PROVENCE</x:t>
@@ -662,75 +662,75 @@
   <x:si>
     <x:t>Ecole de Condé - Antenne Nice</x:t>
   </x:si>
   <x:si>
     <x:t>06000</x:t>
   </x:si>
   <x:si>
     <x:t>Designer - manager de projet option design graphique (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Designer - manager de projet option design en recherche, innovation et développement (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Designer - manager de projet option design de mode (Contrat de Professionnalisation)</x:t>
   </x:si>
   <x:si>
     <x:t>Formation en apprentissage</x:t>
   </x:si>
   <x:si>
     <x:t>Designer - manager de projet (Apprentissage)</x:t>
   </x:si>
   <x:si>
     <x:t>OPCO</x:t>
   </x:si>
   <x:si>
+    <x:t>Institut de Communication Appliquée</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ICA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>75011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Institut de Communication Appliquée - Antenne Aix en Provence</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/16/2024 00:00:00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/04/2026 00:00:00</x:t>
+  </x:si>
+  <x:si>
     <x:t>Ade Holding</x:t>
   </x:si>
   <x:si>
     <x:t>75016</x:t>
-  </x:si>
-[...19 lines deleted...]
-    <x:t>09/04/2026 00:00:00</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire de lettres et sciences humaines (2e année ENS Lyon) spécialité arts plastiques</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée Général Carnot</x:t>
   </x:si>
   <x:si>
     <x:t>06414</x:t>
   </x:si>
   <x:si>
     <x:t>CANNES CEDEX</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire de lettres (1re année) avec préparation à l'option arts plastiques</x:t>
   </x:si>
   <x:si>
     <x:t>classe préparatoire aux études supérieures - Classe d'approfondissement en arts plastiques</x:t>
   </x:si>
   <x:si>
     <x:t>Lycée S Veil</x:t>
   </x:si>
   <x:si>
     <x:t>06560</x:t>
   </x:si>
@@ -1494,51 +1494,51 @@
       <x:c r="K4" s="14" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L4" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M4" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N4" s="15" t="n">
         <x:v>45097</x:v>
       </x:c>
       <x:c r="O4" s="14" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P4" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q4" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R4" s="14" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S4" s="14" t="n">
-        <x:v>572524</x:v>
+        <x:v>572527</x:v>
       </x:c>
       <x:c r="T4" s="16" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="U4" s="16" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:21">
       <x:c r="A5" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B5" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C5" s="3" t="s"/>
       <x:c r="D5" s="3" t="s"/>
       <x:c r="G5" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H5" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I5" s="4" t="s">
         <x:v>45</x:v>
@@ -1546,51 +1546,51 @@
       <x:c r="K5" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L5" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M5" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N5" s="3" t="n">
         <x:v>45097</x:v>
       </x:c>
       <x:c r="O5" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P5" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q5" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R5" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S5" s="0" t="n">
-        <x:v>572527</x:v>
+        <x:v>572524</x:v>
       </x:c>
       <x:c r="T5" s="4" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="U5" s="4" t="s">
         <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:21">
       <x:c r="A6" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B6" s="14" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C6" s="15" t="s"/>
       <x:c r="D6" s="15" t="s"/>
       <x:c r="E6" s="14" t="s"/>
       <x:c r="F6" s="14" t="s"/>
       <x:c r="G6" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H6" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
@@ -1763,54 +1763,54 @@
       <x:c r="L9" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M9" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N9" s="3" t="n">
         <x:v>45097</x:v>
       </x:c>
       <x:c r="O9" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P9" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q9" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R9" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S9" s="0" t="n">
         <x:v>572528</x:v>
       </x:c>
       <x:c r="T9" s="4" t="s">
-        <x:v>49</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="U9" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:21">
       <x:c r="A10" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B10" s="14" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C10" s="15" t="s"/>
       <x:c r="D10" s="15" t="s"/>
       <x:c r="E10" s="14" t="s"/>
       <x:c r="F10" s="14" t="s"/>
       <x:c r="G10" s="14" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="H10" s="14" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="I10" s="16" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="J10" s="14" t="s"/>
       <x:c r="K10" s="14" t="s">
         <x:v>58</x:v>
@@ -1870,54 +1870,54 @@
       <x:c r="L11" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M11" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N11" s="3" t="n">
         <x:v>45097</x:v>
       </x:c>
       <x:c r="O11" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="P11" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="Q11" s="4" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="R11" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="S11" s="0" t="n">
         <x:v>572531</x:v>
       </x:c>
       <x:c r="T11" s="4" t="s">
-        <x:v>51</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="U11" s="4" t="s">
-        <x:v>52</x:v>
+        <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:21">
       <x:c r="A12" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B12" s="14" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="C12" s="15" t="s"/>
       <x:c r="D12" s="15" t="s"/>
       <x:c r="E12" s="14" t="s"/>
       <x:c r="F12" s="14" t="s"/>
       <x:c r="G12" s="14" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="H12" s="14" t="s"/>
       <x:c r="I12" s="16" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="J12" s="14" t="s"/>
       <x:c r="K12" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L12" s="14" t="s">
@@ -2645,51 +2645,51 @@
       <x:c r="K25" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L25" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M25" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="N25" s="3" t="n">
         <x:v>45501</x:v>
       </x:c>
       <x:c r="O25" s="0" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P25" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q25" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R25" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S25" s="0" t="n">
-        <x:v>612741</x:v>
+        <x:v>575199</x:v>
       </x:c>
       <x:c r="T25" s="4" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="U25" s="4" t="s">
         <x:v>110</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:21">
       <x:c r="A26" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B26" s="14" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C26" s="15" t="s"/>
       <x:c r="D26" s="15" t="s"/>
       <x:c r="E26" s="14" t="s"/>
       <x:c r="F26" s="14" t="s"/>
       <x:c r="G26" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="H26" s="14" t="s"/>
       <x:c r="I26" s="16" t="s">
         <x:v>107</x:v>
@@ -2698,51 +2698,51 @@
       <x:c r="K26" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L26" s="14" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="M26" s="14" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="N26" s="15" t="n">
         <x:v>45501</x:v>
       </x:c>
       <x:c r="O26" s="14" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="P26" s="14" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="Q26" s="16" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="R26" s="14" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="S26" s="14" t="n">
-        <x:v>575199</x:v>
+        <x:v>612741</x:v>
       </x:c>
       <x:c r="T26" s="16" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="U26" s="16" t="s">
         <x:v>112</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:21">
       <x:c r="A27" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="C27" s="3" t="s"/>
       <x:c r="D27" s="3" t="s"/>
       <x:c r="G27" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="I27" s="4" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="K27" s="0" t="s">
         <x:v>37</x:v>
@@ -3172,51 +3172,51 @@
       <x:c r="M35" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N35" s="3" t="n">
         <x:v>45066</x:v>
       </x:c>
       <x:c r="O35" s="0" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="P35" s="0" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="Q35" s="4" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="R35" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="S35" s="0" t="n">
         <x:v>612648</x:v>
       </x:c>
       <x:c r="T35" s="4" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="U35" s="4" t="s">
-        <x:v>50</x:v>
+        <x:v>52</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:21">
       <x:c r="A36" s="13" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="14" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="C36" s="15" t="s"/>
       <x:c r="D36" s="15" t="s"/>
       <x:c r="E36" s="14" t="s"/>
       <x:c r="F36" s="14" t="s"/>
       <x:c r="G36" s="14" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="H36" s="14" t="s"/>
       <x:c r="I36" s="16" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="J36" s="14" t="s"/>
       <x:c r="K36" s="14" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="L36" s="14" t="s">
@@ -3673,84 +3673,84 @@
       <x:c r="R44" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S44" s="14" t="n">
         <x:v>595944</x:v>
       </x:c>
       <x:c r="T44" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U44" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:21">
       <x:c r="A45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C45" s="3" t="n">
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D45" s="3" t="s"/>
       <x:c r="G45" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="I45" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J45" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K45" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L45" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M45" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N45" s="3" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O45" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P45" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q45" s="4" t="s">
-        <x:v>152</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R45" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S45" s="0" t="n">
-        <x:v>595943</x:v>
+        <x:v>595941</x:v>
       </x:c>
       <x:c r="T45" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U45" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:21">
       <x:c r="A46" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B46" s="14" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C46" s="15" t="n">
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D46" s="15" t="s"/>
       <x:c r="E46" s="14" t="s"/>
       <x:c r="F46" s="14" t="s"/>
       <x:c r="G46" s="14" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="H46" s="14" t="s"/>
@@ -3784,84 +3784,84 @@
       <x:c r="R46" s="14" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="S46" s="14" t="n">
         <x:v>595942</x:v>
       </x:c>
       <x:c r="T46" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U46" s="16" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:21">
       <x:c r="A47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="C47" s="3" t="n">
         <x:v>37226</x:v>
       </x:c>
       <x:c r="D47" s="3" t="s"/>
       <x:c r="G47" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="I47" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="J47" s="0" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="K47" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L47" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M47" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N47" s="3" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O47" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P47" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="Q47" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="R47" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="S47" s="0" t="n">
-        <x:v>595941</x:v>
+        <x:v>595943</x:v>
       </x:c>
       <x:c r="T47" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U47" s="4" t="s">
         <x:v>123</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:21">
       <x:c r="A48" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B48" s="14" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="C48" s="15" t="n">
         <x:v>36752</x:v>
       </x:c>
       <x:c r="D48" s="15" t="s"/>
       <x:c r="E48" s="14" t="s"/>
       <x:c r="F48" s="14" t="s"/>
       <x:c r="G48" s="14" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="H48" s="14" t="s"/>
@@ -4117,141 +4117,141 @@
       <x:c r="R52" s="14" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="S52" s="14" t="n">
         <x:v>595534</x:v>
       </x:c>
       <x:c r="T52" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U52" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:21">
       <x:c r="A53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C53" s="3" t="n">
         <x:v>36752</x:v>
       </x:c>
       <x:c r="D53" s="3" t="s"/>
       <x:c r="G53" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="I53" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="J53" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K53" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L53" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M53" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N53" s="3" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O53" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P53" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="Q53" s="4" t="s">
-        <x:v>157</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="R53" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="S53" s="0" t="n">
-        <x:v>595531</x:v>
+        <x:v>595532</x:v>
       </x:c>
       <x:c r="T53" s="4" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U53" s="4" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:21">
       <x:c r="A54" s="13" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B54" s="14" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C54" s="15" t="n">
         <x:v>36752</x:v>
       </x:c>
       <x:c r="D54" s="15" t="s"/>
       <x:c r="E54" s="14" t="s"/>
       <x:c r="F54" s="14" t="s"/>
       <x:c r="G54" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H54" s="14" t="s"/>
       <x:c r="I54" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="J54" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K54" s="14" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="L54" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M54" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N54" s="15" t="n">
         <x:v>45054</x:v>
       </x:c>
       <x:c r="O54" s="14" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="P54" s="14" t="s">
-        <x:v>148</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="Q54" s="16" t="s">
-        <x:v>149</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="R54" s="14" t="s">
-        <x:v>75</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="S54" s="14" t="n">
-        <x:v>595532</x:v>
+        <x:v>595531</x:v>
       </x:c>
       <x:c r="T54" s="16" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="U54" s="16" t="s">
         <x:v>82</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:21">
       <x:c r="A55" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C55" s="3" t="n">
         <x:v>28290</x:v>
       </x:c>
       <x:c r="D55" s="3" t="s"/>
       <x:c r="G55" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="H55" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
@@ -4737,202 +4737,201 @@
       <x:c r="T63" s="4" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U63" s="4" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:21">
       <x:c r="A64" s="13" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B64" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C64" s="15" t="n">
         <x:v>34364</x:v>
       </x:c>
       <x:c r="D64" s="15" t="s"/>
       <x:c r="E64" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="F64" s="14" t="s"/>
       <x:c r="G64" s="14" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="H64" s="14" t="s"/>
+      <x:c r="H64" s="14" t="s">
+        <x:v>198</x:v>
+      </x:c>
       <x:c r="I64" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="J64" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K64" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="L64" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M64" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N64" s="15" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O64" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="P64" s="14" t="s">
-        <x:v>183</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="Q64" s="16" t="s">
-        <x:v>184</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="R64" s="14" t="s">
-        <x:v>185</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="S64" s="14" t="n">
-        <x:v>516315</x:v>
+        <x:v>526921</x:v>
       </x:c>
       <x:c r="T64" s="16" t="s">
-        <x:v>186</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="U64" s="16" t="s">
-        <x:v>187</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:21">
       <x:c r="A65" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C65" s="3" t="n">
         <x:v>34364</x:v>
       </x:c>
       <x:c r="D65" s="3" t="s"/>
       <x:c r="E65" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="G65" s="0" t="s">
-        <x:v>199</x:v>
-[...2 lines deleted...]
-        <x:v>200</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="I65" s="4" t="s">
-        <x:v>201</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J65" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K65" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="L65" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M65" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N65" s="3" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O65" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="P65" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="Q65" s="4" t="s">
-        <x:v>203</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="R65" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="S65" s="0" t="n">
-        <x:v>526921</x:v>
+        <x:v>516316</x:v>
       </x:c>
       <x:c r="T65" s="4" t="s">
-        <x:v>204</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="U65" s="4" t="s">
-        <x:v>205</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:21">
       <x:c r="A66" s="13" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B66" s="14" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C66" s="15" t="n">
         <x:v>34364</x:v>
       </x:c>
       <x:c r="D66" s="15" t="s"/>
       <x:c r="E66" s="14" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="F66" s="14" t="s"/>
       <x:c r="G66" s="14" t="s">
-        <x:v>197</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H66" s="14" t="s"/>
       <x:c r="I66" s="16" t="s">
-        <x:v>198</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="J66" s="14" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="K66" s="14" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="L66" s="14" t="s">
         <x:v>27</x:v>
       </x:c>
       <x:c r="M66" s="14" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="N66" s="15" t="n">
         <x:v>45027</x:v>
       </x:c>
       <x:c r="O66" s="14" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="P66" s="14" t="s">
-        <x:v>189</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="Q66" s="16" t="s">
-        <x:v>190</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="R66" s="14" t="s">
-        <x:v>101</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="S66" s="14" t="n">
-        <x:v>516316</x:v>
+        <x:v>516315</x:v>
       </x:c>
       <x:c r="T66" s="16" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="U66" s="16" t="s">
         <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:21">
       <x:c r="A67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C67" s="3" t="s"/>
       <x:c r="D67" s="3" t="s"/>
       <x:c r="G67" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="I67" s="4" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="K67" s="0" t="s">
         <x:v>26</x:v>